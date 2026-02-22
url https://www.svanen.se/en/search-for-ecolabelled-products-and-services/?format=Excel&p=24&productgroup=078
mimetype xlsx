--- v0 (2025-12-16)
+++ v1 (2026-02-22)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5733dd84797440ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d5c69c4f59c48d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Rb50dd76e111d43fd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Rdfc5b09f153a4042"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb50dd76e111d43fd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rdfc5b09f153a4042" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -228,50 +228,146 @@
       </x:c>
       <x:c t="str">
         <x:v>Wood stove</x:v>
       </x:c>
       <x:c t="str">
         <x:v>078 Stoves</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Morsø</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Morsø Jernstøberi A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Furvej 6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nykøbing M</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Morsø 7440</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood stove</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Stoves</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Morsø 7370</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood stove</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Stoves</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Morsø 6150</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood stove</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Stoves</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Morsø 7648</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5078 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wood stove</x:v>
       </x:c>
       <x:c t="str">
         <x:v>078 Stoves</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Morsø</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Morsø Jernstøberi A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Furvej 6</x:v>
@@ -356,306 +452,210 @@
       </x:c>
       <x:c t="str">
         <x:v>Wood stove</x:v>
       </x:c>
       <x:c t="str">
         <x:v>078 Stoves</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Morsø</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Morsø Jernstøberi A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Furvej 6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nykøbing M</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Morsø 6150</x:v>
-[...94 lines deleted...]
-      <x:c t="str">
         <x:v>Aduro 1.4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5078 0018, 5078 0020, 5078 0004, 5078 0004</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wood stove</x:v>
       </x:c>
       <x:c t="str">
         <x:v>078 Stoves</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aduro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aduro A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Beringvej 17</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hasselager</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Morsø 7690</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood stove</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Stoves</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Morsø 7350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood stove</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Stoves</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Morsø 7448</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood stove</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Stoves</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Morsø 1416</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5078 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wood stove</x:v>
       </x:c>
       <x:c t="str">
         <x:v>078 Stoves</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Morsø</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Morsø Jernstøberi A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Furvej 6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nykøbing M</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Morsø 7690</x:v>
-[...94 lines deleted...]
-      <x:c t="str">
         <x:v>Morsø 6140</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5078 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wood stove</x:v>
       </x:c>
       <x:c t="str">
         <x:v>078 Stoves</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Morsø</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Morsø Jernstøberi A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Furvej 6</x:v>
@@ -1092,1722 +1092,1722 @@
       </x:c>
       <x:c t="str">
         <x:v>Wood stove</x:v>
       </x:c>
       <x:c t="str">
         <x:v>078 Stoves</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Morsø</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Morsø Jernstøberi A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Furvej 6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nykøbing M</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Aduro 1.1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0018, 5078 0020, 5078 0004, 5078 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood stove</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Stoves</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aduro A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beringvej 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hasselager</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Aduro 1.1 SK</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5078 0018, 5078 0004</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wood stove</x:v>
       </x:c>
       <x:c t="str">
         <x:v>078 Stoves</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aduro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aduro A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Beringvej 17</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hasselager</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Aduro 9.4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0020, 5078 0004, 5078 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood stove</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Stoves</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aduro A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beringvej 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hasselager</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Morsø 2448</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5078 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wood stove</x:v>
       </x:c>
       <x:c t="str">
         <x:v>078 Stoves</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Morsø</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Morsø Jernstøberi A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Furvej 6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nykøbing M</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Aduro 1.1</x:v>
+        <x:v>Aduro 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0004, 5078 0019, 5078 0020, 5078 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood stove</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Stoves</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aduro A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beringvej 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hasselager</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Aduro 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0004, 5078 0018, 5078 0020, 5078 0019, 5078 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood stove</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Stoves</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aduro A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beringvej 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hasselager</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Morsø 7340</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood stove</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Stoves</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Morsø 6190</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood stove</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Stoves</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Morsø 7348</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood stove</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Stoves</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Morsø 1448</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood stove</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Stoves</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Morsø 7691</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood stove</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Stoves</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Morsø 7943</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood stove</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Stoves</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Aduro 15.3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5078 0018, 5078 0020, 5078 0004, 5078 0004</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wood stove</x:v>
       </x:c>
       <x:c t="str">
         <x:v>078 Stoves</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aduro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aduro A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Beringvej 17</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hasselager</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Aduro 9.4</x:v>
+        <x:v>Aduro 9.3 lux</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5078 0020, 5078 0004, 5078 0004</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wood stove</x:v>
       </x:c>
       <x:c t="str">
         <x:v>078 Stoves</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aduro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aduro A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Beringvej 17</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hasselager</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Aduro 17</x:v>
+        <x:v>Morsø 7490</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood stove</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Stoves</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Morsø 7443</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood stove</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Stoves</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Morsø 6170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood stove</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Stoves</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Aduro 15</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0004, 5078 0018, 5078 0020, 5078 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood stove</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Stoves</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aduro A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beringvej 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hasselager</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Morsø 7843</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood stove</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Stoves</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Morsø 7851</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood stove</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Stoves</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Morsø 7848</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood stove</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Stoves</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Morsø 6148</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood stove</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Stoves</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Morsø 1412</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood stove</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Stoves</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Morsø 7950</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood stove</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Stoves</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Morsø 1446</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood stove</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Stoves</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Morsø 7850</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood stove</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Stoves</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Morsø 7470</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood stove</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Stoves</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Morsø 7650</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood stove</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Stoves</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Morsø 7940</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood stove</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Stoves</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Morsø 7390</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood stove</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Stoves</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Morsø 2B Classic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood stove</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Stoves</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Morsø 6141</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood stove</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Stoves</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Morsø 6841</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood stove</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Stoves</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Morsø 6891</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood stove</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Stoves</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Aduro 1.1SK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0020, 5078 0004, 5078 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood stove</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Stoves</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aduro A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beringvej 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hasselager</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Aduro 9.5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0020, 5078 0004, 5078 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood stove</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Stoves</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aduro A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beringvej 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hasselager</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Morsø 7449</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood stove</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Stoves</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Morsø 6612</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood stove</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Stoves</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Morsø 2870</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood stove</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Stoves</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Aduro 22</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5078 0004, 5078 0019, 5078 0020, 5078 0004</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wood stove</x:v>
       </x:c>
       <x:c t="str">
         <x:v>078 Stoves</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aduro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aduro A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Beringvej 17</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hasselager</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Morsø 7340</x:v>
-[...194 lines deleted...]
-        <x:v>5078 0004, 5078 0018, 5078 0020, 5078 0019, 5078 0004</x:v>
+        <x:v>Morsø 7644</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood stove</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Stoves</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Morsø 7670</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood stove</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Stoves</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Morsø 7351</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood stove</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Stoves</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Morsø 1442</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood stove</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Stoves</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Morsø 1452</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood stove</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Stoves</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Morsø 6843</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood stove</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Stoves</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Morsø 6870</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood stove</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Stoves</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Morsø 7951</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood stove</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>078 Stoves</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Morsø Jernstøberi A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Furvej 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing M</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Asgård 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0019, 5078 0018, 5078 0004</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wood stove</x:v>
       </x:c>
       <x:c t="str">
         <x:v>078 Stoves</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aduro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aduro A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Beringvej 17</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hasselager</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Aduro 15.3</x:v>
+        <x:v>Aduro 15.2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5078 0018, 5078 0020, 5078 0004, 5078 0004</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wood stove</x:v>
       </x:c>
       <x:c t="str">
         <x:v>078 Stoves</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aduro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aduro A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Beringvej 17</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hasselager</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Aduro 9.3 lux</x:v>
+        <x:v>Aduro 9.3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5078 0020, 5078 0004, 5078 0004</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wood stove</x:v>
       </x:c>
       <x:c t="str">
         <x:v>078 Stoves</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aduro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aduro A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Beringvej 17</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hasselager</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Morsø 6148</x:v>
-[...290 lines deleted...]
-        <x:v>5078 0004, 5078 0018, 5078 0020, 5078 0004</x:v>
+        <x:v>Aduro 9.7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5078 0020, 5078 0004, 5078 0004</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wood stove</x:v>
       </x:c>
       <x:c t="str">
         <x:v>078 Stoves</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aduro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aduro A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Beringvej 17</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hasselager</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Morsø 1446</x:v>
-[...766 lines deleted...]
-      <x:c t="str">
         <x:v>Morsø 2840</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5078 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wood stove</x:v>
       </x:c>
       <x:c t="str">
         <x:v>078 Stoves</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Morsø</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Morsø Jernstøberi A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Furvej 6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nykøbing M</x:v>
-      </x:c>
-[...126 lines deleted...]
-        <x:v>Hasselager</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>