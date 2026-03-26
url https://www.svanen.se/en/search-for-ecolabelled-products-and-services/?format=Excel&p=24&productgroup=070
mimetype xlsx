--- v0 (2026-02-04)
+++ v1 (2026-03-26)
@@ -1,209 +1,1169 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04bc38f6ca7544b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9c8eeceec9d4a7a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Rf04d804f502f4aca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="products" sheetId="1" r:id="Rb6a5d374fd4d4400"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf04d804f502f4aca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb6a5d374fd4d4400" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brand</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensee</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c t="str">
         <x:v>City</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Teampac rent avkalkning, 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5070 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning agents for use in the food industry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>070 Cleaning agents for use in the food industry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teampac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blokken 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Birkerød</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>CliBano Go Swan, Rengöring av grill och ugn, 1 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5070 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cleaning agents for use in the food industry</x:v>
       </x:c>
       <x:c t="str">
         <x:v>070 Cleaning agents for use in the food industry</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Iduna</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Iduna A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Blokken 25</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Birkerød</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Embaco Alkalisk Skumrengøring, 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5070 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning agents for use in the food industry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>070 Cleaning agents for use in the food industry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Embaco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blokken 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Birkerød</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Grillrens PrimeSource 19, 5 l (Bunzl)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5070 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cleaning agents for use in the food industry</x:v>
       </x:c>
       <x:c t="str">
         <x:v>070 Cleaning agents for use in the food industry</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>PrimeSource</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Iduna A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Blokken 25</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Birkerød</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Alkalisk Skumrengøingsmiddel off., 5 l (Stadsing A/S)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5070 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning agents for use in the food industry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>070 Cleaning agents for use in the food industry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stadsing</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WeClean Pro Limescale Remover Foam (Stadsing), 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5070 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning agents for use in the food industry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>070 Cleaning agents for use in the food industry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WeClean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skumrengøring PrimeSource 3, 5 kg (Bunzl)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5070 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning agents for use in the food industry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>070 Cleaning agents for use in the food industry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PrimeSource</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blokken 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Birkerød</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kalkfjerner PrimeSource 5, 10 l (Bunzl)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5070 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning agents for use in the food industry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>070 Cleaning agents for use in the food industry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PrimeSource</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blokken 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Birkerød</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Kalkfjerner PrimeSource 5, 21 l  (Bunzl)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5070 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cleaning agents for use in the food industry</x:v>
       </x:c>
       <x:c t="str">
         <x:v>070 Cleaning agents for use in the food industry</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>PrimeSource</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Iduna A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Blokken 25</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Birkerød</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Embaco Alkalisk Skumrengøring, 5 kg</x:v>
-[...26 lines deleted...]
-        <x:v>Birkerød</x:v>
+        <x:v>F 60 Ciro, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4070 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning agents for use in the food industry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>070 Cleaning agents for use in the food industry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>F 24 Fabox, 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4070 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning agents for use in the food industry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>070 Cleaning agents for use in the food industry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Suma Grill Pur-Eco D9, 6x2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3070 0014</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning agents for use in the food industry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>070 Cleaning agents for use in the food industry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Suma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pro Köksrent extra, 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5070 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning agents for use in the food industry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>070 Cleaning agents for use in the food industry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blokken 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Birkerød</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Green Alka Foam (Nordic Cleaner), 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5070 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning agents for use in the food industry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>070 Cleaning agents for use in the food industry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>F 24 Fabox, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4070 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning agents for use in the food industry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>070 Cleaning agents for use in the food industry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pro ugn &amp; grill gel (Iduna), 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5070 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning agents for use in the food industry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>070 Cleaning agents for use in the food industry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blokken 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Birkerød</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>IduFoam System Acid Swan (Capasal), 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5070 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning agents for use in the food industry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>070 Cleaning agents for use in the food industry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Capasal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blokken 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Birkerød</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Suma Grill Pur-Eco D9, 2x5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3070 0014</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning agents for use in the food industry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>070 Cleaning agents for use in the food industry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Suma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>IduFoam System Alca Swan (Capasal), 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5070 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning agents for use in the food industry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>070 Cleaning agents for use in the food industry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Capasal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blokken 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Birkerød</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>F 47 Tarmo, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4070 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning agents for use in the food industry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>070 Cleaning agents for use in the food industry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro Avena CIP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4070 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning agents for use in the food industry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>070 Cleaning agents for use in the food industry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Green Alu Foam (Nordic Cleaner), 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5070 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning agents for use in the food industry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>070 Cleaning agents for use in the food industry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Green Sani Foam (Nordic Cleaner), 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5070 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning agents for use in the food industry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>070 Cleaning agents for use in the food industry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Cleaner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Teampac Grill &amp; Ugn, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5070 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning agents for use in the food industry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>070 Cleaning agents for use in the food industry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teampac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blokken 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Birkerød</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svane Alkalisk Skumrengøring, 5 kg (Topcare Nordic A/S)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5070 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning agents for use in the food industry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>070 Cleaning agents for use in the food industry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TopCare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Strovels Alkafoam 22, 600 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3070 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning agents for use in the food industry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>070 Cleaning agents for use in the food industry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strovels by Clemondo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skumrengøring PrimeSource 3, 205 kg (Bunzl)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5070 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning agents for use in the food industry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>070 Cleaning agents for use in the food industry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PrimeSource</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blokken 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Birkerød</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alkafoam 22, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3070 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning agents for use in the food industry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>070 Cleaning agents for use in the food industry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strovels by Clemondo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>F 47 Tarmo, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4070 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning agents for use in the food industry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>070 Cleaning agents for use in the food industry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PRO sur skumrens, 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5070 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning agents for use in the food industry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>070 Cleaning agents for use in the food industry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svensk Cater</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blokken 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Birkerød</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Crem Nordic Eco Cleaning Tablets, 60 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3070 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning agents for use in the food industry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>070 Cleaning agents for use in the food industry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CREM®</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Budich International GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dieselstrasse 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hiddenhausen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>F 24 Fabox, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4070 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning agents for use in the food industry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>070 Cleaning agents for use in the food industry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skumrengøring PrimeSource 3, 12 kg (Bunzl)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5070 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning agents for use in the food industry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>070 Cleaning agents for use in the food industry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PrimeSource</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blokken 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Birkerød</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alkafoam 22, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3070 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning agents for use in the food industry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>070 Cleaning agents for use in the food industry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strovels by Clemondo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Strovels Alkafoam 22, 25 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3070 0009</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cleaning agents for use in the food industry</x:v>
       </x:c>
       <x:c t="str">
         <x:v>070 Cleaning agents for use in the food industry</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Strovels by Clemondo</x:v>
       </x:c>
       <x:c t="str">
@@ -228,1242 +1188,474 @@
       </x:c>
       <x:c t="str">
         <x:v>Cleaning agents for use in the food industry</x:v>
       </x:c>
       <x:c t="str">
         <x:v>070 Cleaning agents for use in the food industry</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kiilto Pro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>KiiltoClean Oy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>PL 250</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tampere</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Kalkfjerner PrimeSource 5, 5 l (Bunzl)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5070 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning agents for use in the food industry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>070 Cleaning agents for use in the food industry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PrimeSource</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blokken 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Birkerød</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CliBano Go Swan, Rengöring av grill och ugn, 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5070 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning agents for use in the food industry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>070 Cleaning agents for use in the food industry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blokken 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Birkerød</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>F 60 Ciro, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4070 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning agents for use in the food industry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>070 Cleaning agents for use in the food industry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Svane Sur Skumrengøring, 5 kg, (Topcare Nordic)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5070 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning agents for use in the food industry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>070 Cleaning agents for use in the food industry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TopCare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>IduFoam Alca Swan, 5 kg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5070 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cleaning agents for use in the food industry</x:v>
       </x:c>
       <x:c t="str">
         <x:v>070 Cleaning agents for use in the food industry</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Iduna</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Iduna A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Blokken 25</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Birkerød</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Svane Sur Skumrengøring, 5 kg, (Topcare Nordic)</x:v>
+        <x:v>Arena 201 (Arena Kemi AB), 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5070 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning agents for use in the food industry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>070 Cleaning agents for use in the food industry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arena</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blokken 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Birkerød</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>F 47 Tarmo, säiliöautotoimitukset</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4070 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning agents for use in the food industry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>070 Cleaning agents for use in the food industry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro Avena Foam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4070 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning agents for use in the food industry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>070 Cleaning agents for use in the food industry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Glenta Ovnrens til doseringsanlæg (Stadsing), 5 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5070 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cleaning agents for use in the food industry</x:v>
       </x:c>
       <x:c t="str">
         <x:v>070 Cleaning agents for use in the food industry</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>TopCare</x:v>
+        <x:v>Glenta</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Soap Nordic A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Viborgvej 13</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nykøbing F</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Crem Nordic Eco Cleaning Tablets, 60 pcs</x:v>
-[...31 lines deleted...]
-        <x:v>Teampac rent avkalkning, 5 kg</x:v>
+        <x:v>Grillrens PrimeSource 19, 1 l (Bunzl)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5070 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning agents for use in the food industry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>070 Cleaning agents for use in the food industry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PrimeSource</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blokken 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Birkerød</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alkafoam 22, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3070 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning agents for use in the food industry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>070 Cleaning agents for use in the food industry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strovels by Clemondo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>F 47 Tarmo, 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4070 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning agents for use in the food industry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>070 Cleaning agents for use in the food industry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Teampac Grovrent Extra, 5 kg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5070 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cleaning agents for use in the food industry</x:v>
       </x:c>
       <x:c t="str">
         <x:v>070 Cleaning agents for use in the food industry</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Teampac</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Iduna A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Blokken 25</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Birkerød</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Pro Köksrent extra, 5 kg</x:v>
-[...1073 lines deleted...]
-        <x:v>Arena</x:v>
+        <x:v>Teampac Avkalkning, 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5070 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleaning agents for use in the food industry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>070 Cleaning agents for use in the food industry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teampac</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Iduna A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Blokken 25</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Birkerød</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>