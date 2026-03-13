--- v0 (2026-01-13)
+++ v1 (2026-03-13)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re380673cad4b454f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90618226430d4eec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Rbd9d5f81e6484e50"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="products" sheetId="1" r:id="Rc7e68f592eac4106"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbd9d5f81e6484e50" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc7e68f592eac4106" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -4228,275 +4228,275 @@
       </x:c>
       <x:c t="str">
         <x:v>Mouldings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>010 Panels and mouldings for interior use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sørlandslisten</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sørlandslisten AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Reddalsveien 35</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grimstad</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Sørlandslisten fuktbestandig MDF 12x25x4500mm Notsporlist NCS/RAL alle farger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mouldings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reddalsveien 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grimstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sørlandslisten fuktbestandig MDF 12x58x4500mm glattkant spikerfri NCS/RAL alle farger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mouldings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reddalsveien 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grimstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sørlandslisten fuktbestandig MDF 12x70x4500mm glattkant NCS/RAL alle farger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mouldings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reddalsveien 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grimstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sørlandslisten fuktbestandig MDF 16x68x4500mm Lona kombi NCS/RAL alle farger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mouldings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reddalsveien 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grimstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sørlandslisten fuktbestandig MDF 18x45x4500mm Dus m/skygge tak NCS/RAL alle farger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mouldings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reddalsveien 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grimstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sørlandslisten fuktbestandig MDF 18x540x4500mm foring NCS/RAL alle farger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mouldings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reddalsveien 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grimstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sørlandslisten fuktbestanding MDF 12x58x4500mm NCS/RAL alle farger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mouldings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reddalsveien 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grimstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Sørlandslisten fuktbestandig MDF SL-spesial</x:v>
-      </x:c>
-[...222 lines deleted...]
-        <x:v>Sørlandslisten fuktbestanding MDF 12x58x4500mm NCS/RAL alle farger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2010 0034</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mouldings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>010 Panels and mouldings for interior use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sørlandslisten</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sørlandslisten AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Reddalsveien 35</x:v>
       </x:c>