--- v0 (2025-12-19)
+++ v1 (2026-02-14)
@@ -1,405 +1,405 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R279f43171331407b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R554e4a7f61e2478f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R2e89968302264d56"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R4161a1da954b4912"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2e89968302264d56" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4161a1da954b4912" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brand</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensee</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c t="str">
         <x:v>City</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Attends Cover Dri Plus 80 x 90, 120 pcs (204016)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cover sheets</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Cover Dri Plus 60 x 90, 200 pcs (203972)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cover sheets</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Cover Dri Plus 60 x 60, 200 pcs (203934)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cover sheets</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Attends Cover Dri Plus 60 x 90, 120 pcs (207017)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0086</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cover sheets</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aneby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Attends Cover Dri Plus 80 x 90, 120 pcs (204016)</x:v>
+        <x:v>Attends Cover Dri Plus 80 x 170, 28 pcs (205518)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0086</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cover sheets</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aneby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Attends Cover Dri Plus 60 x 90, 200 pcs (203972)</x:v>
+        <x:v>Attends Cover Dri Super 60 x 90, 200 pcs (203996)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0086</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cover sheets</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aneby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Attends Cover Dri Plus 60 x 60, 200 pcs (203934)</x:v>
+        <x:v>Attends Cover Dri Super 60 x 60, 200 pcs (203958)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0086</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cover sheets</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aneby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Attends Cover Dri Plus 80 x 170, 28 pcs (205518)</x:v>
+        <x:v>Attends Cover Dri Plus 40x60, 300 pcs (203910)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0086</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cover sheets</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aneby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Attends Cover Dri Super 60 x 90, 200 pcs (203996)</x:v>
+        <x:v>Attends Cover Dri Super 60 x 90, 72 pcs (205617)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0086</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cover sheets</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aneby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Attends Cover Dri Super 60 x 60, 200 pcs (203958)</x:v>
+        <x:v>Attends Cover Dri Plus 80 x 170, 120 pcs (204030)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0086</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cover sheets</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aneby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Attends Cover Dri Plus 40x60, 300 pcs (203910)</x:v>
-[...94 lines deleted...]
-      <x:c t="str">
         <x:v>Attends Soft Normal 2, 96 pcs (207246)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0086</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Incontinence protection</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
@@ -868,50 +868,82 @@
       </x:c>
       <x:c t="str">
         <x:v>Incontinence protection</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aneby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Attends Soft Micro 0, 224 pcs (2205273)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0117</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Attends Soft Normal 2, 96 pcs (207567)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0086</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Incontinence protection</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
@@ -1252,50 +1284,82 @@
       </x:c>
       <x:c t="str">
         <x:v>Incontinence protection</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aneby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Attends Soft Extra Plus 3+, 120 pcs (205112)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Attends Lady Night Pad 6, 120 pcs (211939)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0086</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Incontinence protection</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
@@ -1668,82 +1732,50 @@
       </x:c>
       <x:c t="str">
         <x:v>Incontinence protection</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aneby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Attends Soft Extra Plus 3+, 120 pcs (205112)</x:v>
-[...30 lines deleted...]
-      <x:c t="str">
         <x:v>Attends Men 2 Protective Shield, 90 pcs (212790)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0086</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Incontinence protection</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
@@ -2020,147 +2052,275 @@
       </x:c>
       <x:c t="str">
         <x:v>Incontinence protection</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aneby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Attends Slip Active 8 Medium , 112 pcs (200735)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Regular 10 Large, 52 pcs (207666)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Regular 10 Medium, 104 pcs (207697)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Adjustable 10 Large, 84 pcs (206652)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Pull-Ons 4 Medium, 88 pcs (211786)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Attends Pull-Ons 6 Small, 72 pcs (211762)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0086</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Incontinence protection</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aneby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Attends Pull-Ons 4 Medium, 88 pcs (211786)</x:v>
-[...30 lines deleted...]
-      <x:c t="str">
         <x:v>Attends Flex 10 Medium, 88 pcs (206829)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0086</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Incontinence protection</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aneby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Attends Slip Active 8 Medium , 112 pcs (200735)</x:v>
+        <x:v>Attends Soft  4 Maxi, 96 pcs (204894)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0086</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Incontinence protection</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
@@ -2180,179 +2340,595 @@
       </x:c>
       <x:c t="str">
         <x:v>Incontinence protection</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aneby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Attends Slip Regular 10 Medium, 104 pcs (207697)</x:v>
-[...94 lines deleted...]
-      <x:c t="str">
         <x:v>Attends Soft 4 Maxi, 120 pcs (212677)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0086</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Incontinence protection</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aneby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Attends Soft  4 Maxi, 96 pcs (204894)</x:v>
+        <x:v>Attends Soft 7, 136 pcs (204818)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Pull-Ons 6 Large, 72 pcs (211847)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Pull-Ons 8 Large, 64 pcs (207468)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Pull-Ons 6 XL, 64 pcs (211885)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Flex 9 Medium, 104 pcs (206805)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Active 9 Large, 112 pcs (201398)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Deoplus Insert</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Flex 8 Small, 112 pcs (206720)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Flex 10 Small, 88 pcs (206768)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Regular 9XS, 128 pcs (208199)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0095</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Flex 10L, 72 pcs (214411)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Air Comfort 8M, 120 pcs (213636)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Air Comfort 10+M, 88 pcs (214275)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Air Comfort 8L, 120 pcs (213650)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Air Comfort 9+L, 78 pcs (214251)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Soft Extra 3, 80 pcs (207581)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Pull-Ons Discreet Underwear 3 Large, 60 pcs (212776)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0086</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Incontinence protection</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
@@ -2372,1458 +2948,914 @@
       </x:c>
       <x:c t="str">
         <x:v>Incontinence protection</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aneby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Attends Soft 7, 136 pcs (204818)</x:v>
-[...287 lines deleted...]
-        <x:v>Attends Slip Regular 9XS, 128 pcs (208199)</x:v>
+        <x:v>Attends Pull-Ons Discreet Underwear 3 Medium, 60 pcs (212769)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Soft Mini Long 1, 192 pcs (204863)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Soft Extra 3, 180 pcs (208267)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Soft 5 Maxi Plus, 96 pcs (206706)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Contours Air Comfort 8, 112 pcs (203835)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Pull-Ons 8 Small, 64 pcs (207338)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Pull-Ons 4 Large, 88 pcs (211823)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Flex 9 Large, 104 pcs (206867)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Regular 8 Large, 112 pcs (203712)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Pull-Ons 6 XXS, 90 pcs (213544)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0095</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Incontinence protection</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aneby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Attends Flex 10L, 72 pcs (214411)</x:v>
-[...511 lines deleted...]
-        <x:v>Attends Pull-Ons 6 XXS, 90 pcs (213544)</x:v>
+        <x:v>Attends Flex 10+XL Ultima, 54 pcs (214473)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Men 3 Protective Shield, 60 pcs (212813)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Air Comfort 9XS, 128 pcs (213674)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0095</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Incontinence protection</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aneby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Attends Flex 10+XL Ultima, 54 pcs (214473)</x:v>
-[...31 lines deleted...]
-        <x:v>Attends Slip Air Comfort 9XS, 128 pcs (213674)</x:v>
+        <x:v>Attends Soft Extra 3, 80 pcs (207260)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends soft 4 Super, 180 pcs (208281)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Contours Regular 4, 210 pcs (203507)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Contours Regular 4, 126 pcs (205761)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Contours Regular 7, 112 pcs (201275)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Contours Regular 8, 112 pcs (201299)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Contours Air Comfort 10, 84 pcs (205556)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Pull-Ons 4 Small, 88 pcs (211748)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Pull-Ons 8 XL, 56 pcs (204351)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Flex 8 Medium, 112 pcs (206782)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Flex 8 XL, 104 pcs (206904)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Regular 9 Large, 112 pcs (201398)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Soft 3+ Extra Plus, 90 pcs (212714)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends For Men Level 4, 168 pcs (205976)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0095</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Incontinence protection</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aneby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Attends Men 3 Protective Shield, 60 pcs (212813)</x:v>
-[...478 lines deleted...]
-      <x:c t="str">
         <x:v>Attends Flex 7 M, 120 pcs (214374)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0086</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Incontinence protection</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
@@ -3880,50 +3912,82 @@
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aneby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Attends Pull-Ons 6XS, 72 pcs (217009)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Soft Ultra Mini 0, 224 pcs (2205075)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0117</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Incontinence protection</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aneby</x:v>
       </x:c>