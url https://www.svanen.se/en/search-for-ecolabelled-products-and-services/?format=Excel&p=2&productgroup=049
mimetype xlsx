--- v0 (2025-12-16)
+++ v1 (2026-02-17)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3360b31bd5384c94" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd01791b885e42af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Rdcce43c5b7ed4e37"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R19dced64186b4a22"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rdcce43c5b7ed4e37" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R19dced64186b4a22" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -612,1326 +612,1454 @@
       </x:c>
       <x:c t="str">
         <x:v>Baking cups</x:v>
       </x:c>
       <x:c t="str">
         <x:v>049 Grease-proof Paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ICA</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Scan Filter AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vikhemsvägen 17</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Eslöv</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Aristo Am. Muffin, 50x36 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3049 0028</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baking cups</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>049 Grease-proof Paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aristo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scan Filter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikhemsvägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Aristo Bakformar, 60x20 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3049 0028</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baking cups</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>049 Grease-proof Paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aristo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scan Filter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikhemsvägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Aristo Am. Muffin, 60x36 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3049 0028</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baking cups</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>049 Grease-proof Paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aristo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scan Filter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikhemsvägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Coop Cup cake formar, 125 st</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3049 0018</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Baking cups</x:v>
       </x:c>
       <x:c t="str">
         <x:v>049 Grease-proof Paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Siluett of Sweden AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 421</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kristinehamn</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Aristo Am. Muffin, 50x36 mm</x:v>
+        <x:v>Aristo Vit, 75x20 mm, 6x500 st</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3049 0028</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Baking cups</x:v>
       </x:c>
       <x:c t="str">
         <x:v>049 Grease-proof Paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aristo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Scan Filter AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vikhemsvägen 17</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Eslöv</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Aristo Bakformar, 60x20 mm</x:v>
+        <x:v>ICA Amerikanska muffinsformar, Medium</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3049 0028</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Baking cups</x:v>
       </x:c>
       <x:c t="str">
         <x:v>049 Grease-proof Paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scan Filter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikhemsvägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scan Filter Fyrkantig Vit, 50x50x20 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3049 0028</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baking cups</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>049 Grease-proof Paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scan Filter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikhemsvägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop Stora cup cake formar, 150 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3049 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baking cups</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>049 Grease-proof Paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siluett of Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 421</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kristinehamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Bullform 150 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3049 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baking cups</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>049 Grease-proof Paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siluett of Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 421</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kristinehamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Aristo Rondeller, Vita Ø=105 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3049 0028</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baking cups</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>049 Grease-proof Paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Aristo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Scan Filter AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vikhemsvägen 17</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Eslöv</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Aristo Am. Muffin, 60x36 mm</x:v>
+        <x:v>Aristo Bakformar, 50x25 mm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3049 0028</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Baking cups</x:v>
       </x:c>
       <x:c t="str">
         <x:v>049 Grease-proof Paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aristo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Scan Filter AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vikhemsvägen 17</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Eslöv</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Aristo Vit, 75x20 mm, 6x500 st</x:v>
+        <x:v>Lyreco Muffinsform, Vit, 50x35 mm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3049 0028</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Baking cups</x:v>
       </x:c>
       <x:c t="str">
         <x:v>049 Grease-proof Paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Aristo</x:v>
+        <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Scan Filter AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vikhemsvägen 17</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Eslöv</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>ICA Amerikanska muffinsformar, Medium</x:v>
+        <x:v>Scan Filter Vita bakformar, 50x25 mm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3049 0028</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Baking cups</x:v>
       </x:c>
       <x:c t="str">
         <x:v>049 Grease-proof Paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scan Filter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikhemsvägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cortina, Oblekt 20x15 -100x25 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3049 0028</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baking cups</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>049 Grease-proof Paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scan Filter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vikhemsvägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CaterLine Bagepapir, 45 x 60 cm, 500 ark, (57 g/m2) (11003)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5049 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baking paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>049 Grease-proof Paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rul-Let A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søstvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Brand Baking Paper, 8 m x 38 cm (1000022247)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5049 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baking paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>049 Grease-proof Paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rul-Let A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søstvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CaterLine Bagepapir, 32,5 x 53 cm, 40g/m2, 500 ark (1000022137)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5049 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baking paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>049 Grease-proof Paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cater-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rul-Let A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søstvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CaterLine Bagepapir, 46 x 62 cm, 40g/m2 , 500 ark (1000022136)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5049 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baking paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>049 Grease-proof Paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rul-Let A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søstvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Bakplåts Papper, 24 ark (11556)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5049 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baking paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>049 Grease-proof Paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>ICA</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Scan Filter AB</x:v>
-[...19 lines deleted...]
-        <x:v>Baking cups</x:v>
+        <x:v>Rul-Let A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søstvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bon Appetit 33x42 24 ark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3049 0014</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baking paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>049 Grease-proof Paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
-        <x:v>Scan Filter AB</x:v>
-[...19 lines deleted...]
-        <x:v>Baking cups</x:v>
+        <x:v>Allpapper Lind</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Johans väg 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landvetter</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>M&amp;S Bakplåtspapper Vitt, 45x57 cm (1000010190)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5049 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baking paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>049 Grease-proof Paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Formo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rul-Let A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søstvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>thinbake nature fit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4049 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baking paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>049 Grease-proof Paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thinbake</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tervakoski Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vähikkäläntie 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tervakoski</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Bakplåts Papper, 20 m (11555)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5049 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baking paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>049 Grease-proof Paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rul-Let A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søstvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ö&amp;B Bakplåtspapper, 10 m</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3049 0014</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baking paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>049 Grease-proof Paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
-        <x:v>Siluett of Sweden AB</x:v>
-[...19 lines deleted...]
-        <x:v>Baking cups</x:v>
+        <x:v>Allpapper Lind</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Johans väg 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landvetter</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eldorado Baking paper sheets 24</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4049 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baking paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>049 Grease-proof Paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eldorado</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>QuickPack Haushalt + Hygiene GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rosine-Starz-Strasse 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Renningen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>thinbake nature pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4049 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baking paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>049 Grease-proof Paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thinbake</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tervakoski Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vähikkäläntie 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tervakoski</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>M&amp;S Bakplåtspapper Vitt, 53x32,5 cm (1000010193)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5049 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baking paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>049 Grease-proof Paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Formo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rul-Let A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søstvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CaterLine Bagepapir, 33 x 42 cm, 40g/m2 500 ark, (1000022138)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5049 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baking paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>049 Grease-proof Paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rul-Let A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søstvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cater-Line Bagepapir, 60x45cm, natur, 500 ark, ubleget, Premium (1000022446)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5049 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baking paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>049 Grease-proof Paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rul-Let A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søstvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Baking paper 38cm x 30m</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4049 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baking paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>049 Grease-proof Paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
-        <x:v>Siluett of Sweden AB</x:v>
-[...83 lines deleted...]
-        <x:v>Baking cups</x:v>
+        <x:v>QuickPack Haushalt + Hygiene GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rosine-Starz-Strasse 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Renningen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Brand International Bagepapir, 42 x 38 cm, 18 ark (1000022865)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5049 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baking paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>049 Grease-proof Paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rul-Let A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søstvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rusta Bakplåtspapper 42 x 33 cm, 18 ark (11615)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5049 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baking paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>049 Grease-proof Paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rul-Let A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søstvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CaterLine Bagepapir 42cm x 100 m, 40g/m² (11156)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5049 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baking paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>049 Grease-proof Paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rul-Let A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søstvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CaterLine Bagepapir, 45 x 60 cm, 500 ark (11153)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5049 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baking paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>049 Grease-proof Paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rul-Let A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søstvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rusta Bakplåtspapper 42 x 33 cm, 18 sheets, Unbleached, BAKE IT, WRAP IT (11615)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5049 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baking paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>049 Grease-proof Paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rusta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rul-Let A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søstvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Brand International Bagepapir, 42 x 38 cm, 18 ark (11581)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5049 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baking paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>049 Grease-proof Paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rul-Let A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søstvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dollarstore, 8 m</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3049 0014</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baking paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>049 Grease-proof Paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dollarstore</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allpapper Lind</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Johans väg 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landvetter</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LeChef 30er sheets</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4049 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baking paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>049 Grease-proof Paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
-        <x:v>Scan Filter AB</x:v>
-[...19 lines deleted...]
-        <x:v>Baking cups</x:v>
+        <x:v>QuickPack Haushalt + Hygiene GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rosine-Starz-Strasse 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Renningen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CaterLine Bagepapir, 40 x 60 cm, 500 ark (11559)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5049 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baking paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>049 Grease-proof Paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rul-Let A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søstvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Baking and cooking basepapers (white) 38-55 gsm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4049 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baking paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>049 Grease-proof Paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
-        <x:v>Scan Filter AB</x:v>
-[...19 lines deleted...]
-        <x:v>Baking cups</x:v>
+        <x:v>Metsä Greaseproof Papers GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Veldener Strasse 121-131</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Düren</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>thinbake fit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4049 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baking paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>049 Grease-proof Paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thinbake</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tervakoski Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vähikkäläntie 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tervakoski</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CaterLine Bagepapir, 30 x 52 cm, 500 ark (11155)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5049 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baking paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>049 Grease-proof Paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rul-Let A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søstvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bon Appetit, 8 m</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3049 0014</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Baking paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>049 Grease-proof Paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
-        <x:v>Scan Filter AB</x:v>
-[...173 lines deleted...]
-        <x:v>3049 0014</x:v>
+        <x:v>Allpapper Lind</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Johans väg 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landvetter</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Baking paper sheets  24 Blatt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4049 0023</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Baking paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>049 Grease-proof Paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
-        <x:v>Allpapper Lind</x:v>
-[...645 lines deleted...]
-        <x:v>Landvetter</x:v>
+        <x:v>QuickPack Haushalt + Hygiene GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rosine-Starz-Strasse 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Renningen</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>ABENA Brand Bagepapir, 20 m x 38 cm (1000023116)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5049 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Baking paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>049 Grease-proof Paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Abena</x:v>
       </x:c>
       <x:c t="str">