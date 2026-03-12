--- v0 (2026-01-10)
+++ v1 (2026-03-12)
@@ -1,2709 +1,2837 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6924344c6d1749af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f2c49136b794fb6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Rcd0a288ed0914a7b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="products" sheetId="1" r:id="R94dd110a09d94a01"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcd0a288ed0914a7b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R94dd110a09d94a01" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brand</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensee</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c t="str">
         <x:v>City</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Green Line: Spaandex Series</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5010 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Chipboard</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novopan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronospan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fabriksvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ryomgård</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>ELIT taket folierad innertakskiva</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3010 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Chipboard</x:v>
       </x:c>
       <x:c t="str">
         <x:v>010 Panels and mouldings for interior use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Byggelit</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Byggelit Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Östersundsvägen 59</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lit</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Spånskiva P2 10-38mm (A17280)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3010 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Chipboard</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Byggelit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Byggelit Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Östersundsvägen 59</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lit</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Spånskiva P2 10-38mm (A13100)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3010 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Chipboard</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Byggelit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Byggelit Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Östersundsvägen 59</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lit</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Elitväggen, väggskiva foliebelagd spånskiva</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3010 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Chipboard</x:v>
       </x:c>
       <x:c t="str">
         <x:v>010 Panels and mouldings for interior use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Byggelit</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Byggelit Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Östersundsvägen 59</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lit</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Green Line: Spaandex Series</x:v>
+        <x:v>Contifloor fukttrög P7 22 mm (A21220A10130)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3010 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Chipboard</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Byggelit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Byggelit Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Östersundsvägen 59</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lit</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tempo spårskiva fukttrög P7 22 mm (A21220A10636)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3010 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Chipboard</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Byggelit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Byggelit Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Östersundsvägen 59</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lit</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Spånskiva P2 10-38mm (A17100)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3010 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Chipboard</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Byggelit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Byggelit Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Östersundsvägen 59</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lit</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arbor Eco 22 mm standard gulv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Chipboard</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arbor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arbor AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arborveien 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HATTFJELLDAL</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Spånskiva P2 10-38mm (A17190)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3010 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Chipboard</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Byggelit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Byggelit Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Östersundsvägen 59</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lit</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Contifloor P6 22 mm (A12220A10009)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3010 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Chipboard</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Byggelit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Byggelit Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Östersundsvägen 59</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lit</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tempo spårskiva fukttrög P7 22 mm (A21220A10634)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3010 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Chipboard</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Byggelit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Byggelit Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Östersundsvägen 59</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lit</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Spånskiva P2 10-38mm (A17120)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3010 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Chipboard</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Byggelit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Byggelit Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Östersundsvägen 59</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lit</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Spånskiva P2 10-38mm (A13180)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3010 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Chipboard</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Byggelit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Byggelit Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Östersundsvägen 59</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lit</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forestia Prosjektvegg 14TF Pure</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0037</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Chipboard</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forestia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forestia AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Damvegen 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BRASKEREIDFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forestia Gulv Pure 22mm P5/P6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0037</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Chipboard</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forestia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forestia AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Damvegen 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BRASKEREIDFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tempo spårskiva P6 22 mm (A12220A10583)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3010 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Chipboard</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Byggelit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Byggelit Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Östersundsvägen 59</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lit</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>KoskiPan E0.5 6- 38 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4010 0035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Chipboard</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Koskisen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Koskisen Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tehdastie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järvelä</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Spånskiva P2 10-38mm (A17250)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3010 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Chipboard</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Byggelit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Byggelit Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Östersundsvägen 59</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lit</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ZeroMel 8 - 36 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4010 0035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Chipboard</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Koskisen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Koskisen Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tehdastie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järvelä</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Contifloor fukttrög P7 22 mm (A21220A10131)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3010 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Chipboard</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Byggelit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Byggelit Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Östersundsvägen 59</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lit</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LK Heatfloor 22, Vändskiva P6 c/c 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3010 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Chipboard</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>LK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>LK Systems AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 66</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Spånskiva P2 10-38mm (A17320)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3010 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Chipboard</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Byggelit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Byggelit Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Östersundsvägen 59</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lit</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LK Heatfloor 22, Spårskiva P6 c/c 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3010 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Chipboard</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>LK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>LK Systems AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 66</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forestia Thermogulv Pure 22mm P6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0037</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Chipboard</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forestia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forestia AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Damvegen 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BRASKEREIDFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arbor Eco 25 mm thermogulv fukt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Chipboard</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arbor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arbor AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arborveien 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HATTFJELLDAL</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forestia Gulv Pure 22mm P6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0037</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Chipboard</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forestia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forestia AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Damvegen 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BRASKEREIDFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forestia Thermogulv Pure 25mm P5/P6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0037</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Chipboard</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forestia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forestia AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Damvegen 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BRASKEREIDFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>KoskiMel E0.5 8-36 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4010 0035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Chipboard</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Koskisen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Koskisen Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tehdastie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järvelä</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Green-line: Spaandex Unipan K-Gulv P6/P5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5010 0015</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Chipboard</x:v>
       </x:c>
       <x:c t="str">
         <x:v>010 Panels and mouldings for interior use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Novopan</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kronospan ApS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fabriksvej 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ryomgård</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Contifloor fukttrög P7 22 mm (A21220A10130)</x:v>
+        <x:v>Contifloor P6 22 mm (A12220A10008)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3010 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Chipboard</x:v>
       </x:c>
       <x:c t="str">
         <x:v>010 Panels and mouldings for interior use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Byggelit</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Byggelit Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Östersundsvägen 59</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lit</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Tempo spårskiva fukttrög P7 22 mm (A21220A10636)</x:v>
+        <x:v>ZeroPan 3,2 mm - 36 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4010 0035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Chipboard</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Koskisen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Koskisen Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tehdastie 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järvelä</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Spånskiva P2 10-38mm (A17300)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3010 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Chipboard</x:v>
       </x:c>
       <x:c t="str">
         <x:v>010 Panels and mouldings for interior use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Byggelit</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Byggelit Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Östersundsvägen 59</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lit</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Spånskiva P2 10-38mm (A17100)</x:v>
+        <x:v>Forestia Slissegulv Pure 22mm P5/P6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0037</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Chipboard</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forestia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forestia AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Damvegen 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BRASKEREIDFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arbor Eco 22 mm standard thermogulv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Chipboard</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arbor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arbor AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arborveien 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HATTFJELLDAL</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solid Väggskiva 12mm P4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3010 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Chipboard</x:v>
       </x:c>
       <x:c t="str">
         <x:v>010 Panels and mouldings for interior use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Byggelit</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Byggelit Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Östersundsvägen 59</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lit</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Spånskiva P2 10-38mm (A13100)</x:v>
+        <x:v>Spånskiva P2 10-38mm (A13120)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3010 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Chipboard</x:v>
       </x:c>
       <x:c t="str">
         <x:v>010 Panels and mouldings for interior use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Byggelit</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Byggelit Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Östersundsvägen 59</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lit</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Spånskiva P2 10-38mm (A17280)</x:v>
+        <x:v>Tempo vändskiva P6 22 mm (A12220A10585)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3010 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Chipboard</x:v>
       </x:c>
       <x:c t="str">
         <x:v>010 Panels and mouldings for interior use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Byggelit</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Byggelit Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Östersundsvägen 59</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lit</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Arbor Eco 22 mm standard gulv</x:v>
+        <x:v>Spånskiva P2 10-38mm (A17160)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3010 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Chipboard</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Byggelit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Byggelit Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Östersundsvägen 59</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lit</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Green-line: Spaandex K-Gulv P6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5010 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Chipboard</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novopan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronospan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fabriksvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ryomgård</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arbor Eco 22 mm slissegulv</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2010 0004</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Chipboard</x:v>
       </x:c>
       <x:c t="str">
         <x:v>010 Panels and mouldings for interior use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Arbor</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Arbor AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Arborveien 10</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HATTFJELLDAL</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Contifloor P6 22 mm (A12220A10009)</x:v>
+        <x:v>Arbor Eco standard fals 1220 x 2390</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Chipboard</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arbor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arbor AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arborveien 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HATTFJELLDAL</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Novopan klimagulv EN 312 P6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5010 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Chipboard</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novopan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronospan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fabriksvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ryomgård</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LK Heatfloor 22, Spårskiva P6 c/c 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3010 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Chipboard</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>LK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>LK Systems AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 66</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Spånskiva P2 10-38mm (A13160)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3010 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Chipboard</x:v>
       </x:c>
       <x:c t="str">
         <x:v>010 Panels and mouldings for interior use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Byggelit</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Byggelit Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Östersundsvägen 59</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lit</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Tempo spårskiva fukttrög P7 22 mm (A21220A10634)</x:v>
+        <x:v>Spånskiva P2 10-38mm (A17180)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3010 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Chipboard</x:v>
       </x:c>
       <x:c t="str">
         <x:v>010 Panels and mouldings for interior use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Byggelit</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Byggelit Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Östersundsvägen 59</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lit</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Spånskiva P2 10-38mm (A17120)</x:v>
+        <x:v>Spånskiva P2 10-38mm (A17380)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3010 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Chipboard</x:v>
       </x:c>
       <x:c t="str">
         <x:v>010 Panels and mouldings for interior use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Byggelit</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Byggelit Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Östersundsvägen 59</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lit</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Spånskiva P2 10-38mm (A17190)</x:v>
+        <x:v>Arbor Eco 22 mm fuktbestandig gulv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Chipboard</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arbor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arbor AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arborveien 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HATTFJELLDAL</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LK Heatfloor 22, Vändskiva P6 c/c 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3010 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Chipboard</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>LK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>LK Systems AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 66</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forestia Ergospon Pure 18mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0037</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Chipboard</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forestia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forestia AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Damvegen 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BRASKEREIDFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Spånskiva P2 10-38mm (A17150)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3010 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Chipboard</x:v>
       </x:c>
       <x:c t="str">
         <x:v>010 Panels and mouldings for interior use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Byggelit</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Byggelit Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Östersundsvägen 59</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lit</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Spånskiva P2 10-38mm (A13180)</x:v>
+        <x:v>Spånskiva P2 10-38mm (A17220)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3010 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Chipboard</x:v>
       </x:c>
       <x:c t="str">
         <x:v>010 Panels and mouldings for interior use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Byggelit</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Byggelit Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Östersundsvägen 59</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lit</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Forestia Prosjektvegg 14TF Pure</x:v>
+        <x:v>Forestia Ergospon Pure 16mm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2010 0037</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Chipboard</x:v>
       </x:c>
       <x:c t="str">
         <x:v>010 Panels and mouldings for interior use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Forestia</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Forestia AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Damvegen 31</x:v>
       </x:c>
       <x:c t="str">
         <x:v>BRASKEREIDFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Tempo spårskiva P6 22 mm (A12220A10583)</x:v>
-[...255 lines deleted...]
-        <x:v>Forestia Gulv Pure 22mm P5/P6</x:v>
+        <x:v>Novopan klimagulv EN 312 P4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5010 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Chipboard</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novopan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronospan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fabriksvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ryomgård</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>KLH - CLT Spruce Swan Eco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3010 0030, 3010 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cross laminated timber (CLT)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KLH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KLH Massivholz GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gewerbestraße 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teufenbach-Katsch</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Medite Optima</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fiber board</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MEDITE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MEDITE Europe DAC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Redmondstown, Clonmel, Co.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tipperary</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MDF Fibralux Pro LF+ Svanen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3010 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fiber board</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin Fibralux</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilin BV Division Panels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooigemstraat 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wielsbeke</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Medite Clear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fiber board</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MEDITE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MEDITE Europe DAC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Redmondstown, Clonmel, Co.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tipperary</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Medite FR Clear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fiber board</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MEDITE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MEDITE Europe DAC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Redmondstown, Clonmel, Co.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tipperary</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Medite Flooring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fiber board</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MEDITE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MEDITE Europe DAC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Redmondstown, Clonmel, Co.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tipperary</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Medite Moisture Resistant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fiber board</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MEDITE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MEDITE Europe DAC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Redmondstown, Clonmel, Co.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tipperary</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Medite Vent</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fiber board</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MEDITE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MEDITE Europe DAC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Redmondstown, Clonmel, Co.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tipperary</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>StyleBoard deep routing best</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fiber board</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pfleiderer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pfleiderer Deutschland GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingolstädter Straße 51</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neumarkt</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>StyleBoard MDF plus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fiber board</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pfleiderer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pfleiderer Deutschland GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingolstädter Straße 51</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neumarkt</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Medite Premier</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fiber board</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MEDITE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MEDITE Europe DAC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Redmondstown, Clonmel, Co.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tipperary</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>StyleBoard MDF black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fiber board</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pfleiderer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pfleiderer Deutschland GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingolstädter Straße 51</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neumarkt</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Medite Lite</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fiber board</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MEDITE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MEDITE Europe DAC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Redmondstown, Clonmel, Co.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tipperary</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>StyleBoard MDF Euro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fiber board</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pfleiderer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pfleiderer Deutschland GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingolstädter Straße 51</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neumarkt</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Medite Flame Retardant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fiber board</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MEDITE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MEDITE Europe DAC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Redmondstown, Clonmel, Co.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tipperary</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forestia eliteX Mackenzie Pure</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2010 0037</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Chipboard</x:v>
+        <x:v>Melamine faced board (MFB)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>010 Panels and mouldings for interior use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Forestia</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Forestia AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Damvegen 31</x:v>
       </x:c>
       <x:c t="str">
         <x:v>BRASKEREIDFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Forestia Thermogulv Pure 22mm P6</x:v>
+        <x:v>Forestia eliteX Haze Pure</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2010 0037</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Chipboard</x:v>
+        <x:v>Melamine faced board (MFB)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>010 Panels and mouldings for interior use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Forestia</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Forestia AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Damvegen 31</x:v>
       </x:c>
       <x:c t="str">
         <x:v>BRASKEREIDFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Forestia Gulv Pure 22mm P6</x:v>
+        <x:v>Forestia eliteX Jasmund Pure</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2010 0037</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Chipboard</x:v>
+        <x:v>Melamine faced board (MFB)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>010 Panels and mouldings for interior use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Forestia</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Forestia AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Damvegen 31</x:v>
       </x:c>
       <x:c t="str">
         <x:v>BRASKEREIDFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Forestia Thermogulv Pure 25mm P5/P6</x:v>
+        <x:v>DecoBoard P2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Melamine faced board (MFB)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pfleiderer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pfleiderer Deutschland GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingolstädter Straße 51</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neumarkt</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forestia eliteX Cement Pure</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2010 0037</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Chipboard</x:v>
+        <x:v>Melamine faced board (MFB)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>010 Panels and mouldings for interior use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Forestia</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Forestia AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Damvegen 31</x:v>
       </x:c>
       <x:c t="str">
         <x:v>BRASKEREIDFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Arbor Eco 25 mm thermogulv fukt</x:v>
-[...31 lines deleted...]
-        <x:v>Green-line: Spaandex Unipan K-Gulv P6/P5</x:v>
+        <x:v>Green-line: Spaandex MFC</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5010 0015</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Chipboard</x:v>
+        <x:v>Melamine faced board (MFB)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>010 Panels and mouldings for interior use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Novopan</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kronospan ApS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fabriksvej 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ryomgård</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Contifloor P6 22 mm (A12220A10008)</x:v>
-[...127 lines deleted...]
-        <x:v>Forestia Slissegulv Pure 22mm P5/P6</x:v>
+        <x:v>Forestia eliteX Hvit 102 Pure</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2010 0037</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Chipboard</x:v>
+        <x:v>Melamine faced board (MFB)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>010 Panels and mouldings for interior use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Forestia</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Forestia AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Damvegen 31</x:v>
       </x:c>
       <x:c t="str">
         <x:v>BRASKEREIDFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Arbor Eco 22 mm standard thermogulv</x:v>
-[...479 lines deleted...]
-        <x:v>Forestia Ergospon Pure 18mm</x:v>
+        <x:v>Forestia eliteX Grå Skifer Pure</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2010 0037</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Chipboard</x:v>
+        <x:v>Melamine faced board (MFB)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>010 Panels and mouldings for interior use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Forestia</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Forestia AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Damvegen 31</x:v>
       </x:c>
       <x:c t="str">
         <x:v>BRASKEREIDFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Novopan klimagulv EN 312 P4</x:v>
-[...95 lines deleted...]
-        <x:v>Forestia Ergospon Pure 16mm</x:v>
+        <x:v>DecoBoard P2 F****</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Melamine faced board (MFB)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pfleiderer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pfleiderer Deutschland GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingolstädter Straße 51</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neumarkt</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forestia eliteX Fresco Pure</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2010 0037</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Chipboard</x:v>
+        <x:v>Melamine faced board (MFB)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>010 Panels and mouldings for interior use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Forestia</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Forestia AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Damvegen 31</x:v>
       </x:c>
       <x:c t="str">
         <x:v>BRASKEREIDFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>KLH - CLT Spruce Swan Eco</x:v>
-[...482 lines deleted...]
-        <x:v>2010 0029</x:v>
+        <x:v>Forestia eliteX Montello Pure</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0037</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Melamine faced board (MFB)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>010 Panels and mouldings for interior use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Pfleiderer</x:v>
-[...13 lines deleted...]
-        <x:v>Forestia eliteX Cement Pure</x:v>
+        <x:v>Forestia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forestia AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Damvegen 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BRASKEREIDFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forestia eliteX Grå Sand Pure</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2010 0037</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Melamine faced board (MFB)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>010 Panels and mouldings for interior use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Forestia</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Forestia AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Damvegen 31</x:v>
       </x:c>
       <x:c t="str">
         <x:v>BRASKEREIDFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Forestia eliteX Mackenzie Pure</x:v>
-[...314 lines deleted...]
-        <x:v>BRASKEREIDFOSS</x:v>
+        <x:v>Sørlandslisten fuktbestandig MDF 18x170x4500mm foring NCS/RAL alle farger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mouldings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reddalsveien 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grimstad</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Sørlandslisten fuktbestandig MDF 12x120x4500mm glattkant NCS/RAL alle farger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2010 0034</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mouldings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>010 Panels and mouldings for interior use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sørlandslisten</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sørlandslisten AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Reddalsveien 35</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grimstad</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Sørlandslisten fuktbestandig MDF 18x250x4500mm foring NCS/RAL alle farger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mouldings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reddalsveien 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grimstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sørlandslisten fuktbestandig MDF 16x75x4500mm Tula kombi NCS/RAL alle farger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mouldings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reddalsveien 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grimstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sørlandslisten fuktbestandig MDF 18x45x4500mm Ane tak NCS/RAL alle farger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mouldings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reddalsveien 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grimstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Sørlandslisten fuktbestandig MDF 12x145x4500mm glattkant NCS/RAL alle farger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2010 0034</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mouldings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>010 Panels and mouldings for interior use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sørlandslisten</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sørlandslisten AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Reddalsveien 35</x:v>
@@ -2724,179 +2852,275 @@
       </x:c>
       <x:c t="str">
         <x:v>Mouldings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>010 Panels and mouldings for interior use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sørlandslisten</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sørlandslisten AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Reddalsveien 35</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grimstad</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Sørlandslisten fuktbestandig MDF 16x75x4500mm Tula kombi NCS/RAL alle farger</x:v>
-[...94 lines deleted...]
-      <x:c t="str">
         <x:v>Sørlandslisten fuktbestandig MDF 18x450x4500mm foring NCS/RAL alle farger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2010 0034</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mouldings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>010 Panels and mouldings for interior use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sørlandslisten</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sørlandslisten AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Reddalsveien 35</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grimstad</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Sørlandslisten fuktbestandig MDF 18x45x4500mm Ane tak NCS/RAL alle farger</x:v>
+        <x:v>Sørlandslisten fuktbestandig MDF 18x75x4500mm knevegg NCS/RAL alle farger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mouldings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reddalsveien 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grimstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sørlandslisten fuktbestandig MDF 16x60x4500mm skarpkant spikerfri NCS/RAL alle farger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mouldings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reddalsveien 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grimstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sørlandslisten fuktbestandig MDF 12x58x4500mm glattkant gulv NCS/RAL alle farger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mouldings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reddalsveien 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grimstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sørlandslisten fuktbestandig MDF 16x95x4500mm Tula kombi NCS/RAL alle farger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mouldings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reddalsveien 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grimstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sørlandslisten fuktbestandig MDF 18x95x4500mm Frøya kombi NCS/RAL alle farger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mouldings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reddalsveien 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grimstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sørlandslisten fuktbestandig MDF 18x045x4500mm foring NCS/RAL alle farger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mouldings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reddalsveien 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grimstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sørlandslisten fuktbestandig MDF 18x95x4500mm Vita kombi NCS/RAL alle farger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2010 0034</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mouldings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>010 Panels and mouldings for interior use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sørlandslisten</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sørlandslisten AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Reddalsveien 35</x:v>
       </x:c>
@@ -2916,403 +3140,211 @@
       </x:c>
       <x:c t="str">
         <x:v>Mouldings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>010 Panels and mouldings for interior use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sørlandslisten</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sørlandslisten AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Reddalsveien 35</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grimstad</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Sørlandslisten fuktbestandig MDF 12x58x4500mm glattkant gulv NCS/RAL alle farger</x:v>
-[...30 lines deleted...]
-      <x:c t="str">
         <x:v>Sørlandslisten fuktbestandig MDF 12x58x4500mm glattkant NCS/RAL alle farger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2010 0034</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mouldings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>010 Panels and mouldings for interior use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sørlandslisten</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sørlandslisten AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Reddalsveien 35</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grimstad</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Sørlandslisten fuktbestandig MDF 16x60x4500mm skarpkant spikerfri NCS/RAL alle farger</x:v>
-[...30 lines deleted...]
-      <x:c t="str">
         <x:v>Sørlandslisten fuktbestandig MDF 16x75x4500mm Frøya kombi NCS/RAL alle farger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2010 0034</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mouldings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>010 Panels and mouldings for interior use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sørlandslisten</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sørlandslisten AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Reddalsveien 35</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grimstad</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Sørlandslisten fuktbestandig MDF 16x95x4500mm Tula kombi NCS/RAL alle farger</x:v>
-[...158 lines deleted...]
-      <x:c t="str">
         <x:v>Sørlandslisten fuktbestandig MDF 16x26x4500mm Notsporlist NCS/RAL alle farger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2010 0034</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mouldings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>010 Panels and mouldings for interior use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sørlandslisten</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sørlandslisten AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Reddalsveien 35</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grimstad</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Sørlandslisten fuktbestandig MDF 18x45x4500mm Kaia m/skygge tak NCS/RAL alle farger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mouldings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reddalsveien 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grimstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Sørlandslisten fuktbestandig MDF 18x195x4500mm foring NCS/RAL alle farger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2010 0034</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mouldings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>010 Panels and mouldings for interior use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sørlandslisten</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sørlandslisten AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Reddalsveien 35</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grimstad</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Sørlandslisten fuktbestandig MDF 18x45x4500mm Kaia m/skygge tak NCS/RAL alle farger</x:v>
+        <x:v>Sørlandslisten fuktbestandig MDF 18x75x4500mm Lea tak NCS/RAL alle farger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2010 0034</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mouldings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>010 Panels and mouldings for interior use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sørlandslisten</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sørlandslisten AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Reddalsveien 35</x:v>
       </x:c>
@@ -3332,51 +3364,83 @@
       </x:c>
       <x:c t="str">
         <x:v>Mouldings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>010 Panels and mouldings for interior use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sørlandslisten</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sørlandslisten AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Reddalsveien 35</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grimstad</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Sørlandslisten fuktbestandig MDF 18x75x4500mm Lea tak NCS/RAL alle farger</x:v>
+        <x:v>Sørlandslisten fuktbestandig MDF 18x95x4500mm Maria NCS/RAL alle farger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mouldings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reddalsveien 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grimstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sørlandslisten fuktbestandig MDF 18x400x4500mm foring NCS/RAL alle farger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2010 0034</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mouldings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>010 Panels and mouldings for interior use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sørlandslisten</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sørlandslisten AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Reddalsveien 35</x:v>
       </x:c>
@@ -3396,338 +3460,274 @@
       </x:c>
       <x:c t="str">
         <x:v>Mouldings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>010 Panels and mouldings for interior use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sørlandslisten</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sørlandslisten AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Reddalsveien 35</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grimstad</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Sørlandslisten fuktbestandig MDF 16x70x4500mm skarpkant NCS/RAL alle farger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mouldings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reddalsveien 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grimstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sørlandslisten fuktbestandig MDF 16x75x4500mm Linea tak NCS/RAL alle farger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mouldings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reddalsveien 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grimstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sørlandslisten fuktbestandig MDF 18x145x4500mm foring NCS/RAL alle farger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mouldings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reddalsveien 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grimstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sørlandslisten fuktbestandig MDF 18x220x4500mm foring NCS/RAL alle farger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mouldings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reddalsveien 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grimstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sørlandslisten fuktbestandig MDF 18x500x4500mm foring NCS/RAL alle farger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mouldings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reddalsveien 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grimstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Sørlandslisten fuktbestandig MDF 12x95x4500mm glattkant NCS/RAL alle farger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2010 0034</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mouldings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>010 Panels and mouldings for interior use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sørlandslisten</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sørlandslisten AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Reddalsveien 35</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grimstad</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Sørlandslisten fuktbestandig MDF 16x70x4500mm skarpkant NCS/RAL alle farger</x:v>
-[...158 lines deleted...]
-      <x:c t="str">
         <x:v>Sørlandslisten fuktbestandig MDF 18x45x4500mm Kaia tak NCS/RAL alle farger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2010 0034</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mouldings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>010 Panels and mouldings for interior use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sørlandslisten</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sørlandslisten AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Reddalsveien 35</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grimstad</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Sørlandslisten fuktbestandig MDF 18x500x4500mm foring NCS/RAL alle farger</x:v>
-[...62 lines deleted...]
-      <x:c t="str">
         <x:v>Sørlandslisten fuktbestandig MDF 12x70x4500mm glattkant gulv NCS/RAL alle farger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2010 0034</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mouldings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>010 Panels and mouldings for interior use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sørlandslisten</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sørlandslisten AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Reddalsveien 35</x:v>
@@ -3748,115 +3748,179 @@
       </x:c>
       <x:c t="str">
         <x:v>Mouldings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>010 Panels and mouldings for interior use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sørlandslisten</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sørlandslisten AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Reddalsveien 35</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grimstad</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Sørlandslisten fuktbestandig MDF 18x45x4500mm Kaia m/fas tak NCS/RAL alle farger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mouldings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reddalsveien 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grimstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sørlandslisten fuktbestandig MDF 18x350x4500mm foring NCS/RAL alle farger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mouldings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reddalsveien 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grimstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Sørlandslisten fuktbestandig MDF 16x60x4500mm skarpkant NCS/RAL alle farger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2010 0034</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mouldings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>010 Panels and mouldings for interior use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sørlandslisten</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sørlandslisten AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Reddalsveien 35</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grimstad</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Sørlandslisten fuktbestandig MDF 18x350x4500mm foring NCS/RAL alle farger</x:v>
-[...31 lines deleted...]
-        <x:v>Sørlandslisten fuktbestandig MDF 18x45x4500mm Kaia m/fas tak NCS/RAL alle farger</x:v>
+        <x:v>Sørlandslisten fuktbestandig MDF 18x029x4500mm foring NCS/RAL alle farger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mouldings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reddalsveien 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grimstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sørlandslisten fuktbestandig MDF 16x70x4500mm skarpkant spikerfri NCS/RAL alle farger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2010 0034</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mouldings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>010 Panels and mouldings for interior use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sørlandslisten</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sørlandslisten AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Reddalsveien 35</x:v>
       </x:c>
@@ -3876,51 +3940,115 @@
       </x:c>
       <x:c t="str">
         <x:v>Mouldings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>010 Panels and mouldings for interior use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sørlandslisten</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sørlandslisten AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Reddalsveien 35</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grimstad</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Sørlandslisten fuktbestandig MDF 16x70x4500mm skarpkant spikerfri NCS/RAL alle farger</x:v>
+        <x:v>Sørlandslisten fuktbestandig MDF 18x300x4500mm foring NCS/RAL alle farger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mouldings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reddalsveien 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grimstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sørlandslisten fuktbestandig MDF 18x60x4500mm knevegg NCS/RAL alle farger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mouldings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reddalsveien 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grimstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sørlandslisten fuktbestandig MDF 18x120x4500mm foring NCS/RAL alle farger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2010 0034</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mouldings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>010 Panels and mouldings for interior use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sørlandslisten</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sørlandslisten AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Reddalsveien 35</x:v>
       </x:c>
@@ -3940,210 +4068,114 @@
       </x:c>
       <x:c t="str">
         <x:v>Mouldings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>010 Panels and mouldings for interior use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sørlandslisten</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sørlandslisten AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Reddalsveien 35</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grimstad</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Sørlandslisten fuktbestandig MDF 18x029x4500mm foring NCS/RAL alle farger</x:v>
-[...126 lines deleted...]
-      <x:c t="str">
         <x:v>Sørlandslisten fuktbestandig MDF 12x80x4500mm glattkant NCS/RAL alle farger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2010 0034</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mouldings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>010 Panels and mouldings for interior use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sørlandslisten</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sørlandslisten AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Reddalsveien 35</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grimstad</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Sørlandslisten fuktbestandig MDF 18x095x4500mm foring NCS/RAL alle farger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mouldings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reddalsveien 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grimstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Sørlandslisten fuktbestandig MDF 16x30x4500mm skarpkant NCS/RAL alle farger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2010 0034</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mouldings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>010 Panels and mouldings for interior use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sørlandslisten</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sørlandslisten AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Reddalsveien 35</x:v>
@@ -4196,51 +4228,115 @@
       </x:c>
       <x:c t="str">
         <x:v>Mouldings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>010 Panels and mouldings for interior use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sørlandslisten</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sørlandslisten AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Reddalsveien 35</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grimstad</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Sørlandslisten fuktbestandig MDF 18x095x4500mm foring NCS/RAL alle farger</x:v>
+        <x:v>Sørlandslisten fuktbestandig MDF 18x540x4500mm foring NCS/RAL alle farger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mouldings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reddalsveien 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grimstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sørlandslisten fuktbestandig MDF SL-spesial</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mouldings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reddalsveien 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grimstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sørlandslisten fuktbestandig MDF 16x68x4500mm Lona kombi NCS/RAL alle farger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2010 0034</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mouldings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>010 Panels and mouldings for interior use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sørlandslisten</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sørlandslisten AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Reddalsveien 35</x:v>
       </x:c>
@@ -4260,50 +4356,82 @@
       </x:c>
       <x:c t="str">
         <x:v>Mouldings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>010 Panels and mouldings for interior use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sørlandslisten</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sørlandslisten AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Reddalsveien 35</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grimstad</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Sørlandslisten fuktbestanding MDF 12x58x4500mm NCS/RAL alle farger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2010 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mouldings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>010 Panels and mouldings for interior use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sørlandslisten AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reddalsveien 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grimstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Sørlandslisten fuktbestandig MDF 12x58x4500mm glattkant spikerfri NCS/RAL alle farger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2010 0034</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mouldings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>010 Panels and mouldings for interior use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sørlandslisten</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sørlandslisten AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Reddalsveien 35</x:v>
@@ -4324,179 +4452,51 @@
       </x:c>
       <x:c t="str">
         <x:v>Mouldings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>010 Panels and mouldings for interior use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sørlandslisten</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sørlandslisten AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Reddalsveien 35</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grimstad</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Sørlandslisten fuktbestandig MDF 16x68x4500mm Lona kombi NCS/RAL alle farger</x:v>
-[...30 lines deleted...]
-      <x:c t="str">
         <x:v>Sørlandslisten fuktbestandig MDF 18x45x4500mm Dus m/skygge tak NCS/RAL alle farger</x:v>
-      </x:c>
-[...94 lines deleted...]
-        <x:v>Sørlandslisten fuktbestandig MDF SL-spesial</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2010 0034</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mouldings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>010 Panels and mouldings for interior use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sørlandslisten</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sørlandslisten AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Reddalsveien 35</x:v>
       </x:c>