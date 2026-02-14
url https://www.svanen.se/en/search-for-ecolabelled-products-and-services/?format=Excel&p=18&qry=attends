--- v0 (2025-12-16)
+++ v1 (2026-02-14)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R363a916d779d4eea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f5e913f01c74266" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R876dd9363e254ac8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R332a8e2da4d9420e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R876dd9363e254ac8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R332a8e2da4d9420e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -868,50 +868,82 @@
       </x:c>
       <x:c t="str">
         <x:v>Incontinence protection</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aneby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Attends Soft Micro 0, 224 pcs (2205273)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0117</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Attends Soft Normal 2, 96 pcs (207567)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0086</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Incontinence protection</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
@@ -1732,307 +1764,403 @@
       </x:c>
       <x:c t="str">
         <x:v>Incontinence protection</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aneby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Attends Discrete 4, 210 pcs (202395)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Flex 8 Large, 112 pcs (206843)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Active 9 Medium , 112 pcs (201510)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Active 8 Large, 112 pcs (201336)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Air Comfort 10L, 78 pcs (213797)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Air Comfort 10+L Ultima, 66 pcs (216071)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Contours Air Comfort 4, 210 pcs (203750)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Attends Contours Regular 6, 140 pcs (201251)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0086</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Incontinence protection</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aneby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Attends Contours Air Comfort 4, 210 pcs (203750)</x:v>
-[...30 lines deleted...]
-      <x:c t="str">
         <x:v>Attends Contours Air Comfort 6, 140 pcs (203798)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0086</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Incontinence protection</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aneby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Attends Discrete 4, 210 pcs (202395)</x:v>
-[...159 lines deleted...]
-        <x:v>Attends Slip Air Comfort 10+L Ultima, 66 pcs (216071)</x:v>
+        <x:v>Attends Pull-Ons 6 Small, 72 pcs (211762)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Pull-Ons 4 Medium, 88 pcs (211786)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Flex 10 Medium, 88 pcs (206829)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0086</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Incontinence protection</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
@@ -2052,211 +2180,179 @@
       </x:c>
       <x:c t="str">
         <x:v>Incontinence protection</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aneby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Attends Slip Active 10 Medium</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Regular 10 Medium, 104 pcs (207697)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Attends Slip Regular 10 Large, 52 pcs (207666)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0086</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Incontinence protection</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aneby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Attends Slip Regular 10 Medium, 104 pcs (207697)</x:v>
-[...30 lines deleted...]
-      <x:c t="str">
         <x:v>Attends Adjustable 10 Large, 84 pcs (206652)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0086</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Incontinence protection</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aneby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Attends Pull-Ons 4 Medium, 88 pcs (211786)</x:v>
-[...63 lines deleted...]
-        <x:v>Attends Flex 10 Medium, 88 pcs (206829)</x:v>
+        <x:v>Attends Soft 4 Maxi, 120 pcs (212677)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0086</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Incontinence protection</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
@@ -2276,86 +2372,374 @@
       </x:c>
       <x:c t="str">
         <x:v>Incontinence protection</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aneby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Attends Slip Active 10 Medium</x:v>
-[...34 lines deleted...]
-        <x:v>3023 0086</x:v>
+        <x:v>Attends Soft Mini 1, 240 pcs (205327)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086, 3023 0095</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Soft 7, 136 pcs (204818)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Pull-Ons 6 Large, 72 pcs (211847)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Pull-Ons 8 Large, 64 pcs (207468)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Pull-Ons 6 XL, 64 pcs (211885)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Flex 9 Medium, 104 pcs (206805)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Active 9 Large, 112 pcs (201398)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Deoplus Insert</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Flex 8 Small, 112 pcs (206720)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Flex 10 Small, 88 pcs (206768)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Regular 9XS, 128 pcs (208199)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0095</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Incontinence protection</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aneby</x:v>
       </x:c>
@@ -2372,147 +2756,147 @@
       </x:c>
       <x:c t="str">
         <x:v>Incontinence protection</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aneby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Attends Pull-Ons 8 Large, 64 pcs (207468)</x:v>
-[...95 lines deleted...]
-        <x:v>Attends Flex 9 Medium, 104 pcs (206805)</x:v>
+        <x:v>Attends Slip Air Comfort 8M, 120 pcs (213636)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Air Comfort 10+M, 88 pcs (214275)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Air Comfort 8L, 120 pcs (213650)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Air Comfort 9+L, 78 pcs (214251)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0086</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Incontinence protection</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
@@ -2532,1298 +2916,946 @@
       </x:c>
       <x:c t="str">
         <x:v>Incontinence protection</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aneby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Attends Soft 7, 136 pcs (204818)</x:v>
-[...159 lines deleted...]
-        <x:v>Attends Slip Regular 9XS, 128 pcs (208199)</x:v>
+        <x:v>Attends Pull-Ons Discreet Underwear 3 Large, 60 pcs (212776)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Pull-Ons Discreet Underwear 3 Medium, 60 pcs (212769)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Soft Mini Long 1, 192 pcs (204863)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Soft Extra 3, 180 pcs (208267)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Soft 5 Maxi Plus, 96 pcs (206706)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Contours Air Comfort 8, 112 pcs (203835)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Pull-Ons 8 Small, 64 pcs (207338)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Pull-Ons 4 Large, 88 pcs (211823)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Flex 9 Large, 104 pcs (206867)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Regular 8 Large, 112 pcs (203712)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Pull-Ons 6 XXS, 90 pcs (213544)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0095</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Incontinence protection</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aneby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Attends Slip Air Comfort 9+L, 78 pcs (214251)</x:v>
-[...479 lines deleted...]
-        <x:v>Attends Pull-Ons 6 XXS, 90 pcs (213544)</x:v>
+        <x:v>Attends Flex 10+XL Ultima, 54 pcs (214473)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Air Comfort 9XS, 128 pcs (213674)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0095</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Incontinence protection</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aneby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Attends Flex 10+XL Ultima, 54 pcs (214473)</x:v>
-[...31 lines deleted...]
-        <x:v>Attends Slip Air Comfort 9XS, 128 pcs (213674)</x:v>
+        <x:v>Attends Men 3 Protective Shield, 60 pcs (212813)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Soft Extra 3, 80 pcs (207260)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends soft 4 Super, 180 pcs (208281)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Contours Regular 4, 210 pcs (203507)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Contours Regular 4, 126 pcs (205761)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Contours Regular 7, 112 pcs (201275)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Contours Regular 8, 112 pcs (201299)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Contours Air Comfort 10, 84 pcs (205556)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Pull-Ons 4 Small, 88 pcs (211748)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Pull-Ons 8 XL, 56 pcs (204351)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Flex 8 Medium, 112 pcs (206782)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Flex 8 XL, 104 pcs (206904)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Slip Regular 9 Large, 112 pcs (201398)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Soft 3+ Extra Plus, 90 pcs (212714)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends For Men Level 4, 168 pcs (205976)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0095</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Incontinence protection</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aneby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Attends Men 3 Protective Shield, 60 pcs (212813)</x:v>
-[...478 lines deleted...]
-      <x:c t="str">
         <x:v>Attends Flex 7 M, 120 pcs (214374)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0086</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Incontinence protection</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
@@ -3880,50 +3912,82 @@
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aneby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Attends Pull-Ons 6XS, 72 pcs (217009)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Incontinence protection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Attends Healthcare AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järnvägsgatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aneby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Attends Soft Ultra Mini 0, 224 pcs (2205075)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0117</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Incontinence protection</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Attends Healthcare AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järnvägsgatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aneby</x:v>
       </x:c>