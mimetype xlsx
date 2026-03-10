--- v0 (2025-12-15)
+++ v1 (2026-03-10)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6dd62e728d1b414e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6315ebdc3dd341f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R6c459c5b2dde4ae0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="products" sheetId="1" r:id="R5fde4eb3eb01496f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6c459c5b2dde4ae0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5fde4eb3eb01496f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -57,2128 +57,2128 @@
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>ISS Facility Services AB, Restaurang Nordea, Bankers Corner, Smålandsgatan 15-17, Stockholm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3110 0185</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Canteen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>110 Food services and conference facilities (without accommodation)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ISS</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>ISS Facility Services AB, Restaurang Nordea, Bankers Corner, Smålandsgatan 15-17, Stockholm</x:v>
+        <x:v>ISS Facility Services AB, Restaurang Nordea, Bankers Corner</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Smålandsgatan 15-17</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Karlstad CCC - Visit Karlstad AB, Konferens</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3110 0009</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Conference facility without accommodation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>110 Food services and conference facilities (without accommodation)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Karlstad CCC</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Karlstad CCC - Visit Karlstad AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tage Erlandergatan 8A</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Karlstad</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>7A Odenplan, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3110 0086</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility without accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>110 Food services and conference facilities (without accommodation)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7A Odenplan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odenplan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sankt Gertrud Konferens, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3110 0144</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility without accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>110 Food services and conference facilities (without accommodation)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>S:t Gertrud Konferens &amp; Restaurang AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Östergatan 7b</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>World Trade Center Stockholm, Konferens</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3110 0038</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Conference facility without accommodation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>110 Food services and conference facilities (without accommodation)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>World Trade Center</x:v>
       </x:c>
       <x:c t="str">
         <x:v>World Trade Center Restaurang</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 70354</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Brygghuset, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3110 0054</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility without accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>110 Food services and conference facilities (without accommodation)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brygghuset</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Brygghuset</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Kulturens Hus i Luleå, Konferens</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3110 0027</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Conference facility without accommodation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>110 Food services and conference facilities (without accommodation)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kulturens hus i Umeå</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Luleå Kommun, Kultur- och Fritidsförvaltningen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 50001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Luleå</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>7A Odenplan, Konferens</x:v>
-[...2 lines deleted...]
-        <x:v>3110 0086</x:v>
+        <x:v>High Court, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3110 0115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility without accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>110 Food services and conference facilities (without accommodation)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HighCourt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>High Court</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmöhusvägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Münchenbryggeriet Event &amp; Konferens, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3110 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility without accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>110 Food services and conference facilities (without accommodation)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Münchenbryggeriet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Münchenbryggeriet Event &amp; Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170 60</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Klara</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3110 0076</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility without accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>110 Food services and conference facilities (without accommodation)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klara</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klara</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klarabergsviadukten 90</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Östergårds Mat Fest &amp; Möten, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3110 0019</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility without accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>110 Food services and conference facilities (without accommodation)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Östergårds Mat Fest &amp; Möten</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Danderydsvägen 144</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Danderyd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>United Spaces Solna Strand, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3110 0131</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility without accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>110 Food services and conference facilities (without accommodation)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>United Spaces</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>United Spaces Solna Strand</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gävle Konserthus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3110 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility without accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>110 Food services and conference facilities (without accommodation)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gävle Konserthus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gävle Konserthus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kultur &amp; Fritid Gävle</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gävle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Visit Linköping &amp; Co AB, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3110 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility without accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>110 Food services and conference facilities (without accommodation)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Visit Linköping</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linköping Konsert &amp; Kongress</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1397</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>United Spaces Torsgatan, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3110 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility without accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>110 Food services and conference facilities (without accommodation)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>United Spaces</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>United Spaces Torsgatan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Citykonferensen / Ingenjörshuset, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3110 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility without accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>110 Food services and conference facilities (without accommodation)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Citykonferensen / Ingenjörshuset</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Citykonferensen / Ingenjörshuset</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1419</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>STOCKHOLM</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>United Spaces Götgatsbacken, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3110 0128</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility without accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>110 Food services and conference facilities (without accommodation)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>United Spaces</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>United Spaces Götgatsbacken</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Umeå Folkets Hus, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3110 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility without accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>110 Food services and conference facilities (without accommodation)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Umeå Folkets Hus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Umeå Folkets Hus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 466</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Umeå</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Usine Conference</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3110 0092</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility without accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>110 Food services and conference facilities (without accommodation)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Usine</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Festivus konferens AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Södermalmsallén 36-38</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>7A Posthuset, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3110 0087</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Conference facility without accommodation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>110 Food services and conference facilities (without accommodation)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7A</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>7A Odenplan</x:v>
-[...10 lines deleted...]
-        <x:v>Brygghuset, Konferens</x:v>
+        <x:v>7A Posthuset</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasagatan 28</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>United Spaces Östra Hamngatan, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3110 0137</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility without accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>110 Food services and conference facilities (without accommodation)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>United Spaces</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>United Spaces Östra Hamngatan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Östra Hamngatan 16</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>101 23 Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Aktiebolaget Operakällaren, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3110 0139</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility without accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>110 Food services and conference facilities (without accommodation)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Operakällaren</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aktiebolaget Operakällaren</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1616</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonnierhuset Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3110 0175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility without accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>110 Food services and conference facilities (without accommodation)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonnierhuset Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Torsgatan 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Uppsala Konsert och Kongress, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3110 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility without accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>110 Food services and conference facilities (without accommodation)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uppsala Konsert och Kongres</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uppsala Konsert &amp; Kongress AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaksala torg 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uppsala</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>United Spaces Lindholmen, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3110 0134</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility without accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>110 Food services and conference facilities (without accommodation)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>United Spaces</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>United Spaces Lindholmen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nalen, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3110 0039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility without accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>110 Food services and conference facilities (without accommodation)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nalen Evenemang och Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nalen Evenemang och Konferens AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Regeringsgatan 74</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lustikulla Konferens &amp; Event, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3110 0028</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility without accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>110 Food services and conference facilities (without accommodation)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lustikulla Konferens &amp; Event</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lustikulla Konferens &amp; Event</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmsvägen 18</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>STOCKHOLM</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Piperska Muren, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3110 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility without accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>110 Food services and conference facilities (without accommodation)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Piperska Muren</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Piperska Muren AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scheelegatan 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>STOCKHOLM</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>United Spaces Uppsala, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3110 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility without accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>110 Food services and conference facilities (without accommodation)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>United Spaces</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>United Spaces Uppsala</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 190</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Great Events Catering XPO AB, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3110 0140</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility without accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>110 Food services and conference facilities (without accommodation)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Great Events Catering XPO AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Halmsjövägen 12,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arlandastad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stadshuskällaren, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3110 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility without accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>110 Food services and conference facilities (without accommodation)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stadshuskällaren</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stadshuskällaren</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hantverkargatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>United Spaces Waterfront, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3110 0122</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility without accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>110 Food services and conference facilities (without accommodation)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>United Spaces</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>United Spaces Waterfront</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOX 190</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Münchenbryggeriet Event &amp; Konferens, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3110 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility without accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>110 Food services and conference facilities (without accommodation)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Münchenbryggeriet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Münchenbryggeriet Event &amp; Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170 60</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>7A Strandvägen, Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3110 0085, 3110 0085</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Conference facility without accommodation</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>110 Food services and conference facilities (without accommodation)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7A Strandvägen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandvägen 7A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Teaterbaren, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3110 0018</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>110 Food services and conference facilities (without accommodation)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teaterbaren</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teaterbaren</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 16045</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Restaurang Mat &amp; Prat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3110 0042</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>110 Food services and conference facilities (without accommodation)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Restaurang Mat &amp; Prat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 66</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Great Events Catering XPO AB, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3110 0140</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>110 Food services and conference facilities (without accommodation)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Great Events Catering XPO AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Halmsjövägen 12,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arlandastad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fridaskolan Helsingborg, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3110 0119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>110 Food services and conference facilities (without accommodation)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frida</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fridaskolorna AB, Helsingborg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Planteringsvägen 139</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Karlstad CCC - Visit Karlstad AB, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3110 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>110 Food services and conference facilities (without accommodation)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karlstad CCC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karlstad CCC - Visit Karlstad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tage Erlandergatan 8A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karlstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>High Court, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3110 0115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>110 Food services and conference facilities (without accommodation)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>High Court</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmöhusvägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Umeå Folkets Hus, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3110 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>110 Food services and conference facilities (without accommodation)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Umeå Folkets Hus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Umeå Folkets Hus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 466</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Umeå</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fridaskolan Grundskola &amp; Förskola Mölnlycke, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3110 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>110 Food services and conference facilities (without accommodation)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frida</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fridaskolan Grundskola &amp; Förskola Mölnlycke</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvarnbacken 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MÖLNLYCKE</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Visit Linköping &amp; Co AB, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3110 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>110 Food services and conference facilities (without accommodation)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Visit Linköping</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linköping Konsert &amp; Kongress</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1397</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fridaskolan Grundskola &amp; Förskola Trollhättan, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3110 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>110 Food services and conference facilities (without accommodation)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frida</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fridaskolan Grundskola &amp; Förskola Trollhättan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Idrottsvägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TROLLHÄTTAN</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Uppsala Konsert och Kongress, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3110 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>110 Food services and conference facilities (without accommodation)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uppsala Konsert &amp; Kongress</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uppsala Konsert &amp; Kongress AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaksala torg 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Uppsala</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stadshuskällaren, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3110 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>110 Food services and conference facilities (without accommodation)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stadshuskällaren</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stadshuskällaren</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hantverkargatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fridaskolan Grundskola Göteborg, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3110 0037</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>110 Food services and conference facilities (without accommodation)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frida</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fridaskolan Grundskola Göteborg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grimboåsen 22 A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Haqvin, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3110 0144</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>110 Food services and conference facilities (without accommodation)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>S:t Gertrud Konferens &amp; Restaurang AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Östergatan 7b</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fridagymnasiet Vänersborg, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3110 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>110 Food services and conference facilities (without accommodation)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frida</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fridagymnasiet Vänersborg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Regementsgatan 15</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VÄNERSBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mässrestauranger AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3110 0177</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>110 Food services and conference facilities (without accommodation)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mässrestauranger AB / Stockholmsmässan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mässvägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älvsjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>World Trade Center Restaurang inkl. Piazzan, Manhattan, Loungen, Catering och Butik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3110 0038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>110 Food services and conference facilities (without accommodation)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>World Trade Center</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>World Trade Center Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 70354</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lustikulla Konferens &amp; Event, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3110 0028</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>110 Food services and conference facilities (without accommodation)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lustikulla Konferens &amp; Event</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lustikulla Konferens &amp; Event</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liljeholmsvägen 18</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>STOCKHOLM</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Piperska Muren, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3110 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>110 Food services and conference facilities (without accommodation)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Piperska Muren</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Piperska Muren AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scheelegatan 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>STOCKHOLM</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nalen, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3110 0039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>110 Food services and conference facilities (without accommodation)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nalen Evenemang och Konferens</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nalen Evenemang och Konferens AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Regeringsgatan 74</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Brygghuset, Restaurang</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3110 0054</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Conference facility without accommodation</x:v>
+        <x:v>Restaurant</x:v>
       </x:c>
       <x:c t="str">
         <x:v>110 Food services and conference facilities (without accommodation)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brygghuset</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brygghuset</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Sankt Gertrud Konferens, Konferens</x:v>
-[...8 lines deleted...]
-        <x:v>Conference facility without accommodation</x:v>
+        <x:v>Aktiebolaget Operakällaren, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3110 0139</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>110 Food services and conference facilities (without accommodation)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Operakällaren</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aktiebolaget Operakällaren</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1616</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Restaurant J</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3110 0145</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Restaurant</x:v>
       </x:c>
       <x:c t="str">
         <x:v>110 Food services and conference facilities (without accommodation)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
-        <x:v>S:t Gertrud Konferens &amp; Restaurang AB</x:v>
-[...10 lines deleted...]
-        <x:v>Östergårds Mat Fest &amp; Möten, Konferens</x:v>
+        <x:v>Restaurant J</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1220</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nacka</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Craft n' Draft, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3110 0026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>110 Food services and conference facilities (without accommodation)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Craft n' Draft</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Craft n' Draft</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skeppsbrogatan 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Luleå</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>GöteborgsOperan, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3110 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>110 Food services and conference facilities (without accommodation)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg Opera</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GöteborgsOperan AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christina Nilssons Gata</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fridaskolan Förskola Uddevalla</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3110 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>110 Food services and conference facilities (without accommodation)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fridaskolan Grundskola Uddevalla &amp; Förskola</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Regementsvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>UDDEVALLA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fridaskolan Vänersborg, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3110 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>110 Food services and conference facilities (without accommodation)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fridagymnasiet Vänersborg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Regementsgatan 15</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VÄNERSBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Östergårds Mat Fest &amp; Möten, Restaurang</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3110 0019</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Conference facility without accommodation</x:v>
+        <x:v>Restaurant</x:v>
       </x:c>
       <x:c t="str">
         <x:v>110 Food services and conference facilities (without accommodation)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Östergårds Mat Fest &amp; Möten</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Danderydsvägen 144</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Danderyd</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Münchenbryggeriet Event &amp; Konferens, Konferens</x:v>
-[...23 lines deleted...]
-        <x:v>Box 170 60</x:v>
+        <x:v>Citykonferensen / Ingenjörshuset, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3110 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>110 Food services and conference facilities (without accommodation)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Citykonferensen / Ingenjörshuset</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Citykonferensen / Ingenjörshuset</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1419</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>STOCKHOLM</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Restaurang SPPisen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3110 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>110 Food services and conference facilities (without accommodation)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SPP Pension</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SPP Sppisen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vasagatan 10</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Klara</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3110 0076</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Conference facility without accommodation</x:v>
-[...5 lines deleted...]
-        <x:v>1</x:v>
+        <x:v>Restaurant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>110 Food services and conference facilities (without accommodation)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Klara</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Klara</x:v>
-[...1 lines deleted...]
-      <x:c t="str">
         <x:v>Klarabergsviadukten 90</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>High Court, Konferens</x:v>
-[...930 lines deleted...]
-        <x:v>3110 0025</x:v>
+        <x:v>Fridaskolan Grundskola Uddevalla, Restaurang</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3110 0024</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Restaurant</x:v>
       </x:c>
       <x:c t="str">
         <x:v>110 Food services and conference facilities (without accommodation)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Frida</x:v>
-      </x:c>
-[...830 lines deleted...]
-        <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Fridaskolan Grundskola Uddevalla &amp; Förskola</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Regementsvägen 3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>UDDEVALLA</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>San Greal, Restaurang</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3110 0144</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Restaurant</x:v>
       </x:c>
       <x:c t="str">