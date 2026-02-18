--- v0 (2026-01-02)
+++ v1 (2026-02-18)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c6279cd1b79464d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd9e6c08c11c4111" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Rd51e7a7b734f405b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R0e9cbdb5ea35448a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd51e7a7b734f405b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0e9cbdb5ea35448a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -2532,50 +2532,82 @@
       </x:c>
       <x:c t="str">
         <x:v>Hand diswashing detergents</x:v>
       </x:c>
       <x:c t="str">
         <x:v>025 Hand Dishwashing Detergents</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Liv</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Soap Nordic A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Viborgvej 13</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nykøbing F</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Clean &amp; Fair Opvaskemiddel (P. Lindberg). 1 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hand diswashing detergents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Hand Dishwashing Detergents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clean &amp; Fair</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Eldorado Handdiskmedel Citrus, 750 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5025 0044</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hand diswashing detergents</x:v>
       </x:c>
       <x:c t="str">
         <x:v>025 Hand Dishwashing Detergents</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Eldorado</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NOPA Nordic A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Finn Thostrup Engen 1</x:v>
@@ -3332,50 +3364,82 @@
       </x:c>
       <x:c t="str">
         <x:v>Hand diswashing detergents</x:v>
       </x:c>
       <x:c t="str">
         <x:v>025 Hand Dishwashing Detergents</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ABENA Puri-Line</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NOPA Nordic A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Finn Thostrup Engen 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hobro</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Herobility Diskmedel, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3025 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hand diswashing detergents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Hand Dishwashing Detergents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herobility</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Tvättex handdisk, 500 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5025 0044</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hand diswashing detergents</x:v>
       </x:c>
       <x:c t="str">
         <x:v>025 Hand Dishwashing Detergents</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tvättex</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NOPA Nordic A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Finn Thostrup Engen 1</x:v>
@@ -4164,50 +4228,82 @@
       </x:c>
       <x:c t="str">
         <x:v>Hand diswashing detergents</x:v>
       </x:c>
       <x:c t="str">
         <x:v>025 Hand Dishwashing Detergents</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tvättex</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Soap Nordic A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Viborgvej 13</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nykøbing F</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Capasal IduDish Soft Swan, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hand diswashing detergents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Hand Dishwashing Detergents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Capasal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blokken 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Birkerød</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>ABENA Puri Line Diskmedel, UDF, 5 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5025 0018, 5025 0018</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hand diswashing detergents</x:v>
       </x:c>
       <x:c t="str">
         <x:v>025 Hand Dishwashing Detergents</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ABENA Puri-Line</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Velfyld ApS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Adelers Allé 155</x:v>
@@ -4644,50 +4740,114 @@
       </x:c>
       <x:c t="str">
         <x:v>Hand diswashing detergents</x:v>
       </x:c>
       <x:c t="str">
         <x:v>025 Hand Dishwashing Detergents</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stina</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cleano Production AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Västra Långgatan 8</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Älgarås</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Capasal IduDish Soft Swan, 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hand diswashing detergents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Hand Dishwashing Detergents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Capasal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Iduna A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blokken 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Birkerød</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Opticare Neutral Håndopvask, 0,5 l (Opticare Nordic)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5025 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hand diswashing detergents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>025 Hand Dishwashing Detergents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Opticare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Coop Änglamark Handdisk, 500 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3025 0043</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hand diswashing detergents</x:v>
       </x:c>
       <x:c t="str">
         <x:v>025 Hand Dishwashing Detergents</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Änglamark</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cleano Production AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Västra Långgatan 8</x:v>
@@ -5120,62 +5280,30 @@
         <x:v>5025 0044</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hand diswashing detergents</x:v>
       </x:c>
       <x:c t="str">
         <x:v>025 Hand Dishwashing Detergents</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ABENA Puri-Line</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NOPA Nordic A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Finn Thostrup Engen 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hobro</x:v>
-      </x:c>
-[...30 lines deleted...]
-        <x:v>Nykøbing F</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>