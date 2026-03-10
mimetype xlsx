--- v0 (2025-12-16)
+++ v1 (2026-03-10)
@@ -1,117 +1,181 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R038633401aee48bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e0365f2c78c4323" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R8a9b3e7e8e9441b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="products" sheetId="1" r:id="R104bbdd29eee4de2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8a9b3e7e8e9441b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R104bbdd29eee4de2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brand</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensee</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c t="str">
         <x:v>City</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Elis Textil Service AB, Angered</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3075 0166</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textile Service</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>075 Textile services</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elis</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elis Textil Service AB, Angered</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spadegatan 15</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Angered</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Bröderna Fraimans Industritvätt AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3075 0076</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Textile Service</x:v>
       </x:c>
       <x:c t="str">
         <x:v>075 Textile services</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bröderna Fraimans Industritvätt</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bröderna Fraimans Industritvätt AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sköldvägen 6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bålsta</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Elis Textil Service AB, Veddesta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3075 0101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textile Service</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>075 Textile services</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elis</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elis Textil Service AB Veddesta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saldovägen 24</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Tvättservice i Helsingborg AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3075 0108</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Textile Service</x:v>
       </x:c>
       <x:c t="str">
         <x:v>075 Textile services</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tvättservice i Helsingborg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tvättservice i Helsingborg AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kopparmöllegatan 4</x:v>
@@ -132,1082 +196,1050 @@
       </x:c>
       <x:c t="str">
         <x:v>Textile Service</x:v>
       </x:c>
       <x:c t="str">
         <x:v>075 Textile services</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tvättservice i Båstad</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tvättservice i Båstad AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ängelholmsvägen 263</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Båstad</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Elis Textil Service AB, Veddesta</x:v>
-[...23 lines deleted...]
-        <x:v>Saldovägen 24</x:v>
+        <x:v>Elis Textil Service AB, Fristad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3075 0095</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textile Service</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>075 Textile services</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elis</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elis Textil Service AB Fristad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Expressvägen 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fristad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Textilia Tvätt &amp; Textilservice AB, Örebro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3075 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textile Service</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>075 Textile services</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilia Tvätt &amp; Textilservice AB, Örebro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1544</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ÖREBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Textilia Tvätt &amp; Textilservice AB, Karlskrona</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3075 0129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textile Service</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>075 Textile services</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilia Tvätt &amp; Textilservice AB, Karlskrona</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lyckebygäven 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karlskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Samhall AB Tvätt &amp; Textilservice Malmö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3075 0163</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textile Service</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>075 Textile services</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samhall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samhall AB Tvätt &amp; Textilservice Malmö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Södra Bulltoftavägen 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Textilia Tvätt &amp; Textilservice AB, Umeå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3075 0059</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textile Service</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>075 Textile services</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilia Tvätt &amp; Textilservice AB, Umeå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mätarvägen 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Umeå</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Södra Vanadistvätten AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3075 0115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textile Service</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>075 Textile services</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Södra Vanadistvätten</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Södra Vanadistvätten AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Himmelsbodavägen 15</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tumba</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Forslunds Tvätt AB, Västerås</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3075 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textile Service</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>075 Textile services</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rikstvätt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Forslunds Tvätt AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vivelgatan 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VÄSTERÅS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Elis Textil Service AB, Vara</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3075 0066</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textile Service</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>075 Textile services</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elis</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elis Textil Service AB Vara</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbinvägen 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VARA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CWS Hygiene AB, Norrköping</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3075 0128</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textile Service</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>075 Textile services</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CWS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CWS Norrköping</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norrköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lindbytvätten AB, Borgholm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3075 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textile Service</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>075 Textile services</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindbytvätten</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindbytvätten AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindbyvägen 116</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BORGHOLM</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Elis Textil Service AB, Ockelbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3075 0067</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textile Service</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>075 Textile services</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elis</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elis Textil Service AB Ockelbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hamrångevägen 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OCKELBO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Elis Textil Service AB, Helsingborg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3075 0161</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textile Service</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>075 Textile services</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elis</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elis Textil Service AB Helsingborg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frejagatan 11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Elis Textil Service AB, Länna</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3075 0168</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textile Service</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>075 Textile services</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elis</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elis Textil Service AB Länna</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fräsarvägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Länna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kemiska Tvätten i Eskilstuna AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3075 0070</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textile Service</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>075 Textile services</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kemiskatvätten</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kemiska Tvätten i Eskilstuna AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svarvargatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eskilstuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Elis Textil Service AB, Vaggeryd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3075 0113</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textile Service</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>075 Textile services</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elis</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elis Textil Service AB Vaggeryd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gärahovsvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaggeryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rikstvätt, Bengtsfors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3075 0026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textile Service</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>075 Textile services</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KåPI Tvätt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rikstvätt Bengtsfors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrigatan 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BENGTSFORS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Elis Textil Service AB, Eskilstuna</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3075 0063</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textile Service</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>075 Textile services</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elis</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elis Textil Service AB Eskilstuna</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ESKILSTUNA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CWS Hygiene AB, Staffanstorp</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3075 0035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textile Service</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>075 Textile services</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CWS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CWS Staffanstorp</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Verkstadsvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffanstorp</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Textilia Tvätt &amp; Textilservice AB, Långsele</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3075 0131</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textile Service</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>075 Textile services</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilia Tvätt &amp; Textilservice AB, Långsele</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nygatan 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långsele</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CWS Sweden AB, Stockholm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3075 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textile Service</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>075 Textile services</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CWS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CWS Stockholm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fyrgatan 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arlandastad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Elis Textil Service AB, Torup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3075 0062</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textile Service</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>075 Textile services</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elis</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elis Textil Service AB Torup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jesperslundsvägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TORUP</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Elis Textil Service AB, Örebro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3075 0158</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textile Service</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>075 Textile services</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elis</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elis Textil Service AB Örebro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Idrottsvägen 34</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Örebro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CWS Sweden AB, Varberg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3075 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textile Service</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>075 Textile services</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CWS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CWS Varberg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Batterivägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VARBERG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Elis Textil Service AB, Huskvarna</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3075 0175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textile Service</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>075 Textile services</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elis</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elis Textil Service AB, Huskvarna</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lyckås 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huskvarna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Textilia Tvätt &amp; Textilservice AB, Rimbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3075 0068</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textile Service</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>075 Textile services</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilia Tvätt &amp; Textilservice AB, Rimbo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>RIMBO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Textilia Tvätt &amp; Textilservice AB, Boden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3075 0130</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textile Service</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>075 Textile services</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilia Tvätt &amp; Textilservice AB, Boden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Verkstadsvägen 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Boden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Elis Textil Service AB, Umeå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3075 0165</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textile Service</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>075 Textile services</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elis</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elis Textil Service AB, Umeå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mätarvägen 11B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Umeå</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Storsjö Tvätt AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3075 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textile Service</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>075 Textile services</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storsjötvätt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storsjö Tvätt AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Förläggarvägen 16</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tandsbyn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Elis Textil Service AB, Arlöv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3075 0103</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textile Service</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>075 Textile services</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elis</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elis Textil Service AB Arlöv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 17143</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lima Tvätten AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3075 0071</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textile Service</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>075 Textile services</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lima Tvätten</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lima Tvätten AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Ärnäs 220A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lima</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CWS Hygiene AB, Järfälla</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3075 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textile Service</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>075 Textile services</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CWS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CWS Järfälla</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saldovägen 22</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järfälla</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Elis Textil Service AB, Angered</x:v>
-[...926 lines deleted...]
-      <x:c t="str">
         <x:v>Elis Textil Service AB, Limhamn</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3075 0102</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Textile Service</x:v>
       </x:c>
       <x:c t="str">
         <x:v>075 Textile services</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Elis</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Elis Textil Service AB Limhamn</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 60037</x:v>
       </x:c>
       <x:c t="str">
         <x:v>LIMHAMN</x:v>
-      </x:c>
-[...62 lines deleted...]
-        <x:v>Umeå</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>