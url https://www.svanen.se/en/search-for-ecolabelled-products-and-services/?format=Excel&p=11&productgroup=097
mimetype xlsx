--- v0 (2026-01-10)
+++ v1 (2026-02-28)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R309d0a9d7b0b42f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3548a2abed0f4f07" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R414c0d4c62ec4577"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="products" sheetId="1" r:id="R26f07ba1b4f1485d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R414c0d4c62ec4577" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R26f07ba1b4f1485d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -324,50 +324,82 @@
       </x:c>
       <x:c t="str">
         <x:v>Adhesives</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Yunik Pro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Flügger Adhesive H2O</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0067</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adhesives</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Colorama Tapetlim NW, 1 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3097 0030</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Adhesives</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Colorama</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hagmans Nordic AB (Fritsla)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 112</x:v>
@@ -804,50 +836,114 @@
       </x:c>
       <x:c t="str">
         <x:v>Adhesives</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dalapro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Norra Malmvägen 76</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sollentuna</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Flügger Adhesive 270</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0067</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adhesives</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Adhesive 378</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0067</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adhesives</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Nordland Nature NW lim, 10 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3097 0030</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Adhesives</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordland</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hagmans Nordic AB (Fritsla)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 112</x:v>
@@ -1220,1966 +1316,1838 @@
       </x:c>
       <x:c t="str">
         <x:v>Adhesives</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Heydi Semfix Hvit 5 kg</x:v>
-[...2 lines deleted...]
-        <x:v>2097 0015, 2097 0015</x:v>
+        <x:v>PP Adhesive Felt, 12 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Adhesives</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>PP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Adhesive 270, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adhesives</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Wall Adhesive</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0067</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adhesives</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hey'di Semfix Hvit, 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adhesives</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Hey'di</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hey'di AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Postboks 13</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Frogner</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>PP Adhesive Felt, 12 l</x:v>
+        <x:v>Teknos NW Lim</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0037</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adhesives</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SimFAS Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Simrishamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Byggmax Tapet &amp; Vävlim 5, l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5097 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adhesives</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Byggmax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dana Lim A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Københavnsvej 220</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Køge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecofix Vävlim, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adhesives</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecofix Vävlim Extra, 15 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adhesives</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecofix Tapetlim, 15 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adhesives</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecofix Vävlim, 15 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adhesives</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Colorama Tapetlim, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adhesives</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colorama</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dana Lim Vävlim Extra 214, 15 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5097 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adhesives</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dana Lim</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dana Lim A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Københavnsvej 220</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Køge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fiona Adhesive 290, 0,75 l (76826)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3097 0008, 3097 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Adhesives</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>PP</x:v>
+        <x:v>Fiona</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flügger Adhesive 270, 10 l</x:v>
+        <x:v>Fiona Adhesive 290, 5 l (77807)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3097 0008, 3097 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Adhesives</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Fiona</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JOTUN Lim Sprut &amp; Maskin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0037</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adhesives</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SimFAS Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Simrishamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alfix ProFix Plus, 18 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5097 0049</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adhesives</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alfix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alfix A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>H.C. Ørsteds Vej 11-13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Adhesive 290, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adhesives</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Teknos NW Lim</x:v>
-[...2 lines deleted...]
-        <x:v>3097 0037</x:v>
+        <x:v>Dalapro Allround Adhesive, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0034, 3097 0004</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Adhesives</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Teknos</x:v>
-[...13 lines deleted...]
-        <x:v>Byggmax Tapet &amp; Vävlim 5, l</x:v>
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Extra Adhesive, 12 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0034, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adhesives</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Adhesive H2O, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adhesives</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Adhesive 290, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adhesives</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Adhesive 377</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0067</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adhesives</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Colorama Tapetlim NW, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adhesives</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colorama</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordland Nature Vävlim, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adhesives</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fertigkleister</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adhesives</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dana Lim Quattro Vägglim 213, 5 kg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5097 0012</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Adhesives</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Byggmax</x:v>
+        <x:v>Dana Lim</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dana Lim A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Københavnsvej 220</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Køge</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Ecofix Vävlim, 5 l</x:v>
+        <x:v>Fiona Adhesive 270 Wallpaper, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adhesives</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fiona</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Adhesive 378, 0,75 l (12610)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adhesives</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Wallpaper Adhesive, 12 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0034, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adhesives</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Extra Adhesive, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0034, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adhesives</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FIS V Zero, 300 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adhesives</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fischer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>fischerwerke GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Otto-Hahn-Str. 15</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Denzlingen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hey'di Semfix Hvit, 15 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adhesives</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frogner</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecofix Vävlim Extra, 5 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3097 0030</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Adhesives</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Hagmans Nordic AB (Fritsla)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 112</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fritsla</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Ecofix Vävlim Extra, 15 l</x:v>
+        <x:v>Colorama Tapetlim, 5 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3097 0030</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Adhesives</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Colorama</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Colorama Vävlim Extra 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adhesives</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colorama</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordland Nature Vävlim, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adhesives</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordland</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hagmans Nordic AB (Fritsla)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritsla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dana Lim Vävlim Extra 214, 3 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5097 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adhesives</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dana Lim</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dana Lim A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Københavnsvej 220</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Køge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Felt &amp; Tissue Adhesive, 12 l (38459)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adhesives</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FIS V Zero, 360 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adhesives</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fischer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>fischerwerke GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Otto-Hahn-Str. 15</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Denzlingen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Rulleklæber Ekstra, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5097 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adhesives</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dana Lim A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Københavnsvej 220</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Køge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Adhesive H2O, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adhesives</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Felt &amp; Tissue Adhesive, 12 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adhesives</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Adhesive 290, 12 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adhesives</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Adhesive H2O, 12 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adhesives</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Adhesive Felt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0067</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adhesives</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecofix Tapetlim, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adhesives</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Hagmans Nordic AB (Fritsla)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 112</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fritsla</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Ecofix Tapetlim, 15 l</x:v>
+        <x:v>Ecofix Rull &amp; Sprut, 15 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3097 0030</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Adhesives</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Hagmans Nordic AB (Fritsla)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 112</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fritsla</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Ecofix Vävlim, 15 l</x:v>
+        <x:v>Nordland Nature NW lim, 5 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3097 0030</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Adhesives</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v/>
+        <x:v>Nordland</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hagmans Nordic AB (Fritsla)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 112</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fritsla</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Colorama Tapetlim, 1 l</x:v>
+        <x:v>Colorama Vävlim, 1 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3097 0030</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Adhesives</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Colorama</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hagmans Nordic AB (Fritsla)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 112</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fritsla</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Dana Lim Vävlim Extra 214, 15 kg</x:v>
+        <x:v>Flügger Adhesive 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0067</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adhesives</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dana Lim Vävlim Extra 214, 5 kg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5097 0012</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Adhesives</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dana Lim</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dana Lim A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Københavnsvej 220</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Køge</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Fiona Adhesive 290, 0,75 l (76826)</x:v>
+        <x:v>Flügger Adhesive 377 Easy, 3 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3097 0008, 3097 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Adhesives</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Fiona</x:v>
+        <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Fiona Adhesive 290, 5 l (77807)</x:v>
-[...2 lines deleted...]
-        <x:v>3097 0008, 3097 0008</x:v>
+        <x:v>Dana Lim Quattro Vägglim 213, 1 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5097 0012</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Adhesives</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Fiona</x:v>
-[...16 lines deleted...]
-        <x:v>3097 0037</x:v>
+        <x:v>Dana Lim</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dana Lim A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Københavnsvej 220</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Køge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alfix LetFix Plus, 15 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5097 0049</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Adhesives</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Jotun</x:v>
-[...16 lines deleted...]
-        <x:v>5097 0049</x:v>
+        <x:v>Alfix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alfix A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>H.C. Ørsteds Vej 11-13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hey'di Semfix S2, 15 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0015</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Adhesives</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>2</x:v>
-[...383 lines deleted...]
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hey'di</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hey'di AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Postboks 13</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Frogner</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Dalapro Wallpaper Adhesive, 12 l</x:v>
-[...798 lines deleted...]
-      <x:c t="str">
         <x:v>Alcro BESTÅ Täckfärg trä Bas C</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3097 0002, 3097 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Exterior paint</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Alcro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tikkurila Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Textilgatan 31</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
-      </x:c>
-[...222 lines deleted...]
-        <x:v>Sandefjord</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>PANU Bas 5, 2,7 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4097 0024</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Exterior paint</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Teknos</x:v>
       </x:c>
       <x:c t="str">
@@ -3589,43994 +3557,45178 @@
       </x:c>
       <x:c t="str">
         <x:v>Exterior paint</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Alcro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tikkurila Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Textilgatan 31</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>CELLO WINTEX Husfärg BAS1, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4097 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cello</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kesko Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Työpajankatu 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KESKO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CELLO WINTEX Husfärg BAS3, 0,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4097 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cello</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kesko Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Työpajankatu 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KESKO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 05 Wood Tex Acryl 30 White, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Primex Trägrund Plus vit, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Primex Trägrund Plus vit, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Primex Trägrund Plus röd, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Plus Facade, Vit, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Plus Facade, Bas C, 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Plus Fönster &amp; Snickerifärg, Vit, 0,45 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Plus Fönster &amp; Snickerifärg, Utevit, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Plus Fönster &amp; Snickerifärg, Bas C, 0,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Front Akrylatfärg Max , Faluröd, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 07 Wood Tex Black, 0,75 l </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 07 Wood Tex Matt Fasadfärg: Vit, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Front Ommålningsfärg bas A, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Front Ommålningsfärg bas C , 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Front Ommålningsfärg faluröd, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 05 Wood Tex White / Base 1, 2,8 l (43524)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 06 Wood Tex White/Base 1, 2,8 l (43543)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 06 Wood Tex Base 4, 0,7 l (43549)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Front Oljefärg Utevit, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Front Oljefärg Utevit, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Front Oljefärg Utevit, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Front Oljefärg Bas C, 0,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt akrylat Bas A, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Fasad Plus Vit, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers  Perfekt Fasad Plus Svart, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Facade Resist Base 3, 9,1 l </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Facade Resist Base 4, 2,8 l </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Facade Beton Base 3, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Facade Beton Black, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Oljefärg PLUS Base BB, 9,1 l (41789)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Fasadfärg Black, 0,75 l (41767)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Fasadfärg Vit/Base AA, 9,1 l (41773)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Facadefärg Base BB, 2,8 l (41770)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Wood Protect Opaque Acryl White, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 07 Wood Tex White/Base 1, 9,1 l </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 07 Wood Tex White/Base 1, 2,8 l </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Mineral Sockelfärg Grafit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0054, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tikkurila TEHO Modern bas A, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tikkurila TEHO Modern bas C, 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tikkurila TEHO Modern bas C, 18 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Fasad Bas A 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Fasad  Bas C 0,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Sockelfärg Black, 3 L (68315)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Falu Vapen Rödfärg, Röd, 4 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0059</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Falu Vapen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Falu Vapen Färg AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundbornsvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Falun</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NowoCoat Tagmaling, Mørkebrun, Glans 5, 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5097 0061</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NowoCoat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nowocoat Industrial A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stålvej 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Facade Universal Base CC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Akrylatfärg Max Svart</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Fönster och Snickerifärg Utevit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Oljefärg V Bas A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Oljefärg V Faluröd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Oljefärg V Utevit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Akrylatfärg Bas Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Trägrund Gul</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Caparol Intact Max Total Bas 3, 0,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caparol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Caparol Intact Max Matt Bas, 3, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caparol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Caparol Solid Fönster &amp; Snickeri Vit/Bas 1, 2,85 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caparol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Caparol Intact Max Total Bas 3, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caparol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Täcklasyr Utevit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3096 0001, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Wood Superdec White / Base 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Butinox Futura täckfärg oksröd base 2,7 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Butinox Futura</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Butinox Futura täckfärg B-base 9 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Butinox Futura</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Butinox Futura täckfärg C-base 2,7 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Butinox Futura</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Butinox Futura täckfärg C-base 9 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Butinox Futura</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Butinox Futura täcklasyr hvit 3 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Butinox Futura</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Butinox Futura täcklasyr oksröd B 9 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Butinox Futura</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Butinox Futura täcklasyr 2,7 L oker-B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Butinox Futura</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Optimal B-base 2,7 L</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>2097 0003</x:v>
+        <x:v>2097 0003, 2097 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Exterior paint</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jotun Optimal</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jotun A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Postboks 2021</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sandefjord</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Optimal oker base 9 L</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>2097 0003</x:v>
+        <x:v>2097 0003, 2097 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Exterior paint</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jotun Optimal</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jotun A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Postboks 2021</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sandefjord</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Demidekk Ultimate täckfärg oker, 9 L</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>2097 0003</x:v>
+        <x:v>2097 0003, 2097 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Exterior paint</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jotun Demidekk</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jotun A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Postboks 2021</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sandefjord</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Jotaproff fasadeakryl A-base, 2,7 L</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>2097 0003</x:v>
+        <x:v>2097 0003, 2097 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Exterior paint</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jotun JOTAPROFF</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jotun A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Postboks 2021</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sandefjord</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>CELLO WINTEX Husfärg BAS1, 2,7 l</x:v>
+        <x:v>DEMIDEKK INFINITY DETAILS B-BASE 0.68L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Demidekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DRYGOLIN NORDIC EXTREME 50 A BASE  2.7L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Drygolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DRYGOLIN NORDIC EXTREME 50 C BASE 2.7L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Drygolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DRYGOLIN NORDIC EXTREME 50 OKSYDRØD BASE  2.7L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Drygolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DRYGOLIN NORDIC EXTREME FÖNSTER OCH DÖRR C-BASE 2.7L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Drygolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DEMIDEKK INFINITY PURE MATT C-BASE  9L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Demidekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DRYGOLIN NORDIC EXTREME SUPERMATT B-BASE   9L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Drygolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DRYGOLIN NORDIC EXTREME SUPERMATT C-BASE   9L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Drygolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Demidekk Cleantech Vit bas, 0,68 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Demidekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Demidekk Cleantech Vit bas, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Demidekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DRYGOLIN POWER CLEAN C-BASE 2.7L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Drygolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö MURTEX ACRYLIC BLACK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0005, 3097 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö One Door and Window Tech Base Clear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0005, 3097 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö TINOVA EXCELLENT EXTERIOR Base White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0005, 3096 0051, 3097 0017, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö COLOUR TEST OUTDOOR Base White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0005, 3096 0051, 3097 0017, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö TINOVA EXTERIOR Base White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0005, 3096 0051, 3097 0017, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro FASAD Täcklasyr trä Svart</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro MODERN Oljefärg täckfärg trä Bas A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PANU Bas 5, 0,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4097 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PANU Husröd R-642, 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4097 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Grundfärg Trä vit, 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Bestå Diamant Faluröd 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Bestå Diamant Faluröd 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Sockel Helmatt Täckfärg Kalkstensgrå, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0054, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Sockel Helmatt Täckfärg Base C, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0054, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NORDICA CLASSIC WHITE BASE PAINT 1, 0,45 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4097 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NORDICA CLASSIC PURE WHITE, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4097 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NORDICA CLASSIC PURE WHITE, 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4097 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Bestå Solist Vit, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Bestå Solist Faluröd, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Bestå Utsikt Vit, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Bestå Utsikt Tonad Vit, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Premium Facade Paint Storm Grey, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Bestå Briljant Bas C, 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Bestå Briljant Vit, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Reflekt Premium Facade Paint Black, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CELLO WINTEX Husfärg BAS3, 2,7 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4097 0025</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Exterior paint</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cello</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kesko Oyj</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Työpajankatu 12</x:v>
       </x:c>
       <x:c t="str">
         <x:v>KESKO</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>CELLO WINTEX Husfärg BAS3, 0,9 l</x:v>
+        <x:v>Flügger 05 Wood Tex Acryl 30 White, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Plus Facade, Vit, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Plus Facade, Utevit, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Plus Fönster &amp; Snickerifärg, Bas C, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Front Akrylatfärg Max , Bas A, 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 07 Wood Tex Matt Fasadfärg: Dalaröd, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 07 Wood Tex Matt Fasadfärg: Vit, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 07 Wood Tex Matt Fasadfärg: Vit, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Front Ommålningsfärg utevit, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 05 Wood Tex White / Base 1, 9,1 l (43523)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 05 Wood Tex White / Base 1, 0,7 l (43525)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 05 Wood Tex Base 3, 2,8 l (43527)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 06 Wood Tex Black, 3 l (60026)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 06 Wood Tex Base 3, 0,7 l (43545)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 06 Wood Tex Oljefärg V Bas U6, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Front Täcklasyr Utevit, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Front Täcklasyr Bas A, 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Front Täcklasyr Bas C, 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt akrylat Bas C, 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Fasad Plus Utevit, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Fasad Plus Bas C, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Fasad Plus Faluröd, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Facade Resist Base 3, 2,8 l </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Caparol Intact Matt Svart, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caparol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Facade Beton Base 3, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Facade Beton Black, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Facade Beton Base 3, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Supertäcklasyr Base BB, 9,1 l (41764)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Supertäcklasyr Base CC, 2,8 l (41760)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Wood Care Fasadfärg White, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Fasadfärg Vit/Bas AA, 0,7 l (41766)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Facade Roof &amp; Base Black, 10 l (40541)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Puts &amp; Sockelfärg PLUS Base BB, 2,8 l (41727)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 07 Wood Tex Base 3, 9,1 l </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 07 Wood Tex Base 4, 9,1 l </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pinja Protect Top 25 Bas C, 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0018, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Akrylatfärg Max Utevit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Oljefärg V Svart</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Oljefärg Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Trägrund Röd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Täcklasyr Faluröd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Täcklasyr Svart</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Caparol Intact Max Total Vit/Bas 1, 0,95 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caparol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Caparol Intact Total Bas 2, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caparol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Bestå Diamant Tonad vit, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Bestå Diamant Tonad vit, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Primex Mineralgrund 5L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0054, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Mineral Putsfärg Bas C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0054, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Mineral Sockelfärg Bas C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0054, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tikkurila TEHO Modern bas C, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NowoCoat Tagmaling, Base C, Glans 12, 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5097 0061</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NowoCoat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nowocoat Industrial A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stålvej 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NowoCoat Tagmaling, Sort, Glans 5, 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5097 0061</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NowoCoat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nowocoat Industrial A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stålvej 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Facade Universal Base BB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Front  Fönster &amp; Snickeri, Utevit, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Fasad  Utevit 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Wood Superdec Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Demidekk Brilliant white hvit base 9 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Demidekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Butinox Futura täckfärg hvit 3 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Butinox Futura</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Butinox Futura täckfärg oksrød BA 9 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Butinox Futura</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Butinox Futura täckfärg gul- B 2,7 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Butinox Futura</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Butinox Futura täcklasyr hvit 10 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Butinox Futura</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Butinox Futura täcklasyr B-base 2,7 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Butinox Futura</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Optimal B-base 9 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Optimal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Optimal C-base 9 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Optimal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Optimal gul base 9 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Optimal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Optimal gul base 2,7 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Optimal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Demidekk Ultimate täckfärg A-BA, 0,9 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Demidekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Demidekk Ultimate täckfärg C-BA, 0,9 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Demidekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Demidekk Ultimate täckfärg eggvit 3 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Demidekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Demidekk Ultimate täckfärg gul, 9 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Demidekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Demidekk Ultimate täckfärg oksydrød, 4,5 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Demidekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jotaproff fasadeakryl oksydröd-BA, 9 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun JOTAPROFF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Demidekk Ultimate helmatt hvit 3 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Demidekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DEMIDEKK INFINITY DETAILS OKSYDRØD-BASE  2.7L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Demidekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DRYGOLIN NORDIC EXTREME 50 HVIT BASE  9L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Drygolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DRYGOLIN NORDIC EXTREME 50 A BASE  9L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Drygolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DRYGOLIN NORDIC EXTREME FÖNSTER OCH DÖRR GUL BASE 0.68L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Drygolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Demidekk Cleantech A-bas, 0,68 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Demidekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Demidekk Cleantech B-bas, 0,68 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Demidekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DEMIDEKK PERFORMANCE VIT BAS  9L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Demidekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DRYGOLIN POWER CLEAN B-BASE 2.7L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Drygolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DRYGOLIN POWER CLEAN C-BASE  9L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Drygolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö PROFESSIONAL METAL ROOF BLACK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0005, 3097 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö One Door and Window Tech Base White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0005, 3097 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pinotex Dörr- och Fönsterfärg V Base Clear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0005, 3097 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pinotex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cuprinol Täckfärg Base white</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0005, 3097 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö Tinova Dörr- och fönsterfärg 337 black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0005, 3097 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö TINOVA PREMIUM EXTERIOR+ 334 RED</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0005, 3097 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Täcklasyr Stugröd 27</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0005, 3097 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö TINOVA EXCELLENT EXTERIOR Base Clear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0005, 3096 0051, 3097 0017, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro BESTÅ Fönsterfärg trä Tonad vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro BESTÅ Fönsterfärg trä Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro BESTÅ Täckfärg trä Faluröd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro BESTÅ Täckfärg trä Svart</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro BESTÅ Täckfärg trä Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro FASAD Täcklasyr trä Vit/Bas A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PANU Bas 1, 0,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4097 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PANU Bas 1, 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4097 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PANU Nyanserad kulör, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4097 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Bestå Solist Bas C, 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Bestå Solist Utevit, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Bestå Solist Svart, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Bestå Solist Utevit, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Bestå Solist Svart, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Premium Facade Paint Granite Grey, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Bestå Utsikt Bas C, 0,65 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Bestå Briljant Bas A, 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Bestå Briljant Bas C, 0,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Bestå Briljant Vit, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Grundfärg Bas C, 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NORDICA PRIMER BASE PAINT 3, 2,7 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4097 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NORDICA PRIMER Tinted 10 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4097 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro SOCKEL Täckfärg puts &amp; betong Kalkstensgrå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0054, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Grundfärg Trä vit, 2.7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Grundfärg Trä röd, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Bestå Diamant Bas A 0,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Sockel Helmatt Täckfärg Svart, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0054, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Puts Helmatt Täckfärg Tonad vit/S0502-Y, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0054, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Puts Helmatt Täckfärg Base C, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0054, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lycke Allroundfärg Base C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lycke - Skönhet för alla hem</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Caparol Intact Max Total Vit/Bas 1, 2,85 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caparol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Caparol Intact Max Matt Bas, 3, 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caparol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Fasad Plus Utevit, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 06 Wood Tex Oljefärg V Bas U6, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Front Oljefärg  Vit, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Front Oljefärg Bas C, 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Front Täcklasyr Bas A, 0,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Fönster &amp; Snickerifärg Plus Bas C, 0,46 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt akrylat Bas C, 0,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt akrylat Utevit, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Fasad Plus Bas A, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers  Perfekt Fasad Plus Svart, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Facade Beton White / Base 1, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Facade Beton White / Base 1, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Facade Beton Base 4, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Facade Universal Light Eggshell, 3 l </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Supertäcklasyr Vit/Base AA, 0,7 l (41753)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Supertäcklasyr Base BB, 2,8 l (41759)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Supertäcklasyr Base CC, 0,7 l (41755)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Oljefärg PLUS Black, 0,75 l (41777)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Oljefärg PLUS Vit/Base AA, 2,8 l (41783)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Oljefärg PLUS Vit/Base AA, 9,1 l (41788)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Oljefärg PLUS Base BB, 2,8 l (41784)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Wood Care Fasadfärg White, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Puts &amp; Sockelfärg PLUS White/Base AA, 2,8 l (41723)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Puts &amp; Sockelfärg PLUS Base BB, 9,1 l (41728)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 07 Wood Tex White/Base 1, 0,7 l </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Facade Resist Base 4, 0,7 l </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Facade Resist Base 3, 0,7 l </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>RAW Wood Protection White, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>RAW</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Fasad Bas A 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Fasad  Vit 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Fasad  Vit 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Wood Protect Opaque Acryl White/Base AA, 9,1 l (41798)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Falu Vapen Rödfärg, Röd, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0059</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Falu Vapen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Falu Vapen Färg AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundbornsvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Falun</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Falu Vapen Rödfärg, Svart, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0059</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Falu Vapen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Falu Vapen Färg AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundbornsvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Falun</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Falu Vapen Rödfärg, Svart, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0059</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Falu Vapen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Falu Vapen Färg AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundbornsvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Falun</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Akrylatfärg Max Faluröd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Oljefärg V Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Oljefärg Bas A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CELLO WINTEX Husfärg BAS1, 0,9 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4097 0025</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Exterior paint</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cello</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kesko Oyj</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Työpajankatu 12</x:v>
       </x:c>
       <x:c t="str">
         <x:v>KESKO</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flügger 05 Wood Tex Acryl 30 White, 3 l</x:v>
+        <x:v>Beckers Perfekt Plus Fönster &amp; Snickerifärg, Vit, 0,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Primex Trägrund Plus vit, 0,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 06 Wood Tex Oil Paint W 60 White, 3 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3097 0029, 3097 0029</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Exterior paint</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Beckers Primex Trägrund Plus vit, 3 l</x:v>
+        <x:v>Beckers Perfekt Plus Fönster &amp; Snickerifärg, Utevit, 3 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3097 0002, 3097 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Exterior paint</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Beckers</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tikkurila Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Textilgatan 31</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Beckers Primex Trägrund Plus vit, 10 l</x:v>
+        <x:v>Beckers Perfekt Plus Fönster &amp; Snickerifärg, Bad C, 0,45 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3097 0002, 3097 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Exterior paint</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Beckers</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tikkurila Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Textilgatan 31</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Beckers Primex Trägrund Plus röd, 3 l</x:v>
+        <x:v>Beckers Front  Fönster &amp; Snickeri, Vit, 0,45 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3097 0002, 3097 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Exterior paint</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Beckers</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tikkurila Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Textilgatan 31</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Beckers Perfekt Plus Facade, Vit, 3 l</x:v>
+        <x:v>Beckers Front Akrylatfärg Max , Faluröd, 10 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3097 0002, 3097 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Exterior paint</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Beckers</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tikkurila Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Textilgatan 31</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Beckers Perfekt Plus Facade, Bas C, 9 l</x:v>
+        <x:v>Beckers Front Akrylatfärg Max , Bas C, 2,7 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3097 0002, 3097 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Exterior paint</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Beckers</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tikkurila Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Textilgatan 31</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Beckers Perfekt Plus Fönster &amp; Snickerifärg, Vit, 0,45 l</x:v>
+        <x:v>Beckers Front Akrylatfärg Max , Bas C, 9 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3097 0002, 3097 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Exterior paint</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Beckers</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tikkurila Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Textilgatan 31</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Beckers Perfekt Plus Fönster &amp; Snickerifärg, Utevit, 1 l</x:v>
+        <x:v>Flügger 07 Wood Tex Black, 3 l </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 07 Wood Tex Black, 10 l </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Front Ommålningsfärg svart, 1 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3097 0002, 3097 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Exterior paint</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Beckers</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tikkurila Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Textilgatan 31</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Beckers Perfekt Plus Fönster &amp; Snickerifärg, Bas C, 0,9 l</x:v>
+        <x:v>Beckers Front Ommålningsfärg svart, 3 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3097 0002, 3097 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Exterior paint</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Beckers</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tikkurila Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Textilgatan 31</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Beckers Front Akrylatfärg Max , Faluröd, 3 l</x:v>
+        <x:v>Beckers Front Ommålningsfärg faluröd, 3 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3097 0002, 3097 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Exterior paint</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Beckers</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tikkurila Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Textilgatan 31</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flügger 07 Wood Tex Black, 0,75 l </x:v>
+        <x:v>Beckers Front Ommålningsfärg svart, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 06 Wood Tex Oil Paint W 60 White, 10 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3097 0029, 3097 0029</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Exterior paint</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flügger 07 Wood Tex Matt Fasadfärg: Vit, 10 l</x:v>
+        <x:v>Flügger Facade Impredur Base 44, 2,8 l (73276)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3097 0029, 3097 0029</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Exterior paint</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Beckers Front Ommålningsfärg bas A, 2,7 l</x:v>
+        <x:v>DEMIDEKK INFINITY PURE MATT B-BASE  9L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Demidekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Demidekk Ultimate helmatt B-base, 9 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Demidekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DEMIDEKK INFINITY DETAILS C-BASE 0.68L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Demidekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DEMIDEKK INFINITY DETAILS HVIT-BASE  2.7L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Demidekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DEMIDEKK INFINITY DETAILS A-BASE 0.68L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Demidekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DRYGOLIN NORDIC EXTREME 50 B BASE   9L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Drygolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DRYGOLIN NORDIC EXTREME 50 OKSYDRØD BASE  9L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Drygolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DRYGOLIN NORDIC EXTREME FÖNSTER OCH DÖRR HVIT BASE 2.7L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Drygolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DRYGOLIN NORDIC EXTREME FÖNSTER OCH DÖRR A-BASE 0.68L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Drygolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DRYGOLIN NORDIC EXTREME FÖNSTER OCH DÖRR A-BASE 2.7L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Drygolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DRYGOLIN NORDIC EXTREME FÖNSTER OCH DÖRR OKSIDRØD BASE 2.7L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Drygolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DEMIDEKK INFINITY PURE MATT C-BASE 0.68L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Demidekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DEMIDEKK INFINITY PURE MATT A-BASE 2.7L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Demidekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Demidekk Cleantech C-bas, 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Demidekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Demidekk Cleantech C-bas, 0,68 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Demidekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DRYGOLIN POWER CLEAN GUL BASE 2.7L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Drygolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DRYGOLIN POWER CLEAN HVIT BASE 9L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Drygolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Butinox Futura täckfärg B-base 2,7 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Butinox Futura</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Optimal B-base 0,68 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Optimal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Optimal hvit base 0,68 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Optimal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Optimal oksydrød base 9 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Optimal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Demidekk Ultimate täckfärg A-BA, 4,5 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Demidekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Demidekk Ultimate täckfärg B-BA, 0,9 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Demidekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Demidekk Ultimate täckfärg B-BA, 4,5 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Demidekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Demidekk Ultimate täckfärg oksydrød, 2,7 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Demidekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jotaproff fasadeakryl B-base, 2,7 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun JOTAPROFF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jotaproff fasadeakryl oksydröd-BA 2,7 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun JOTAPROFF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jotaproff fasadeakryl sort, 10 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun JOTAPROFF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö MURTEX ACRYLIC Base Clear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0005, 3096 0051, 3097 0017, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sadolin Facade Putsfasadfärg Base White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0005, 3097 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sadolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cuprinol Dörr- och Fönsterfärg V Base White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0005, 3097 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cuprinol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cuprinol Dörr- och Fönsterfärg V Base Clear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0005, 3097 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cuprinol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Täcklasyr Base White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0005, 3097 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cuprinol Trägrund vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0005, 3097 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cuprinol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pinotex COLOUR TEST OUTDOOR Base White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0005, 3097 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pinotex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Grundfärg Bas C, 0,9 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3097 0002, 3097 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Exterior paint</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro BESTÅ Täckfärg trä Bas A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro FASAD Täcklasyr trä Bas C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro MODERN Oljefärg täckfärg trä Bas C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro MODERN Oljefärg täckfärg trä Faluröd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro MODERN Oljefärg täckfärg trä Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NORDICA CLASSIC WHITE BASE PAINT 1, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4097 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NORDICA CLASSIC BASE PAINT 3, 18 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4097 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NORDICA CLASSIC BASE PAINT 5, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4097 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NORDICA CLASSIC TINTED, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4097 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Bestå Solist Bas A, 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Bestå Solist Vit, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Premium Facade Paint White, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Bestå Utsikt Vit, 0,65 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Bestå Briljant Bas A, 0,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Bestå Briljant Tonad Vit, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Bestå Briljant Faluröd, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Grundfärg Gul, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NORDICA PRIMER BASE PAINT 3, 9 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4097 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Grundfärg Trä bas C, 0.9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Grundfärg Trä gul, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Grundfärg Trä röd, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Sockel Helmatt Täckfärg Base C, 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0054, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Sockel Helmatt Täckfärg Base C, 0,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0054, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Puts Helmatt Täckfärg Base C, 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0054, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Puts Helmatt Täckfärg Tonad vit/S0502-Y, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0054, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NORDICA CLASSIC BASE PAINT 3, 0,45 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4097 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Reflekt Premium Facade Paint Storm Grey</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Fönsterfärg Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Beckers</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tikkurila Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Textilgatan 31</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Beckers Front Ommålningsfärg bas C , 2,7 l</x:v>
+        <x:v>Beckers Perfekt Täcklasyr Bas A</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3097 0002, 3097 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Exterior paint</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Beckers</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tikkurila Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Textilgatan 31</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Beckers Front Ommålningsfärg faluröd, 10 l</x:v>
+        <x:v>Tikkurila TEHO Modern bas C, 0,9 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3097 0002, 3097 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Exterior paint</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Tikkurila</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Fasad Faluröd 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Beckers</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tikkurila Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Textilgatan 31</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flügger 05 Wood Tex White / Base 1, 2,8 l (43524)</x:v>
+        <x:v>NowoCoat Tagmaling, Blåsort, Glans 5, 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5097 0061</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NowoCoat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nowocoat Industrial A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stålvej 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Facade Multi Base 3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3097 0029, 3097 0029</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Exterior paint</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>PP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Wood Superdec Base 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CELLO WINTEX Husfärg BAS3, 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4097 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cello</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kesko Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Työpajankatu 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KESKO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 05 Wood Tex Acryl 30 White, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flügger 06 Wood Tex White/Base 1, 2,8 l (43543)</x:v>
+        <x:v>Flügger 05 Wood Tex Eggshell, 10 l (43519)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3097 0029, 3097 0029</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Exterior paint</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flügger 06 Wood Tex Base 4, 0,7 l (43549)</x:v>
+        <x:v>Beckers Primex Trägrund Plus vit, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Plus Facade, Vit, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Plus Facade, Utevit, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Plus Facade, Bas A, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Plus Facade, Bas A, 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Plus Fönster &amp; Snickerifärg, Utevit, 0,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Front Akrylatfärg Max ,Vit, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Front Akrylatfärg Max , Utevit, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Front Akrylatfärg Max , Faluröd, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Front Akrylatfärg Max , Bas A, 0,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Front Akrylatfärg Max , Bas C, 0,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Front Ommålningsfärg bas A, 0,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Front Ommålningsfärg vit, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Front Ommålningsfärg faluröd, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Front Ommålningsfärg bas A, 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Fasad Plus Bas A, 0,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 06 Wood Tex White/Base 1, 9,1 l (43539)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3097 0029, 3097 0029</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Exterior paint</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Beckers Front Oljefärg Utevit, 1 l</x:v>
+        <x:v>Flügger 06 Wood Tex Base 3, 9,1 l (43542)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 06 Wood Tex Base 3, 2,8 l (43544)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Front Täcklasyr Bas A, 2,7 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3097 0002, 3097 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Exterior paint</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Beckers</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tikkurila Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Textilgatan 31</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Beckers Front Oljefärg Utevit, 3 l</x:v>
+        <x:v>CELLO WINTEX Talomaali PM3, 045 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4097 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cello</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kesko Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Työpajankatu 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KESKO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt akrylat Bas A, 9 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3097 0002, 3097 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Exterior paint</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Beckers</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tikkurila Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Textilgatan 31</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Beckers Front Oljefärg Utevit, 10 l</x:v>
+        <x:v>Beckers Perfekt Fasad Plus Utevit, 3 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3097 0002, 3097 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Exterior paint</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Beckers</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tikkurila Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Textilgatan 31</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Beckers Front Oljefärg Bas C, 0,9 l</x:v>
+        <x:v>Yunik Oljefärg PLUS Vit/Base AA, 0,7 l (41778)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Fasad Plus Bas C, 0,9 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3097 0002, 3097 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Exterior paint</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Beckers</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tikkurila Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Textilgatan 31</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Beckers Perfekt akrylat Bas A, 2,7 l</x:v>
+        <x:v>Beckers Perfekt Fasad Plus Faluröd, 1 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3097 0002, 3097 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Exterior paint</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Beckers</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tikkurila Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Textilgatan 31</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Beckers Perfekt Fasad Plus Vit, 10 l</x:v>
+        <x:v>Beckers Perfekt Fasad Plus Faluröd, 3 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3097 0002, 3097 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Exterior paint</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Beckers</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tikkurila Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Textilgatan 31</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Beckers  Perfekt Fasad Plus Svart, 10 l</x:v>
+        <x:v>Flügger Facade Resist White / Base 1, 2,8 l </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Facade Resist White / Base 1, 9,1 l </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Caparol Intact Matt Svart, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caparol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Facade Beton Base 4, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Supertäcklasyr Black, 0,75 l (41752)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Supertäcklasyr Vit/Base AA, 9,1 l (41763)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Supertäcklasyr Base CC, 9,1 l (41765)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Oljefärg PLUS Black, 10 l (41787)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Wood Protect Opaque Acryl Base CC, 9,1 l (41800)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Fasadfärg Vit/Base AA, 2,8 l (41769)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Fasadfärg Base CC, 9,1 l (41775)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Facade Roof &amp; Base Black, 3 l (13950)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Puts &amp; Sockelfärg PLUS White/Base AA, 9,1 l (41724)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 07 Wood Tex Base 3, 0,7 l </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Fönster &amp; Snickerifärg Plus Utevit, 3 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3097 0002, 3097 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Exterior paint</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Beckers</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tikkurila Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Textilgatan 31</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flügger Facade Resist Base 3, 9,1 l </x:v>
+        <x:v>Flügger Facade Impredur White / Base 41, 9,1 l (73273)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3097 0029, 3097 0029</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Exterior paint</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flügger Facade Resist Base 4, 2,8 l </x:v>
+        <x:v>Butinox Futura täcklasyr B-base 9 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Butinox Futura</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Butinox Futura täcklasyr A-base 2,7 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Butinox Futura</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Demidekk Ultimate täckfärg hvit BA 2,7 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Demidekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Demidekk Ultimate täckfärg oker, 2,7 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Demidekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Demidekk Ultimate täckfärg hvit BA 0,9 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Demidekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Demidekk Ultimate helmatt C-base, 0,68 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Demidekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DRYGOLIN NORDIC EXTREME 50 OKER BASE  2.7L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Drygolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DRYGOLIN NORDIC EXTREME 50 B BASE   2.7L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Drygolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jotaproff fasadeakryl A-base, 9 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun JOTAPROFF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Butinox Futura täckfärg oker B 2,7 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Butinox Futura</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Butinox Futura täcklasyr gul-B 9 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Butinox Futura</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Optimal A-base 9 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Optimal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DRYGOLIN NORDIC EXTREME FÖNSTER OCH DÖRR B-BASE 2.7L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Drygolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DEMIDEKK INFINITY PURE MATT A-BASE 0.68L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Demidekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DRYGOLIN POWER CLEAN OKSYD BAS 2.7L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Drygolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DRYGOLIN POWER CLEAN GUL BASE 9L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Drygolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DEMIDEKK PERFORMANCE C-BAS  9L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Demidekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DEMIDEKK PERFORMANCE A-BAS  9L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Demidekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Demidekk Cleantech A-bas, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Demidekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sadolin Facade Putsfasadfärg Base Clear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0005, 3097 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sadolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sadolin Facade Putsfasadfärg Base Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0005, 3097 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sadolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Täcklasyr Svart</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0005, 3097 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Grundfärg Röd, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro FASAD Täcklasyr Trä Tonad vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro MODERN Oljefärg täckfärg trä Tonad vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Grundfärg Vit, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Grundfärg Vit, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Grundfärg Gul, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NORDICA PRIMER BASE PAINT 3, 0,9 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4097 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NORDICA PRIMER Tinted 1 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4097 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Grundfärg Trä gul, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Bestå Diamant Faluröd 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Bestå Diamant Bas A 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Sockel Helmatt Täckfärg Svart, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0054, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Puts Helmatt Täckfärg Base C, 0,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0054, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PANU Bas 1, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4097 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NORDICA CLASSIC WHITE BASE PAINT 1, 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4097 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NORDICA CLASSIC BASE PAINT 5, 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4097 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Bestå Solist Bas A, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Bestå Briljant Bas C, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Bestå Briljant Tonad Vit, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Akrylatfärg Max Bas A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Akrylat Plus Bas C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Akrylat Plus Faluröd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Akrylat Plus Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Akrylatfärg Bas A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Fönsterfärg Bas C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Fönsterfärg Utevit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Trägrund Bas C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CELLO WINTEX Husfärg BAS1, 18 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4097 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cello</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kesko Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Työpajankatu 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KESKO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 05 Wood Tex Black, 0,75 l (43518)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3097 0029, 3097 0029</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Exterior paint</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flügger Facade Beton Base 3, 0,7 l</x:v>
+        <x:v>Flügger 05 Wood Tex Black, 3 l (43517)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3097 0029, 3097 0029</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Exterior paint</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flügger Facade Beton Black, 3 l</x:v>
+        <x:v>Flügger 05 Wood Tex Uteakrylat Kalkvit, 3 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3097 0029, 3097 0029</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Exterior paint</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Yunik Oljefärg PLUS Base BB, 9,1 l (41789)</x:v>
+        <x:v>Beckers Primex Trägrund Plus Bas C, 0,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Plus Facade, Bas A, 0,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Plus Facade, Bas C, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Front  Fönster &amp; Snickeri, Utevit, 0,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Front  Fönster &amp; Snickeri, Utevit, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Front  Fönster &amp; Snickeri, Bas C, 0,45 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Front Akrylatfärg Max ,Vit, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Front Ommålningsfärg bas C , 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 05 Wood Tex Base 3, 9,1 l (43526)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3097 0029, 3097 0029</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Exterior paint</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 06 Wood Tex Oljefärg V Kalkvit S0502-Y, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 06 Wood Tex Oljefärg V Dalaröd, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 06 Wood Tex Black, 0,75 l (60031)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 06 Wood Tex Base 4, 9,1 l (43547)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 06 Wood Tex Oljefärg V Bas U5, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Front Oljefärg Faluröd, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Wood Protect Opaque Acryl White/Base AA, 2,8 l (41793)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Yunik</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Yunik Fasadfärg Black, 0,75 l (41767)</x:v>
+        <x:v>Beckers Perfekt Fönster &amp; Snickerifärg Plus Vit, 0,65 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Fönster &amp; Snickerifärg Plus Vit, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt akrylat Bas A, 0,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt akrylat Utevit, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Fasad Plus Vit, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Oljefärg PLUS Base CC, 9,1 l (41790)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3097 0029, 3097 0029</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Exterior paint</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Yunik</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Yunik Fasadfärg Vit/Base AA, 9,1 l (41773)</x:v>
+        <x:v>Beckers Perfekt Fasad Plus Bas C, 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Facade Beton Base 4, 0,7 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3097 0029, 3097 0029</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Exterior paint</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Facade Universal Base 1, 9,1 l </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Facade Universal Light Eggshell, 10 l </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Facade Universal Base 1, 2,8 l </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Supertäcklasyr Black, 3 l (41757)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Yunik</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Yunik Facadefärg Base BB, 2,8 l (41770)</x:v>
+        <x:v>Yunik Supertäcklasyr Vit/Base AA, 2,8 l (41758)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3097 0029, 3097 0029</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Exterior paint</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Yunik</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Yunik Pro Wood Protect Opaque Acryl White, 10 l</x:v>
+        <x:v>Yunik Wood Care Oljefärg PLUS White, 0,75 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3097 0029, 3097 0029</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Exterior paint</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Yunik</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>DEMIDEKK INFINITY DETAILS B-BASE 0.68L</x:v>
-[...2 lines deleted...]
-        <x:v>2097 0003</x:v>
+        <x:v>Yunik Oljefärg PLUS Base CC, 0,7 l (41780)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Wood Care Oljefärg PLUS White, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Wood Protect Opaque Acryl Base BB, 9,1 l (41799)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Puts &amp; Sockelfärg PLUS Base CC, 2,8 l (41731)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 07 Wood Tex Base 4, 2,8 l </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 07 Wood Tex Base 4, 0,7 l </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Facade Resist White / Base 1, 0,7 l </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pinja Protect Top 25 Bas A, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0018, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Helmatt Fönster&amp;Snickeri Plus bas C, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Mineral Putsfärg Utevit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0054, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Mineral Sockelfärg Svart</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0054, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Mineral Sockelfärg Vit/Bas A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0054, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>RAW Wood Protection Anthracite, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>RAW</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Facade Multi Base 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Facade Universal White / Base AA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Bestå Diamant Tonad vit, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Caparol Intact Max Matt Vit/Bas 1, 9,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caparol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Caparol Solid Fönster &amp; Snickeri Bas 3, 0,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caparol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Caparol Intact Max Total Bas 3, 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caparol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Caparol Kulörprov Trä Ute Bas 3, 0,45 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caparol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Facade Impredur White / Base 41, 2,8 l (73274)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Fasad  Vit 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Demidekk Brilliant white hvit base 2,7 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Exterior paint</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jotun Demidekk</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jotun A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Postboks 2021</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sandefjord</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flügger 07 Wood Tex White/Base 1, 9,1 l </x:v>
+        <x:v>Butinox Futura täckfärg gul- B 9 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Butinox Futura</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Optimal A-base 2,7 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Optimal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Optimal C-base 0,68 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Optimal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Optimal hvit base 9 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Optimal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Optimal hvit base 2,7 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Optimal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Demidekk Ultimate helmatt B-base, 0,68 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Demidekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Demidekk Ultimate täckfärg B-BA, 9 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Demidekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Demidekk Ultimate täckfärg gul, 2,7 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Demidekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Demidekk Ultimate täckfärg hvit BA 4,5L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Demidekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Demidekk Ultimate täckfärg hvit BA, 9 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Demidekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jotaproff fasadeakryl C-base,  9 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun JOTAPROFF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Demidekk Ultimate helmatt A-base, 9 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Demidekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Demidekk Ultimate helmatt hvit 10 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Demidekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Demidekk Brilliant white hvit base 0,68 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Demidekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DEMIDEKK INFINITY DETAILS B-BASE 2.7L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Demidekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DEMIDEKK INFINITY DETAILS C-BASE 2.7L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Demidekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DRYGOLIN NORDIC EXTREME 50 HVIT BASE  2.7L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Drygolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DRYGOLIN NORDIC EXTREME FÖNSTER OCH DÖRR B-BASE 0.68L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Drygolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DRYGOLIN NORDIC EXTREME FÖNSTER OCH DÖRR C-BASE 0.68L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Drygolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DRYGOLIN NORDIC EXTREME FÖNSTER OCH DÖRR OKSIDRØD BASE 0.68L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Drygolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DRYGOLIN NORDIC EXTREME FÖNSTER OCH DÖRR OKER BASE 0.68L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Drygolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DRYGOLIN NORDIC EXTREME SUPERMATT A-BASE 0.68L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Drygolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DRYGOLIN NORDIC EXTREME SUPERMATT C-BASE 2.7L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Drygolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Demidekk Cleantech C-bas, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Demidekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DEMIDEKK PERFORMANCE B-BAS  9L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Demidekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DRYGOLIN POWER CLEAN OKER BASE 2.7L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Drygolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö MURTEX ACRYLIC Base White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0005, 3096 0051, 3097 0017, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö Tinova Dörr- och fönsterfärg Base white</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0005, 3097 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö Tinova Dörr- och fönsterfärg Base clear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0005, 3097 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö TINOVA EXCELLENT EXTERIOR 334 Red</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0005, 3096 0051, 3097 0017, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö COLOUR TEST OUTDOOR Base Clear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0005, 3096 0051, 3097 0017, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö TINOVA EXTERIOR Base Clear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0005, 3096 0051, 3097 0017, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Grundfärg Gul, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Grundfärg Vit, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro FASAD Täcklasyr trä Faluröd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PANU Bas 3, 0,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4097 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PANU Bas 3, 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4097 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PANU Bas 5, 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4097 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PANU Nyanserad kulör, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4097 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NORDICA CLASSIC WHITE BASE PAINT 1, 18 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4097 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NORDICA CLASSIC BASE PAINT 3, 0,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4097 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NORDICA CLASSIC R-642 HUSRÖD, 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4097 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NORDICA CLASSIC TINTED, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4097 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Bestå Solist Bas C, 0,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Bestå Solist Bas C, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Bestå Solist Vit, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Bestå Solist Utevit, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Bestå Solist Svart, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Premium Facade Paint White, 2,7 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3097 0029, 3097 0029</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Exterior paint</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Premium Facade Paint Black, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Premium Facade Paint Storm Grey, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Bestå Briljant Bas A, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Bestå Briljant Tonad Vit, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Grundfärg Röd, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NORDICA PRIMER WHITE BASE PAINT 1, 0,9 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4097 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro PUTS Täckfärg puts &amp; betong Bas C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0054, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro SOCKEL Täckfärg puts &amp; betong Granitgrå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0054, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro SOCKEL Täckfärg puts &amp; betong Vit/Bas A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0054, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Bestå Diamant  Bas C 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lycke Allroundfärg Base A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lycke - Skönhet för alla hem</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Akrylat Plus Svart</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Akrylatfärg Bas C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Oljefärg Bas C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Oljefärg Svart</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CELLO WINTEX Husfärg BAS1, 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4097 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cello</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kesko Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Työpajankatu 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KESKO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Plus Fönster &amp; Snickerifärg, Vit, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 05 Wood Tex Acryl Dalaröd, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Flügger 07 Wood Tex White/Base 1, 2,8 l </x:v>
+        <x:v>Beckers Perfekt Plus Facade, Utevit, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Plus Facade, Svart, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 06 Wood Tex Oil Paint W 60 White, 0,75 l </x:v>
       </x:c>
       <x:c t="str">
         <x:v>3097 0029, 3097 0029</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Exterior paint</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>DRYGOLIN NORDIC EXTREME 50 A BASE  2.7L</x:v>
-[...2 lines deleted...]
-        <x:v>2097 0003</x:v>
+        <x:v>Beckers Front  Fönster &amp; Snickeri, Vit, 0,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Front  Fönster &amp; Snickeri, Vit, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Front  Fönster &amp; Snickeri, Bas C, 0,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Front Ommålningsfärg utevit, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Front Ommålningsfärg vit, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 06 Wood Tex White/Base 1, 0,7 l (43540)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Front Oljefärg  Vit, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Front Oljefärg  Bas A, 0,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Front Oljefärg  Bas A, 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Front Täcklasyr Bas C, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CELLO WINTEX Talomaali PM1, 045 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4097 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cello</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kesko Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Työpajankatu 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KESKO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Fönster &amp; Snickerifärg Plus Bas C, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Facade Beton White / Base 1 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Facade Beton Base 1, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Wood Care Supertäcklasyr white, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Oljefärg PLUS Base CC, 2,8 l (41785)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Wood Care Oljefärg PLUS White, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Wood Protect Opaque Acryl Base BB, 2,8 l (41794)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Fasadfärg Base BB, 9,1 l (41774)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Helmatt Fönster&amp;Snickeri Plus Vit, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Mineral Putsfärg Bas A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0054, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Fasad Bas A 0,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Falu Vapen Rödfärg, Röd, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0059</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Falu Vapen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Falu Vapen Färg AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundbornsvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Falun</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Falu Vapen Rödfärg, Svart, 4 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0059</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Falu Vapen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Falu Vapen Färg AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundbornsvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Falun</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NowoCoat Tagmaling, Base C, Glans 50, 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5097 0061</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NowoCoat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nowocoat Industrial A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stålvej 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Wood Protect Matt Black, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Facade Impredur Base 44, 9,1 l (73275)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Caparol Intact Max Matt Bas, 3, 0,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caparol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Caparol Solid Fönster &amp; Snickeri Bas 3, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caparol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Caparol Solid Fönster &amp; Snickeri Vit/Bas 1, 0,95 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caparol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Caparol Intact Max Total Vit/Bas 1, 9,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caparol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Wood Superdec Base 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Premium Facade Paint Cottage Red</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3096 0048, 3097 0029, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Butinox Futura täckfärg hvit 10 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Butinox Futura</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Butinox Futura täckfärg A-base 9 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Butinox Futura</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Butinox Futura täckfärg oker -B 9 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Butinox Futura</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Butinox Futura täcklasyr C-base 2,7 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Butinox Futura</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Butinox Futura täcklasyr 9 L oker-B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Butinox Futura</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Butinox Futura täcklasyr 988 gårdsröd  10 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Butinox Futura</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Optimal oksydrød base 2,7 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Optimal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Demidekk Ultimate täckfärg A-BA, 9 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Demidekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Demidekk Ultimate täckfärg gul, 0,9 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Demidekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jotaproff fasadeakryl C-base, 2,7 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun JOTAPROFF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DEMIDEKK INFINITY PURE MATT C-BASE 2.7L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Demidekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DEMIDEKK INFINITY PURE MATT A-BASE  9L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Demidekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Demidekk Ultimate helmatt C-base, 9 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Demidekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jotaproff Täckande Utegrund, 3 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun JOTAPROFF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Demidekk Infinity, 10 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Demidekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DEMIDEKK INFINITY DETAILS A-BASE 2.7L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Demidekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DRYGOLIN NORDIC EXTREME 50 C BASE    9L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Exterior paint</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jotun Drygolin</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jotun A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Postboks 2021</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sandefjord</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>DRYGOLIN NORDIC EXTREME 50 C BASE 2.7L</x:v>
-[...2 lines deleted...]
-        <x:v>2097 0003</x:v>
+        <x:v>DRYGOLIN NORDIC EXTREME FÖNSTER OCH DÖRR HVIT BASE 0.68L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Exterior paint</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jotun Drygolin</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jotun A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Postboks 2021</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sandefjord</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>DRYGOLIN NORDIC EXTREME 50 OKSYDRØD BASE  2.7L</x:v>
-[...2 lines deleted...]
-        <x:v>2097 0003</x:v>
+        <x:v>DRYGOLIN NORDIC EXTREME FÖNSTER OCH DÖRR GUL BASE 2.7L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Exterior paint</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jotun Drygolin</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jotun A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Postboks 2021</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sandefjord</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>DRYGOLIN NORDIC EXTREME FÖNSTER OCH DÖRR C-BASE 2.7L</x:v>
-[...2 lines deleted...]
-        <x:v>2097 0003</x:v>
+        <x:v>DRYGOLIN NORDIC EXTREME FÖNSTER OCH DÖRR OKER BASE 2.7L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Exterior paint</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jotun Drygolin</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jotun A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Postboks 2021</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sandefjord</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>DEMIDEKK INFINITY PURE MATT C-BASE  9L</x:v>
-[...2 lines deleted...]
-        <x:v>2097 0003</x:v>
+        <x:v>DEMIDEKK INFINITY PURE MATT B-BASE 0.68L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Exterior paint</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jotun Demidekk</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jotun A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Postboks 2021</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sandefjord</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>DRYGOLIN NORDIC EXTREME SUPERMATT B-BASE   9L</x:v>
-[...2 lines deleted...]
-        <x:v>2097 0003</x:v>
+        <x:v>DRYGOLIN NORDIC EXTREME SUPERMATT A-BASE   9L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Exterior paint</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jotun Drygolin</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jotun A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Postboks 2021</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sandefjord</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>DRYGOLIN NORDIC EXTREME SUPERMATT C-BASE   9L</x:v>
-[...2 lines deleted...]
-        <x:v>2097 0003</x:v>
+        <x:v>DEMIDEKK PERFORMANCE A-BAS  2.7L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Demidekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DEMIDEKK PERFORMANCE B-BAS  2.7L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Demidekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DRYGOLIN POWER CLEAN OKER BASE 9L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Exterior paint</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jotun Drygolin</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jotun A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Postboks 2021</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sandefjord</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Beckers Mineral Sockelfärg Grafit</x:v>
+        <x:v>DRYGOLIN POWER CLEAN OKSYD BAS 9L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Drygolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö PROFESSIONAL METAL FACADE Base White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0005, 3097 0056, 3097 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cuprinol Täckfärg Base clear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0005, 3097 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö TINOVA EXCELLENT EXTERIOR 337 Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0005, 3097 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro BESTÅ Fönsterfärg trä Bas C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro BESTÅ Täckfärg trä Tonad vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PANU Nyanserad kulör, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4097 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PANU Husröd R-642, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4097 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Bestå Solist Faluröd, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Premium Facade Paint Cottage Red, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Premium Facade Paint Granite Grey, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Bestå Utsikt Tonad Vit, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Premium Facade Paint Architect White, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Bestå Briljant Vit, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Bestå Briljant Faluröd, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Bestå Briljant Svart, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Bestå Accent Vit, 0,675 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Grundfärg Röd, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Grundfärg Trä bas C, 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Grundfärg Trä röd, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Bestå Diamant  Bas C 0,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Bestå Diamant  Bas C 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Sockel Helmatt Täckfärg Kalkstensgrå, 1 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3097 0054, 3097 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Exterior paint</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Sockel Helmatt Täckfärg White/ Base A, 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0054, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Puts Helmatt Täckfärg White/ Base A, 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0054, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Puts Helmatt Täckfärg White/ Base A, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0054, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lycke Grundfärg Utomhus Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lycke - Skönhet för alla hem</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Wood Protect Opaque Acryl Black, 3 l (41792)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Wood Protect Opaque Acryl Base CC, 2,8 l (41795)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Wood Protect Opaque Acryl Black, 10 l (41797)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Front Akrylatfärg Max vit, 12 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Beckers</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tikkurila Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Textilgatan 31</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Tikkurila TEHO Modern bas A, 2,7 l</x:v>
+        <x:v>Pinja Protect Top 25 Bas A, 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0018, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Helmatt Fönster&amp;Snickeri Plus Vit, 0,675 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3097 0002, 3097 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Exterior paint</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tikkurila TEHO Modern bas A, 0,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Tikkurila</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tikkurila Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Textilgatan 31</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Tikkurila TEHO Modern bas C, 9 l</x:v>
+        <x:v>Tikkurila TEHO Modern bas A, 9 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3097 0002, 3097 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Exterior paint</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tikkurila</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tikkurila Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Textilgatan 31</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Tikkurila TEHO Modern bas C, 18 l</x:v>
+        <x:v>Beckers Perfekt Fasad  Bas C 2,7 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3097 0002, 3097 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Exterior paint</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Fasad Faluröd 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NowoCoat Tagmaling, Base A, Glans 12, 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5097 0061</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NowoCoat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nowocoat Industrial A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stålvej 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NowoCoat Tagmaling, Base A, Glans 50, 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5097 0061</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NowoCoat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nowocoat Industrial A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stålvej 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NowoCoat Tagmaling, Antrazit mørk, Glans 5, 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5097 0061</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NowoCoat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nowocoat Industrial A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stålvej 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NowoCoat Tagmaling, Teglrød, Glans 5, 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5097 0061</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NowoCoat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nowocoat Industrial A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stålvej 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Akrylatfärg Max Bas C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Fönster och Snickerifärg Bas C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Oljefärg V Bas C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Akrylat Plus Utevit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Täcklasyr Bas C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CELLO WINTEX Husfärg BAS5, 0,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4097 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cello</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kesko Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Työpajankatu 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KESKO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CELLO WINTEX Husfärg BAS5, 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4097 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cello</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kesko Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Työpajankatu 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KESKO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 05 Wood Tex Black, 10 l (43537)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Primex Trägrund Plus röd, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Primex Trägrund Plus Bas C, 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Plus Facade, Faluröd, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Plus Facade, Svart, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Front Akrylatfärg Max , Bas A, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 07 Wood Tex Matt Fasadfärg: Dalaröd, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Front Ommålningsfärg utevit, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 05 Wood Tex Base 3, 0,7 l (43528)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 05 Wood Tex Base 4, 2,8 l (43530)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 06 Wood Tex Black, 10 l (49495)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Front Oljefärg  Vit, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Front Oljefärg Faluröd, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Front Oljefärg  Bas A, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Front Oljefärg Bas C, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Front Täcklasyr Utevit, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Front Täcklasyr Bas C, 0,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Täcklasyr Akryl Svart, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Täcklasyr Akryl Svart,10 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt akrylat Bas C, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt akrylat Utevit, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Facade Resist Base 4, 9,1 l </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Facade Universal Base 3, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Facade Universal Base 4, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Supertäcklasyr Base BB, 0,7 l (41754)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Wood Care Supertäcklasyr white, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Supertäcklasyr Black, 10 l (41762)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Oljefärg PLUS Black, 3 l (41782)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Bestå Diamant Vit, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Caparol Intact Max Matt Vit/Bas 1, 0,95 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caparol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Premium Facade Paint Granite Grey</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3096 0048, 3097 0029, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Oljefärg Utevit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3096 0001, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Butinox Futura täcklasyr A-base 9 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Butinox Futura</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Optimal A-base 0,68 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Optimal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Optimal oker base 2,7 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Optimal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Optimal oksydrød base 0,68 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Optimal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Demidekk Ultimate täckfärg  C-BA, 2,7 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Demidekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Demidekk Ultimate täckfärg C-BA  9 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Demidekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Demidekk Ultimate täckfärg oker 0,9 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Demidekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jotaproff fasadeakryl hvit, 10 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun JOTAPROFF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Demidekk Ultimate helmatt A-base, 0,68 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Demidekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Demidekk Ultimate helmatt C-base, 2,7 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Demidekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Demidekk Ultimate helmatt hvit 0,75 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Demidekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DEMIDEKK INFINITY DETAILS HVIT-BASE  0.68L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Demidekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DRYGOLIN NORDIC EXTREME 50 GUL BASE  9L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Drygolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DEMIDEKK INFINITY PURE MATT B-BASE 2.7L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Demidekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DRYGOLIN NORDIC EXTREME SUPERMATT B-BASE 0.68L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Drygolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Demidekk Cleantech Vit bas, 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Demidekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Demidekk Cleantech B-bas, 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Demidekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DEMIDEKK PERFORMANCE C-BAS  2.7L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Demidekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DRYGOLIN POWER CLEAN A-BASE  9L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Drygolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö ONE SUPER TECH 337 BLACK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0005, 3097 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö One Door and Window Tech 322 Light</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0005, 3097 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö ONE SUPER TECH 334 RED</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0005, 3097 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö PROFESSIONAL METAL FACADE Base Clear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0005, 3097 0056, 3097 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö One Door and Window Tech Base Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0005, 3097 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pinotex Dörr- och Fönsterfärg V RAL 9010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0005, 3097 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pinotex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö TINOVA PREMIUM EXTERIOR+ Base Clear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0005, 3097 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö TINOVA PREMIUM EXTERIOR+ Base White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0005, 3096 0051, 3097 0017, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö Tinova PRIMER EXTERIOR WHITE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0005, 3097 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ONE SUPREME Base White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0005, 3097 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö TINOVA EXTERIOR 334 Red</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0005, 3096 0051, 3097 0017, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Grundfärg Bas C, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NORDICA PRIMER WHITE BASE PAINT 1, 2,7 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4097 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NORDICA PRIMER Tinted 3 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4097 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro PUTS Täckfärg puts &amp; betong Tonad vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0054, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro PUTS Täckfärg puts &amp; betong Vit/Bas A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0054, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Grundfärg Trä bas C, 2.7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Grundfärg Trä gul, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Bestå Diamant Bas A 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Sockel Helmatt Täckfärg White/ Base A, 0,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0054, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Sockel Helmatt Täckfärg White/ Base A, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0054, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Puts Helmatt Täckfärg Tonad vit/S0502-Y, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0054, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Puts Helmatt Täckfärg White/ Base A, 0,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0054, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PANU Bas 3, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4097 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NORDICA CLASSIC BASE PAINT 3, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4097 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NORDICA CLASSIC BASE PAINT 3, 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4097 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NORDICA CLASSIC TINTED, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4097 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NORDICA CLASSIC TINTED, 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4097 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Bestå Solist Faluröd, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Premium Facade Paint Architect White, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Bestå Briljant Faluröd, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Bestå Briljant Svart, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Bestå Briljant Svart, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Bestå Accent Bas C, 0,675 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Bestå Accent Vit, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Oljefärg Faluröd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3096 0001, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Helmatt Fönster&amp;Snickeri Plus bas C, 0,675 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Mineral Sockelfärg Naturgrå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0054, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>RAW Wood Protection Black, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>RAW</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tikkurila TEHO Modern bas A, 18 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Tikkurila</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tikkurila Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Textilgatan 31</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Beckers Perfekt Fasad Bas A 2,7 l</x:v>
+        <x:v>Beckers Perfekt Fasad  Bas C 9 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3097 0002, 3097 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Exterior paint</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Beckers</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tikkurila Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Textilgatan 31</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Beckers Perfekt Fasad  Bas C 0,9 l</x:v>
+        <x:v>Beckers Perfekt Fasad Faluröd 3 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3097 0002, 3097 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Exterior paint</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Beckers</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tikkurila Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Textilgatan 31</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Demidekk Cleantech Vit bas, 0,68 l</x:v>
-[...2 lines deleted...]
-        <x:v>2097 0003</x:v>
+        <x:v>Beckers Perfekt Fasad  Utevit 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Fasad  Utevit 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NowoCoat Tagmaling, Base A, Glans 5, 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5097 0061</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NowoCoat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nowocoat Industrial A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stålvej 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NowoCoat Tagmaling, Base A, Glans 20, 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5097 0061</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NowoCoat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nowocoat Industrial A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stålvej 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NowoCoat Tagmaling, Base C, Glans 20, 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5097 0061</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NowoCoat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nowocoat Industrial A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stålvej 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Facade Multi White/Base 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Wood Protect Matt Black, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Fönster och Snickerifärg Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Akrylat Plus Bas A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Trägrund Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CELLO WINTEX Husfärg BAS5, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4097 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cello</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kesko Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Työpajankatu 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KESKO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 05 Wood Tex Acryl Dalaröd, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Primex Trägrund Plus Bas C, 0,45 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Primex Trägrund Plus Bas C, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Plus Facade, Faluröd, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Plus Facade, Faluröd, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Plus Facade, Svart, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Plus Facade, Bas C, 0,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Front  Fönster &amp; Snickeri, Bas C, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Front Akrylatfärg Max ,Vit, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Front Akrylatfärg Max , Utevit, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Front Akrylatfärg Max , Utevit, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 07 Wood Tex Matt Fasadfärg: Dalaröd, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Front Ommålningsfärg bas C , 0,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Front Ommålningsfärg vit, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 05 Wood Tex Base 4, 9,1 l (43529)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 05 Wood Tex Base 4, 0,7 l (43531)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 06 Wood Tex Base 4, 2,8 l (43548)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Front Oljefärg Faluröd, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Front Täcklasyr Utevit, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Fasad Plus Vit, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Fasad Plus Bas A, 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers  Perfekt Fasad Plus Svart, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Caparol Intact Matt Svart, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caparol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Facade Universal Base 3, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Facade Universal Base 4, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Wood Care Supertäcklasyr white, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Oljefärg PLUS Base BB, 0,7 l (41779)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Wood Care Oljefärg PLUS Base AA, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Wood Protect Opaque Acryl White, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Fasadfärg Base CC, 2,8 l (41771)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Puts &amp; Sockelfärg PLUS Base CC, 9,1 l (41732)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 07 Wood Tex Base 3, 2,8 l </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pinja Protect Top 25 Bas C, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0018, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Bestå Diamant Vit, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Bestå Diamant Vit, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Caparol Intact Total Svart, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caparol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Caparol Intact Max Matt Vit/Bas 1, 2,85 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caparol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Caparol Kulörprov Trä Ute Bas 1, 0,475 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caparol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Perfekt Fönster &amp; Snickerifärg Plus Utevit, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Premium Facade Paint White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3096 0048, 3097 0029, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Premium Facade Paint Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3096 0048, 3097 0029, 3096 0024</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Butinox Futura täckfärg A-base 2,7 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Butinox Futura</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Butinox Futura täckfärg 988 gårdsröd 10 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Butinox Futura</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Butinox Futura täcklasyr oksröd B 2,7 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Butinox Futura</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Butinox Futura täcklasyr C-base 9 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Butinox Futura</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Butinox Futura täcklasyr gul-B 2,7 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Butinox Futura</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Optimal C-base 2,7 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Optimal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Demidekk Ultimate helmatt B-base, 2,7 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Exterior paint</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jotun Demidekk</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jotun A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Postboks 2021</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sandefjord</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Demidekk Cleantech Vit bas, 2,7 l</x:v>
-[...2 lines deleted...]
-        <x:v>2097 0003</x:v>
+        <x:v>Demidekk Ultimate täckfärg A-BA, 2,7 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Exterior paint</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jotun Demidekk</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jotun A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Postboks 2021</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sandefjord</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>DRYGOLIN POWER CLEAN C-BASE 2.7L</x:v>
-[...2 lines deleted...]
-        <x:v>2097 0003</x:v>
+        <x:v>Demidekk Ultimate täckfärg B-BA, 2,7 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Demidekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Demidekk Ultimate täckfärg C-BA, 4,5 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Demidekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Demidekk Ultimate täckfärg eggvit 10 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Demidekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Demidekk Ultimate täckfärg oksydrød, 0,9 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Demidekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Demidekk Ultimate täckfärg oksydrød, 9 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Demidekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jotaproff fasadeakryl B-base, 9 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun JOTAPROFF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jotaproff fasadeakryl hvit, 3 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun JOTAPROFF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Demidekk Ultimate helmatt A-base, 2,7 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Demidekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jotaproff Täckande Utegrund, 10 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun JOTAPROFF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Demidekk Infinity, 0,75 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Demidekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Demidekk Infinity, 3 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Demidekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DEMIDEKK INFINITY DETAILS OKSYDRØD-BASE  0.68L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Demidekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DRYGOLIN NORDIC EXTREME 50 GUL BASE  2.7L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Exterior paint</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jotun Drygolin</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jotun A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Postboks 2021</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sandefjord</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Yunik Sockelfärg Black, 3 L (68315)</x:v>
+        <x:v>DRYGOLIN NORDIC EXTREME 50 OKER BASE  9L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Drygolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DRYGOLIN NORDIC EXTREME SUPERMATT C-BASE 0.68L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Drygolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DRYGOLIN NORDIC EXTREME SUPERMATT A-BASE 2.7L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Drygolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DRYGOLIN NORDIC EXTREME SUPERMATT B-BASE 2.7L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Drygolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Demidekk Cleantech A-bas, 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Demidekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Demidekk Cleantech B-bas, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Demidekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DEMIDEKK PERFORMANCE VIT BAS 2.7L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Demidekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DRYGOLIN POWER CLEAN A-BASE 2.7L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Drygolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DRYGOLIN POWER CLEAN B-BASE  9L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Drygolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DRYGOLIN POWER CLEAN HVIT BASE 2.7L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0003, 2097 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Drygolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö ONE SUPER TECH Base Clear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0005, 3096 0051, 3097 0017, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö ONE SUPER TECH Base White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0005, 3096 0051, 3097 0017, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pinotex Dörr- och Fönsterfärg V Base White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0005, 3097 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pinotex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö TINOVA PREMIUM EXTERIOR+ 337 BLACK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0005, 3097 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Täcklasyr Base Clear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0005, 3097 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ONE SUPREME Base Clear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0005, 3097 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö TINOVA EXTERIOR 337 Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0005, 3096 0051, 3097 0017, 3096 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Exterior paint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro HANDSPACKEL PLUS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0020, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Midun Lättspackel Grov</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Midun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>International Coating Products SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Espace d'Activités Blossieu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lagnieu</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Handspackel Våt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0020, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>St. Leo Dolomite Plaster</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>SimFAS Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Simrishamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Becker Spackel, Grov</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0019, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Spackel, Medium</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0019, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Filler Pro LG, 10 l (62180)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Filler W</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Filler Joint, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Roll Premium, 12 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0051, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Airless Spray, 15 l sack</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Nova, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Lightning Max, 15 l sack</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Joint, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Lightning Joint, 15 l sack</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Teknos Silora J, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Max Plus, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0051, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Habito Joint, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Teknos Silora J, 15 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Teknospro Max+, 15 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Lightning Nova, 15 l bucket</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gjöco Spröytesparkel Medium, 15 l bag</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0051, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Nova - new formula 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0051, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Filler Pro H2O, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Filler Pro LGS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jotun Rullspackel Grova underlag, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dana Lim Lättspackel Medium Extra 623</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5097 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dana Lim</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dana Lim A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Københavnsvej 220</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Køge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dana Lim Rullspackel 627</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5097 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dana Lim</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dana Lim A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Københavnsvej 220</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Køge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö PROFESSIONAL RULLSPACKEL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0017, 3097 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jotun Lättspackel Medium 5678</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5097 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dana Lim A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Københavnsvej 220</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Køge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Byggmax Midun Grovspackel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5097 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Byggmax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dana Lim A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Københavnsvej 220</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Køge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lando Rullspackel LG Premium</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0068</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lando</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SimFAS Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Simrishamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>RK Finishing Filler LF, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rakennuskemia Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kerkkolankatu 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HYVINKÄÄ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Handspackel Medium</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0020, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Sandplast LSR sprut och rull, säck, 15 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Sandplast LSR, 12 l (71727)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Sandplast 696, 3 l (29310)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Hand Filler Coarse, 10 l (38456)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Filler Airless Coarse, 15 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Scotte AG Plus Spackel, 15 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0020, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Scotte A Plus Spackel, 15 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0020, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dana Lim Lättspackel Våtrum 626, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5097 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dana Lim</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dana Lim A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Københavnsvej 220</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Køge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Scotte RG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0020, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dana Lim Lättspackel Medium Extra 623, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5097 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dana Lim</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dana Lim A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Københavnsvej 220</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Køge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Filler M Hand</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Filler M</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Filler G, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Filler M, 12 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Roll Joint 12 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Filler G</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Filler Pro LG, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Filler Pro LGS, 12 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Filler Pro LH Extra, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Sandplast S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jotun Spackel Vägg &amp; Tak Medium, 0,4 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö PROFESSIONAL GROVSPACKEL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0017, 3097 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö PROFESSIONAL GROV SPRUTSPACKEL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0017, 3097 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>RAW Roller Medium</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5097 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>RAW</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dana Lim A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Københavnsvej 220</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Køge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö PROFESSIONAL Rems- och skarvspackel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0017, 3097 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jotun Lättspackel Grov 6789</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5097 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dana Lim A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Københavnsvej 220</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Køge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lando Rullspackel Allround</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lando</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SimFAS Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Simrishamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lando Rullspackel LM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0026, 3097 0068</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lando</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SimFAS Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Simrishamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lando Väggspackel LV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0026, 3097 0068</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lando</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SimFAS Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Simrishamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NORDSJÖ PROFESSIONAL ALLROUND+</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0017, 3097 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Professional Maskinspackel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0017, 3097 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Projekt Sprutspackel Medium</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5097 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dana Lim</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dana Lim A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Københavnsvej 220</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Køge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Projekt Sprutspackel Grov</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5097 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dana Lim</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dana Lim A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Københavnsvej 220</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Køge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jotun Sprutspackel Grov 6988</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5097 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dana Lim A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Københavnsvej 220</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Køge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lando Skarvspackel J</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0068</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lando</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SimFAS Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Simrishamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lando Väggspackel LM Premium</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0068</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lando</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SimFAS Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Simrishamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>RK Universal Filler LH, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rakennuskemia Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kerkkolankatu 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HYVINKÄÄ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alltek LF Lätt Basspackel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>International Coating Products SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Espace d'Activités Blossieu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lagnieu</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>KC 14 Spartel, 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Handspackel Grov</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0020, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rollfiller Max, 12 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0066, 3097 0065</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Sandplast LG, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Scotte LF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0020, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Sandplast LH Extra, 10 l (76458)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Sandplast LB, 15 l (77172)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Sand Filler Plaster, 10 l (33794)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Sandplast LW, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Spackel bazooka, 15l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Filler PRO H2O Airless, 15 l (47601)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Scotte LS Spackel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0020, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ProGOLD Handspackel Medium, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0019, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Filler Allround, 10 l (72167)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Filler Perform P, 15 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ProGOLD Rullspackel Medium, 12 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0019, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ProGold</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Filler Joint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Nova, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Maximum, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Roll Maximum, 12 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Nova, 400 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Teknospro R, 12 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gjöco Spröytesparkel Joint, 15 l bag</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0051, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Edge 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Nova - new formula 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0051, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Roll Nova - new formula, 12 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0051, 3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Lightning Nova - new formula, 15 l bucket</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0051, 3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Filler Pro LB, 15 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Filler Pro LSR, 15 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Filler Perform, 12 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Filler Pro H2O</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Sandplast S, 15 l (32794)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JOTUN Spackel för grova underlag, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jotun Spackel Våtrum, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lando Sprutspackel LM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0068</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lando</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SimFAS Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Simrishamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jotun EasyFix Filler, 0,4 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hey'di Byggsparkel Turbo, 15 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0016, 2097 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frogner</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jotun Spackel Gipsskiva Fin, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jotun Spackel Vegg &amp; Tak Medium, 15 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö ORIGINAL VÄGG&amp;TAKSPACKEL MEDIUM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0017, 3097 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sadolin RULLSPACKEL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0017, 3097 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sadolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sadolin VÄGGSPACKEL GROV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0017, 3097 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sadolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jotun Sprutsparckel Medium 6887</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5097 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dana Lim A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Københavnsvej 220</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Køge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö MASTER WALL FILLER</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0017, 3097 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö Professional Våtrumsspackel+</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0021, 3097 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lando Väggspackel R Allround</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0068</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lando</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SimFAS Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Simrishamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Sandplast LGS, 15 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Spackel, Fin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0019, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Scotte RS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0020, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Sandplast LH, 10 l (29914)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Hand Filler Medium, 10 l (38457)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Filler Pro Roll, 12 l (75253)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Filler PRO H2O Roll, 12 l (47600)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Spackel Medium, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0057</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Handfiller Max, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0065, 3097 0065</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caparol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ProGOLD Handspackel Grov, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0019, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Roll Nova, 12 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Teknos Silora LF, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Airless Nova, 15 L bucket</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Max Plus, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0051, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Max, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Max, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Habito Joint Mix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Joint, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Wood Finish Plus, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gjöco Spröytesparkel Joint, 15 l bucket</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0051, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Maximum, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0051, 3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Lightning Nova - new formula, 15 l sack</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0051, 3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro S, 15 l sack</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0051, 3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Filler Pro 696, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Filler Allround</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Filler Pro 696</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Filler G</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Filler M Hand</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jotun Rullspackel Medium universal, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JOTUN Spackel för grova underlag, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hey'di Lett Repp, 10 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0016, 2097 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frogner</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jotun Spackel Vegg &amp; Tak Medium, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jotun Prosjektspackel, 15 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö PROFESSIONAL Multisprutspackel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0021, 3097 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cello Sparkel Medium</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5097 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cello</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dana Lim A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Københavnsvej 220</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Køge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö Professional Rems- &amp; Skarv Sprutspackel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0017, 3097 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lando Väggspackel LF</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0026, 3097 0068</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lando</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SimFAS Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Simrishamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SADOLIN FILLER FINE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0017, 3097 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sadolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dana Lim Vådrum Sprøjtespartel 642</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5097 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dana Lim</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dana Lim A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Københavnsvej 220</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Køge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sadolin FILLER MEDIUM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0017, 3097 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sadolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lando Sprutspackel LM Premium</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0068</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lando</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SimFAS Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Simrishamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Finspackel 3L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0020, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>RK Universal Filler LH, 400 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rakennuskemia Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kerkkolankatu 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HYVINKÄÄ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>RK Finishing Filler LF, 400 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rakennuskemia Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kerkkolankatu 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HYVINKÄÄ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>RK Finishing Filler LF, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rakennuskemia Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kerkkolankatu 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HYVINKÄÄ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Sprutspackel Lätt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0020, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Scotte A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0020, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>RAW Light Medium Airless, 15 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5097 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>RAW</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dana Lim A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Københavnsvej 220</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Køge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Sandplast LB, 12 l (71779)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Sandplast LSR sprut och rull, hink, 15 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Sandplast LSR PRO, 15 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Sandplast LG, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Filler Perform Airless Medium, 15 l (64655)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Filler PRO H2O, 3 l (47602)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Spackel Grov,10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0057</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Spackel Medium, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0057</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dana Lim Lättspackel Våtrum 626, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5097 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dana Lim</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dana Lim A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Københavnsvej 220</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Køge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rollfiller Max, 12 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0065, 3097 0065</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caparol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ProGOLD Handspackel Våt, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0019, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ProGOLD Rullspackel Grov, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0019, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Filler Super M</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Filler Wet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Roll Max, 12 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0051, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Premium, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Lightning Maximum, 15 l bag</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0051, 3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Maximum 3L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0051, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Roll Max Plus, 12 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0051, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Airless Nova, 15 l sack</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Hydro, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Hydro, 400 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Lightning Premium, 15 l bucket</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0051, 3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Wood Finish Plus, 0,2 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gjöco Spröytesparkel Medium, 15 l bucket</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0051, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Nova - new formula 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Filler G</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Filler Wet, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Filler Pro LB, 12 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jotun Spackel Gipsskiva Fin, 0,4 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lando Väggspackel LM Classic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0026, 3097 0068</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lando</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SimFAS Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Simrishamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lando Väggspackel LM Primo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0026, 3097 0068</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lando</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SimFAS Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Simrishamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jotun Spackel Gipsskiva Fin, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö ORIGINAL GROVSPACKEL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0017, 3097 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dana Lim Lättspackel Grov 624</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5097 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dana Lim</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dana Lim A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Københavnsvej 220</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Køge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lando Rullspackel LV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0026, 3097 0068</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lando</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SimFAS Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Simrishamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lando Sprutspackel Medium</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lando</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SimFAS Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Simrishamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jotun Vådrumsspartel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5097 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dana Lim A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Københavnsvej 220</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Køge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NORDSJÖ ORIGINAL FINSPACKEL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0017, 3097 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sadolin FILLER ROUGH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0017, 3097 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sadolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sadolin FILLER ROLLER</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0017, 3097 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sadolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lando Väggspackel LG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0068</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lando</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SimFAS Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Simrishamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Rullspackel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0020, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>RK Universal Filler LH, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rakennuskemia Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kerkkolankatu 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HYVINKÄÄ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Midun Lätt Rullspackel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Midun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>International Coating Products SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Espace d'Activités Blossieu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lagnieu</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Handspackel Skarv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0020, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Scotte R</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0020, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dana Lim Lättspackel Medium Extra 623, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5097 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dana Lim</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dana Lim A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Københavnsvej 220</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Køge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dana Lim Lättspackel Grov 624, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5097 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dana Lim</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dana Lim A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Københavnsvej 220</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Køge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Sandplast LB, 15 l (76576)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Filler Airless C, 15 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ProGOLD Rullspackel Medium, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0019, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beck &amp; Jörgensen 718, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beck &amp; Jørgensen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Nova, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Lightning Max Plus, 15 l bucket</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0051, 3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Lightning Max, 15 l bucket</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0051, 3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Lightning Medium Plus, 15 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0051, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Lightning Maximum, 15 l bucket</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0051, 3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Teknos Silora J, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Filler J</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Filler Pro LG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Filler Pro LH Extra</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Filler M</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DETALE KC 14</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Filler M</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Filler Hand M, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Filler J</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Filler Super M, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Filler Pro LSR, 12 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Filler Pro LB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jotun Spackel Våtrum, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hey'di Lett Repp, 3,5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0016, 2097 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frogner</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jotun Spackel Gipsskiva Fin, 15 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö ORIGINAL RULLSPACKEL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0017, 3097 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö PROFESSIONAL RULLSPACKEL GROV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0017, 3097 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Raw Light Rough</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5097 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>RAW</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dana Lim A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Københavnsvej 220</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Køge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lando Väggspackel LM Standard</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0026, 3097 0068</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lando</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SimFAS Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Simrishamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lando Super Light Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0068</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lando</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SimFAS Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Simrishamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lando Rullspackel LM Premium</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0068</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lando</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SimFAS Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Simrishamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Handspackel, 400 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0019, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Finspackel, 400 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0019, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Lätt Sprutspackel Plus, 15 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0020, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Handfiller Max, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0066, 3097 0065</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ProGOLD Handspackel Våt, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0019, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ProGOLD Rullspackel Grov, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0019, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Scotte LH Plus Spackel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0020, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Sandplast LSR, 15 l (76043)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Sandplast 696, 10 l (29912)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Sand Filler Airless Medium, 15 l (38458)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Sandplast LW, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Sandplast LGS, 12 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Filler Pro Airless, 15 l (75252)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Filler Perform Plus Medium White, 15 l (64656)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Scotte J plus Spackel 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0020, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Spackel Grov, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0057</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Filler Allround, 5 l (72137)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Premium, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0051, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Lightning Nova, 15 l sack</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Teknos Silora LF, 400 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Teknos Silora LF, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Roll Maximum 12L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0051, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Nova, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beck &amp; Jörgensen 719, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beck &amp; Jørgensen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gjöco Proff Rullesparkel, 12 l bucket</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gjøco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Lightning Medium Plus, 15 l sack</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gjöco Spröytesparkel Joint 15 l  bag</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Wood Finish Plus, 0,4 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Magnetic, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Promix Max 10L bucket</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PP Filler Hand M</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Filler W</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Filler Perform, 15 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Filler Pro 696, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Filler Perform</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Filler Pro LSR</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Filler Perform W White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö PROFESSIONAL MEDIUMSPACKEL/LS 104 i burk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0017, 3097 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sadolin VÄGGSPACKEL MEDIUM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0017, 3097 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sadolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>RAW Light Medium  Extra</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5097 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>RAW</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dana Lim A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Københavnsvej 220</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Køge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jotun Rullspackel Grov</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5097 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dana Lim A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Københavnsvej 220</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Køge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lando Väggspackel LF Tonad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0026, 3097 0068</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lando</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SimFAS Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Simrishamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dana Lim Joint Filler 637</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5097 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dana Lim</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dana Lim A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Københavnsvej 220</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Køge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>B&amp;J Grov Sprøjtespartel 119</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5097 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beck &amp; Jørgensen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dana Lim A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Københavnsvej 220</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Køge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Maskinspackel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0020, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Sprutspackel Allround</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0020, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Rullspackel Grov</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0020, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Handspackel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0020, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>RK Universal Filler LH, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rakennuskemia Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kerkkolankatu 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HYVINKÄÄ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>RK Finishing Filler LF, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rakennuskemia Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kerkkolankatu 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HYVINKÄÄ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Midun Hand- &amp; Skarvspackel Medium</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Midun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>International Coating Products SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Espace d'Activités Blossieu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lagnieu</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Sprutspackel Allround Plus, 15 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0020, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MIDUN LÄTT RULLSPACKEL,12 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0060</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>International Coating Products SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Espace d'Activités Blossieu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lagnieu</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Scotte LH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0020, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Sandplast LH, 3 l (51892)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Sandplast S+, 15 l (20600)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Scotte LG plus Spackel 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0020, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Scotte LW plus Spackel 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0020, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Scotte LW plus Spackel 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0020, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ProGOLD Handspackel Grov, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0019, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ProGOLD Handspackel Medium, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0019, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ProGOLD Rullspackel Medium, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0019, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Lightning Max Plus, 15 l sack</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Lightning Premium, 15 l sack</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Premium, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0051, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Lightning Joint, 15 l bucket</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Nova - new formula 400 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Edge, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0051, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalapro Hydro, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0004, 3097 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalapro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saint-Gobain Sweden AB - Scanspac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norra Malmvägen 76</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sollentuna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ProGOLD Rullspackel Grov, 12 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0019, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ProGold</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Filler Perform P</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Filler Pro H2O, 12 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jotun Spackel Våtrum, 0,4 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jotun Spackel Vegg &amp; Tak Medium, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö PROFESSIONAL MEDIUM/LS 104 SPRUT</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0017, 3097 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordsjö Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lady Minerals Revive, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Lady</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dana Lim Lättspackel Våtrum 626</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5097 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Filler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dana Lim</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dana Lim A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Københavnsvej 220</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Køge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lithurin Seal 3.0 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0063</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Impregnating agents for tiles, stone and concrete</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lithurin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AB Lindec</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Frölunda</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lithurin Dens 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0063</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Impregnating agents for tiles, stone and concrete</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lithurin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AB Lindec</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Frölunda</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Beckers Front Akrylatfärg Max utevit, 12 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0002, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Impregnating agents for tiles, stone and concrete</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beckers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lithurin Seal 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0063</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Impregnating agents for tiles, stone and concrete</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lithurin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AB Lindec</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Frölunda</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lithurin Hard 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0063</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Impregnating agents for tiles, stone and concrete</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lithurin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AB Lindec</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Frölunda</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Adhesive 378, 12 l (33448)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0008, 3097 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Impregnating agents for tiles, stone and concrete</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nilfisk Stone Sealer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5097 0064</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Impregnating agents for tiles, stone and concrete</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nilfisk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sirena Soap Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bygmestervej 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hadsund</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lithurin Dens 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0063</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Impregnating agents for tiles, stone and concrete</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lithurin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AB Lindec</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Frölunda</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lithurin Seal 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0063</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Impregnating agents for tiles, stone and concrete</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lithurin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AB Lindec</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Frölunda</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pinotex COLOUR TEST OUTDOOR Base Clear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0005, 3097 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Impregnating agents for tiles, stone and concrete</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pinotex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Staffantorpsvägen 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lithurin Hard 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0063</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Impregnating agents for tiles, stone and concrete</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lithurin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AB Lindec</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Frölunda</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lithurin Seal 3.0 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0063</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Impregnating agents for tiles, stone and concrete</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lithurin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AB Lindec</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Frölunda</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>UVElite RES</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0028</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrial paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>UVElite AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Olofwiksväg 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jörlanda</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pinja Protect GM 0502Y</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0018, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrial paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 05 Wood Tex Uteakrylat Bas U5, 2,8 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3097 0029, 3097 0029</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Exterior paint</x:v>
+        <x:v>Industrial paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jotun Industri Optimal Oker Base 18L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0022, 2097 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrial paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Optimal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jotun Industri Optimal 2i1 B-base, 20L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0022, 2097 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrial paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Optimal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jotun Industri Optimal Hvit 20L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0022, 2097 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrial paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Optimal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pinja Protect GM Bas C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0018, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrial paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 05 Wood Tex Uteakrylat Bas U6, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrial paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pinja Protect M20 Bas C, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0018, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrial paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jotun Industri Optimal Nøytral 1000L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0022, 2097 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrial paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Optimal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jotun Industri Optimal 2i1 B-base, 1000L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0022, 2097 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrial paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Optimal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jotun Industri Drygolin Power Clean, B-base</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0022, 2097 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrial paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Drygolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TEKNOCLAD NOVA 3330-42 BASE 1, 18 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4097 0052</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrial paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pinja Protect GM Röd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0018, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrial paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 05 Wood Tex Uteakrylat Bas U6, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrial paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pinja Protect M20 Bas A, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0018, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrial paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pinja Protect M20 röd, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0018, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrial paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jotun Industri Optimal 2i1 A-base, 1000L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0022, 2097 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrial paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Optimal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pinja Protect S Bas C</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0018, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrial paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fontezinc HR Resin, 2,6 L (net wt. 3,1kg)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0041, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrial paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jotun Industri Drygolin Power Clean, A-base</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0022, 2097 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrial paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Drygolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jotun Industri Optimal Solgul 1000L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0022, 2097 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrial paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Optimal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pinja Protect G Tonad vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0018, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrial paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pinja Protect GM Bas A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0018, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrial paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pinja Protect Top 25 tonad vit, 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0018, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrial paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jotun Industri Optimal A-Base 18L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0022, 2097 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrial paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Optimal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jotun Industri Optimal C-Base 18L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0022, 2097 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrial paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Optimal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jotun Industri Optimal Oksydrød Base 18L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0022, 2097 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrial paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Optimal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jotun Industri Optimal 2i1 A-base, 20L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0022, 2097 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrial paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Optimal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jotun Industri Optimal 2i1 C-base, 20L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0022, 2097 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrial paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Optimal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jotun Industri Optimal 2i1 C-base, 1000L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0022, 2097 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrial paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Optimal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JOTUN Industri Drygolin Color Expert, A-base, 20 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0022, 2097 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrial paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Drygolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JOTUN Industri Drygolin Color Expert, 0502Y, 1000 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0022, 2097 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrial paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Drygolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jotun Industri Drygolin Power Clean, C-base</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0022, 2097 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrial paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Drygolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pinja Protect S Tonad vit (NCS S-1000N)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0018, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrial paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pinja Protect M20 0502-Y, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0018, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrial paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pinja Protect M20 2500-N</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0018, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrial paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fontezinc HR Zinc, 8 kg (net wt. 8kg)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0041, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrial paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JOTUN Industri Drygolin Color Expert, B-base, 20 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0022, 2097 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrial paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Drygolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jotun Industri Optimal B-Base 18L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0022, 2097 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrial paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Optimal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JOTUN Industri Drygolin Color Expert, Oker-base, 20 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0022, 2097 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrial paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Drygolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TEKNOCLAD NOVA 3330-42 BASE 3, 18 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4097 0052</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrial paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takkatie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jotun Industri Optimal Egghvit 1000L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0022, 2097 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrial paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Optimal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jotun Industri Optimal Klargul Base 18L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0022, 2097 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrial paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Optimal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jotun Industri Optimal Svenskrød 1000L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0022, 2097 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrial paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Optimal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JOTUN Industri Drygolin Color Expert, Oksydrød-base, 20 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0022, 2097 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrial paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Drygolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pinja Protect S Hvid</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0018, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrial paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JOTUN Industri Drygolin Color Expert, C-base, 20 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0022, 2097 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrial paints and varnishes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun Drygolin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Window Paint Allround White, 0,68 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor varnishes and outdoor stain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Window Paint Allround Black, 0,68 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor varnishes and outdoor stain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 04 Wood Tex Opaque White, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor varnishes and outdoor stain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 04 Wood Tex Base 3, 9,1 l (45601)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor varnishes and outdoor stain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Wood Tex Window / Base 4, 0,7 l (62647)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor varnishes and outdoor stain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Window Paint Base CC, 2,8 l (65183)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor varnishes and outdoor stain</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Yunik</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Falu Vapen Rödfärg, Röd, 4 l</x:v>
-[...63 lines deleted...]
-        <x:v>Yunik Pro Facade Universal Base CC</x:v>
+        <x:v>Flügger 04 Wood Tex Opaque White, 5 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3097 0029, 3097 0029</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Exterior paint</x:v>
+        <x:v>Outdoor varnishes and outdoor stain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 04 Wood Tex Black, 10 l (45606)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor varnishes and outdoor stain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 04 Wood Tex Opaque Base 1, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor varnishes and outdoor stain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 04 Wood Tex Base 3, 4,9 l (48721)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor varnishes and outdoor stain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 04 Wood Tex Base 4, 4,9 l (48720)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor varnishes and outdoor stain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 04 Wood Tex Täcklasyr Bas U6, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor varnishes and outdoor stain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Wood Tex Window / Base 3, 0,7 l (62645)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor varnishes and outdoor stain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Wood Tex Window / Base 4, 2,8 l (62646)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor varnishes and outdoor stain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Wood Tex Window / RAL 9010, 0,75 l (62649)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor varnishes and outdoor stain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Wood Tex Window / S0502-Y, 3 l (62652)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor varnishes and outdoor stain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Window Paint White/Base AA, 2,8 l (65184)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor varnishes and outdoor stain</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Yunik</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Flügger Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Islevdalvej 151</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rødovre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Nordsjö MURTEX ACRYLIC BLACK</x:v>
-[...8 lines deleted...]
-        <x:v>Exterior paint</x:v>
+        <x:v>REFLEKT Window Paint Allround Antracite, 0,68 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor varnishes and outdoor stain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REFLEKT Window Paint Allround White, 2,3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor varnishes and outdoor stain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Reflekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 04 Wood Tex Opaque White, 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor varnishes and outdoor stain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 04 Wood Tex Black, 5 l (40043)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor varnishes and outdoor stain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 04 Wood Tex Base 3, 0,7 l (43792)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor varnishes and outdoor stain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 04 Wood Tex Base 4, 0,7 l (43794)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor varnishes and outdoor stain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 04 Wood Tex Täcklasyr Bas U6, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor varnishes and outdoor stain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 03 Wood Tex Black, 0,75 l </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor varnishes and outdoor stain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Wood Tex Window / S0500-N, 3 l (62650)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor varnishes and outdoor stain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Fönsterfärg PLUS Base CC, 0,7 l (65181)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor varnishes and outdoor stain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Fönsterfärg PLUS RAL9010, 3 l (65174)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor varnishes and outdoor stain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Fönsterfärg PLUS Base BB, 2,8 l (65176)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor varnishes and outdoor stain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Fönsterfärg PLUS RAL9010, 0,75 l (65178)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor varnishes and outdoor stain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 04 Wood Tex Täcklasyr Kalkvit, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor varnishes and outdoor stain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 04 Wood Tex Täcklasyr Base U6, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor varnishes and outdoor stain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 03 Wood Tex Base 10, 9,1 l </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor varnishes and outdoor stain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 03 Wood Tex Transparent, Bas 11, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor varnishes and outdoor stain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Wood Tex Window /S0500-N, 0,75 l (62651)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor varnishes and outdoor stain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Wood Tex Window White / Base 1, 2,8 l (62641)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor varnishes and outdoor stain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Wood Tex Window  Black, 3 l (62655)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor varnishes and outdoor stain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 04 Wood Tex Täcklasyr Bas U5, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor varnishes and outdoor stain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Wood Tex Window  Black, 0,75 l (62656)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor varnishes and outdoor stain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Fönsterfärg PLUS Base CC, 2,8 l (65177)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor varnishes and outdoor stain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Window Paint Base BB, 2,8 l (65182)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor varnishes and outdoor stain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 04 Wood Tex Black, 0,75 l (48724)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor varnishes and outdoor stain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 04 Wood Tex Base 3, 2,8 l (43793)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor varnishes and outdoor stain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 04 Wood Tex Base 4, 9,1 l (45602)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor varnishes and outdoor stain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 04 Wood Tex Base 4, 2,8 l (43795)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor varnishes and outdoor stain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 04 Wood Tex Täcklasyr Base U5, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor varnishes and outdoor stain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Wood Tex Window / S0502-Y, 0,75 l (62654)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor varnishes and outdoor stain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Wood Tex Window / Base 3, 2,8 l (62644)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor varnishes and outdoor stain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Wood Tex Window / RAL 9010, 3 l (62648)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor varnishes and outdoor stain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Fönsterfärg PLUS White/Base AA, 0,7 l (65179)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor varnishes and outdoor stain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 04 Wood Tex Täcklasyr Kalkvit, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor varnishes and outdoor stain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 04 Wood Tex Täcklasyr Dalaröd, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor varnishes and outdoor stain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 04 Wood Tex Opaque Base 1, 4,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor varnishes and outdoor stain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 04 Wood Tex Täcklasyr Bas U5, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor varnishes and outdoor stain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 03 Wood Tex Black, 10 l </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor varnishes and outdoor stain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 03 Wood Tex Black, 3 l </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor varnishes and outdoor stain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 03 Wood Tex Transparent, Bas 11, 9,1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor varnishes and outdoor stain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 03 Wood Tex Transparent, Bas 11, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor varnishes and outdoor stain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Wood Tex Window White / Base 1, 9,1 l (62640)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor varnishes and outdoor stain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Wood Tex Window White / Base 1, 0,7 l  (62642)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor varnishes and outdoor stain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Fönsterfärg PLUS White/Base AA, 2,8 l (65175)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor varnishes and outdoor stain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Pro Window Paint RAL9010, 3 l (65185)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor varnishes and outdoor stain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 04 Wood Tex Opaque White, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor varnishes and outdoor stain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 04 Wood Tex Black, 3 l (40013)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor varnishes and outdoor stain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 04 Wood Tex Täcklasyr Dalaröd, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor varnishes and outdoor stain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 04 Wood Tex Opaque Base 1, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor varnishes and outdoor stain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 04 Wood Tex Opaque Base 1, 2,8 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor varnishes and outdoor stain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 03 Wood Tex Base 10, 2,8 l </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor varnishes and outdoor stain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 03 Wood Tex Base 10, 0,7 l </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor varnishes and outdoor stain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yunik Fönsterfärg PLUS Base BB, 0,7 l (65180)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Outdoor varnishes and outdoor stain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yunik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hey'di Vit, 15 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0016, 2097 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Plaster</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frogner</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hey'di Kalkmaling Ljusgrå, 7 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0016, 2097 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Plaster</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frogner</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hey'di Grå, 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0016, 2097 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Plaster</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frogner</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hey'di Ljusgrå, 15 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0016, 2097 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Plaster</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frogner</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hey'di Kalkmaling Vit, 7 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0016, 2097 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Plaster</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frogner</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hey'di Grå, 15 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0016, 2097 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Plaster</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frogner</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hey'di Vit, 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0016, 2097 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Plaster</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frogner</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hey'di Murgrått, 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0016, 2097 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Plaster</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frogner</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hey'di Kalkmaling Grå, 7 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0016, 2097 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Plaster</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frogner</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hey'di Ljusgrå, 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0016, 2097 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Plaster</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frogner</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Heydi Vit 25 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0016, 2097 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Plaster</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frogner</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hey'di Murgrått, 15 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0016, 2097 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Plaster</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frogner</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 02 Wood Tex Red, 10 l </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hey'di KZ 4 liter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0046, 2097 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frogner</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Facade Primer 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Facade Primer, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0050, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 02 Wood Tex White, 0,75 l </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 02 Wood Tex Red, 3 l </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 02 Wood Tex Base 3, 9,1 l </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 02 Wood Tex Base 3, 2,8 l </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Caparol Fasadgrund LF Bas D, 9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caparol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 02 Wood Tex White, 10 l </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 02 Wood Tex White, 3 l </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger 02 Wood Tex White, 0,38 l </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Caparol Fasadgrund LF Bas D, 2,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caparol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hey'di KZ 1 liter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0046, 2097 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frogner</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hey'di Primer Golv 1 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0048, 2097 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frogner</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Facade Primer 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0029, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Facade Primer, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0050, 3097 0029</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Caparol Solid Grundfärg Vit, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caparol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Caparol Solid Grundfärg Vit, 3 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caparol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Heydi Pro Primer 1000 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0015, 2097 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frogner</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Caparol Solid Grundfärg Vit, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caparol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Caparol Solid Grundfärg Vit, 0,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caparol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alcro Grundfärg Mineral, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0054, 3097 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alcro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tikkurila Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Textilgatan 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Heydi Pro Primer 25 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0015, 2097 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frogner</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Heydi KZ 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0015, 2097 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frogner</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Caparol Fasadgrund LF Bas D, 0,9 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Caparol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAW Nordic AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 36115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GÖTEBORG</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hey'di Primer Fasad 4 liter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0047, 2097 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frogner</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hey'di Primer Fasad 1 liter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0047, 2097 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frogner</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hey'di Primer Golv 4 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0048, 2097 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frogner</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hey'di Pro Primer, 1000 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0016, 2097 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primer for fillers, putty and leveling compounds</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frogner</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hey'di Pro Primer, 25 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0016, 2097 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primer for fillers, putty and leveling compounds</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frogner</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lando Rullspackel LG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0026, 3097 0068</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primer for mortar and plaster	</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lando</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SimFAS Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Simrishamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lando Sprutspackel LG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0026, 3097 0068</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primer for mortar and plaster	</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lando</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SimFAS Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Simrishamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lando Väggspackel LG Premium</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0026, 3097 0068</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Primer for mortar and plaster	</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lando</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SimFAS Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Simrishamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dana Lim Acryl Extra 505, 300 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5097 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sealants</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dana Lim</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dana Lim A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Københavnsvej 220</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Køge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JOTUN Akryl Målarfog</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sealants</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jotun A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 2021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandefjord</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hey'di Multifog Manhattan, 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sealants</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frogner</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hey'di Multifog Grå, 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sealants</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frogner</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hey'di Multifog Manhattan, 15 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sealants</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frogner</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lando Acrylfog 3000, 600 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sealants</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lando</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SimFAS Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Simrishamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hey'di Multifog Grå, 15 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sealants</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frogner</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lando Mastic 2000</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sealants</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lando</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SimFAS Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Simrishamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Heydi Multifog Vit 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0015, 2097 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sealants</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frogner</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Relekta 101 Akryl ECO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sealants</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Relekta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SimFAS Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Simrishamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>RAW Acylic Sealant Extra</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sealants</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>RAW</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SimFAS Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Simrishamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Byggmax Acrylfog, 300 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5097 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sealants</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Byggmax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dana Lim A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Københavnsvej 220</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Køge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flügger Wall Seal pro White, 300 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sealants</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>RAW Acrylic Sealant Extra, 300 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5097 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sealants</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>RAW</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dana Lim A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Københavnsvej 220</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Køge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lando Acrylfog 2000, 600 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sealants</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lando</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SimFAS Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Simrishamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Teknos Akrylfog S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sealants</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SimFAS Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Simrishamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lando Acrylfog 3000</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sealants</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lando</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SimFAS Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Simrishamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lando Acrylfog 3000 Listvit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sealants</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lando</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SimFAS Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Simrishamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordsjö Akrylfog Vit, 300 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0039, 3097 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sealants</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordsjö</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Akzo Nobel Decorative Coatings AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Staffantorpsvägen 50</x:v>
       </x:c>
       <x:c t="str">
         <x:v>MALMÖ</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Nordsjö One Door and Window Tech Base Clear</x:v>
-[...552 lines deleted...]
-        <x:v>Exterior paint</x:v>
+        <x:v>LD714 Akrylfog Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sealants</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
-        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
-[...307 lines deleted...]
-        <x:v>Exterior paint</x:v>
+        <x:v>Tremco CPG Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Polhemsplatsen 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>B&amp;J Acrylfuge hvid, 300 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5097 0012</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sealants</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Beck &amp; Jørgensen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dana Lim A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Københavnsvej 220</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Køge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hey'di Multifog Antrasitt, 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sealants</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frogner</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hey'di Multifog Antrasitt, 15 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sealants</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frogner</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lando Acrylfog 2000, 300 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0026</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sealants</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lando</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SimFAS Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Simrishamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Heydi Byggspackel Turbo 10 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0015, 2097 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Self-levelling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frogner</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Heydi Fiberplan Turbo 25 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0015, 2097 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Self-levelling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frogner</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hey'di Proplan® Multi Eco, 25 kg sekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0015, 2097 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Self-levelling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frogner</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Höganäs FB7500 Tunnflyt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0016, 2097 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Self-levelling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Höganäs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frogner</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Höganäs Golvspackel FB9500</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0015, 2097 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Self-levelling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
-        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
-[...3539 lines deleted...]
-        <x:v>Exterior paint</x:v>
+        <x:v>Hey'di AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frogner</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Heydi Laga Lätt 10 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0015, 2097 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Self-levelling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frogner</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hey'di Proplan® Superflyt, bulk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0016, 2097 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Self-levelling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frogner</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hey'di Bäst Flyt, 20 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0016, 2097 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Self-levelling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frogner</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Heydi Bäst Flyt 20 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0015, 2097 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Self-levelling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frogner</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Heydi Laga Lätt 3,5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0015, 2097 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Self-levelling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frogner</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Centro GA 50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Self-levelling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
-        <x:v>Akzo Nobel Decorative Coatings AB</x:v>
-[...21491 lines deleted...]
-        <x:v>Filler</x:v>
+        <x:v>Centro kakel och klinker AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Girovägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hey'di Fiberplan Normal, 20 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0016, 2097 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Self-levelling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Flügger</x:v>
-[...1462 lines deleted...]
-        <x:v>Filler</x:v>
+        <x:v>Hey'di</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frogner</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hey'di Proplan® Rapid, bulk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0015, 2097 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Self-levelling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frogner</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Heydi Fiberplan Rapid 20 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0015, 2097 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Self-levelling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frogner</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hey'di Proplan® Multi Eco, 20 kg sekk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0016, 2097 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Self-levelling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
-        <x:v/>
-[...342 lines deleted...]
-        <x:v>Filler</x:v>
+        <x:v>Hey'di</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frogner</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hey'di Fiberplan Rapid, 20 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0016, 2097 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Self-levelling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Flügger</x:v>
-[...22 lines deleted...]
-        <x:v>Filler</x:v>
+        <x:v>Hey'di</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frogner</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Höganäs Golvspackel FB9500</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0016, 2097 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Self-levelling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Flügger</x:v>
-[...1782 lines deleted...]
-        <x:v>Filler</x:v>
+        <x:v>Höganäs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frogner</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Heydi Fiberplan Normal 20 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0015, 2097 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Self-levelling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frogner</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hey'di Byggsparkel Turbo 15 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0015, 2097 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Self-levelling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frogner</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hey'di Proplan® Multi Eco, bulk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0015, 2097 0016, 2097 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Self-levelling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frogner</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hey'di Fiberplan Turbo, 25 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0016, 2097 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Self-levelling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
-      </x:c>
-[...12318 lines deleted...]
-        <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hey'di</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hey'di AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Postboks 13</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Frogner</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>