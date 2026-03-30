--- v0 (2025-12-17)
+++ v1 (2026-03-30)
@@ -1,181 +1,1141 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf89f6d74c50147ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ef54d6e742a4526" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R8c9a82b48972461b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="products" sheetId="1" r:id="Rddd254516a294741"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8c9a82b48972461b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rddd254516a294741" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brand</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensee</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c t="str">
         <x:v>City</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>YES Original Allt i Ett, 99 kapslar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3017 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Dishwasher detergents and rinse aids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procter &amp; Gamble Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 27303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>YES Platinum Allt i Ett, 59 kapslar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3017 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Dishwasher detergents and rinse aids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procter &amp; Gamble Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 27303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Maskindisktabletter Allt i Ett, 100 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5017 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Dishwasher detergents and rinse aids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto hajusteeton All in 1 Koneastianpesutabletti, 15 kpl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4017 0073, 4017 0063</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Dishwasher detergents and rinse aids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Värna All-In-One Opvasketabs, 40 pcs.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5017 0042</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Dishwasher detergents and rinse aids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Värna</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Neutral Classic Dishwasher Tablets, 100 stk.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5017 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Dishwasher detergents and rinse aids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neutral</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>McBride Denmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Englandsvej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>YES Original Allt i Ett, 55 kapslar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3017 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Dishwasher detergents and rinse aids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procter &amp; Gamble Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 27303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>YES Original Allt i Ett, 78 kapslar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3017 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Dishwasher detergents and rinse aids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procter &amp; Gamble Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 27303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>YES Platinum Allt i Ett, 42 kapslar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3017 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Dishwasher detergents and rinse aids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procter &amp; Gamble Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 27303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ASKO Dishwasher gel, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5017 0042</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Dishwasher detergents and rinse aids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ASKO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Såklart Maskin Disktabletter, 60 stycken</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5017 0057</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Dishwasher detergents and rinse aids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Såklart</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Såklart Maskin Disktabletter, 30 stk.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5017 0057</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Dishwasher detergents and rinse aids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Såklart</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Ânglamark all-in-one Dishwasher Tablets, 40 stk</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5017 0055</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dishwasher detergents</x:v>
       </x:c>
       <x:c t="str">
         <x:v>017 Dishwasher detergents and rinse aids</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Änglamark</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NOPA Nordic A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Finn Thostrup Engen 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hobro</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>YES Platinum Allt i Ett, 34 kapslar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3017 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Dishwasher detergents and rinse aids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procter &amp; Gamble Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 27303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Maskindisk tabletter allt i ett, 70 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5017 0056</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Dishwasher detergents and rinse aids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>ICA Maskindisk Tabletter Parfymfri Allt i Ett, 50 st</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5017 0017</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dishwasher detergents</x:v>
       </x:c>
       <x:c t="str">
         <x:v>017 Dishwasher detergents and rinse aids</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ICA</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NOPA Nordic A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Finn Thostrup Engen 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hobro</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Kiilto hajusteeton All in 1 Koneastianpesutabletti, 15 kpl</x:v>
+        <x:v>YES Original Allt i Ett, 84 kapslar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3017 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Dishwasher detergents and rinse aids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procter &amp; Gamble Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 27303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>62555478 Nila Maskindisk All in 1 Tab, 70 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3017 0075</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Dishwasher detergents and rinse aids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordex</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>YES Platinum Allt i Ett, 26 kapslar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3017 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Dishwasher detergents and rinse aids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procter &amp; Gamble Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 27303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop All In One Maskindisktabletter, 30 stk.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5017 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Dishwasher detergents and rinse aids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>McBride Denmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Englandsvej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Maskindisk Tabletter, 40 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5017 0042</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Dishwasher detergents and rinse aids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fixa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro Green Easy Tabs, 100 pcs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4017 0073, 4017 0063</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dishwasher detergents</x:v>
       </x:c>
       <x:c t="str">
         <x:v>017 Dishwasher detergents and rinse aids</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>YES Original Allt i Ett, 70 kapslar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3017 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Dishwasher detergents and rinse aids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procter &amp; Gamble Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 27303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS Disktabs All-in-one, 80 stk.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5017 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Dishwasher detergents and rinse aids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>McBride Denmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Englandsvej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Miele UltraTabs All in 1 ECO, 60 tabs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5017 0076</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Dishwasher detergents and rinse aids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Miele</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Miele &amp; Cie. KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Carl-Miele-Straße 29</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Guetersloh</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Skona Maskindisktabletter, 30 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5017 0056</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Dishwasher detergents and rinse aids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Skona</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto hajusteeton All in 1 Koneastianpesutabletti, 42 kpl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4017 0073, 4017 0063</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Dishwasher detergents and rinse aids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Kiilto</x:v>
       </x:c>
       <x:c t="str">
         <x:v>KiiltoClean Oy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>PL 250</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tampere</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>YES Platinum Allt i Ett, 80 kapslar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3017 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Dishwasher detergents and rinse aids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procter &amp; Gamble Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 27303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>YES Platinum Allt i Ett, 94 kapslar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3017 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Dishwasher detergents and rinse aids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procter &amp; Gamble Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 27303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>YES Original Allt i Ett, 40 kapslar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3017 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Dishwasher detergents and rinse aids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procter &amp; Gamble Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 27303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Powder Green, 1,6 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4017 0063</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Dishwasher detergents and rinse aids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>YES Platinum Allt i Ett, 27 kapslar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3017 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Dishwasher detergents and rinse aids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procter &amp; Gamble Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 27303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Glenta Maskindiskpulver, 4,5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5017 0077</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Dishwasher detergents and rinse aids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>McBride Denmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lægårdvej 90-94</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holstebro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>62527649 Dimax Maskindisk Tabs, 70 st</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3017 0075</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dishwasher detergents</x:v>
       </x:c>
       <x:c t="str">
         <x:v>017 Dishwasher detergents and rinse aids</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordex</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordexia AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 20001</x:v>
@@ -196,2234 +1156,1242 @@
       </x:c>
       <x:c t="str">
         <x:v>Dishwasher detergents</x:v>
       </x:c>
       <x:c t="str">
         <x:v>017 Dishwasher detergents and rinse aids</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Yes</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Procter &amp; Gamble Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 27303</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>YES Original Allt i Ett, 78 kapslar</x:v>
+        <x:v>Ecover Zero All-In-One Diskmaskinstabletter, 72 tabs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5017 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Dishwasher detergents and rinse aids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecover</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>McBride Denmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Englandsvej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>YES Original Allt i Ett, 105 kapslar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3017 0036</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dishwasher detergents</x:v>
       </x:c>
       <x:c t="str">
         <x:v>017 Dishwasher detergents and rinse aids</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Yes</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Procter &amp; Gamble Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 27303</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>YES Platinum Allt i Ett, 42 kapslar</x:v>
+        <x:v>YES Original Allt i Ett, 39 kapslar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3017 0036</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dishwasher detergents</x:v>
       </x:c>
       <x:c t="str">
         <x:v>017 Dishwasher detergents and rinse aids</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Yes</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Procter &amp; Gamble Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 27303</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Värna All-In-One Opvasketabs, 40 pcs.</x:v>
+        <x:v>YES Platinum Allt i Ett, 70 kapslar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3017 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Dishwasher detergents and rinse aids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procter &amp; Gamble Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 27303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Maskindisk Tabletter Allt i Ett, 50 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5017 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Dishwasher detergents and rinse aids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri Line Dishwasher Tablets All-in-One, 120 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5017 0057</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Dishwasher detergents and rinse aids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>YES Platinum Allt i Ett, 51 kapslar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3017 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Dishwasher detergents and rinse aids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procter &amp; Gamble Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 27303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto hajusteeton All in 1 Koneastianpesutabletti, 68 kpl</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4017 0073, 4017 0063</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Dishwasher detergents and rinse aids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Miele PowerDisk All in 1 ECO, 400 g</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5017 0076</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Dishwasher detergents and rinse aids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Miele</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Miele &amp; Cie. KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Carl-Miele-Straße 29</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Guetersloh</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Grumme allt-i-ett maskindisk tabletter, 50 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2017 0072</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Dishwasher detergents and rinse aids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grumme</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Home &amp; Personal Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 673 Skøyen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSLO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Liv By Clemondo Maskindisktabletter 4 i 1, 100 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3017 0075</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Dishwasher detergents and rinse aids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordexia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Maskindisk Tabletter, 70 st</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5017 0042</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dishwasher detergents</x:v>
       </x:c>
       <x:c t="str">
         <x:v>017 Dishwasher detergents and rinse aids</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Värna</x:v>
-[...13 lines deleted...]
-        <x:v>YES Original Allt i Ett, 55 kapslar</x:v>
+        <x:v>Fixa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>YES Original Allt i Ett, 58 kapslar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3017 0036</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dishwasher detergents</x:v>
       </x:c>
       <x:c t="str">
         <x:v>017 Dishwasher detergents and rinse aids</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Yes</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Procter &amp; Gamble Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 27303</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>YES Platinum Allt i Ett, 94 kapslar</x:v>
+        <x:v>YES Platinum Allt i Ett, 38 kapslar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3017 0036</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dishwasher detergents</x:v>
       </x:c>
       <x:c t="str">
         <x:v>017 Dishwasher detergents and rinse aids</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Yes</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Procter &amp; Gamble Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 27303</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Neutral Classic Dishwasher Tablets, 100 stk.</x:v>
+        <x:v>PLS Disktabs Standard, 100 st 1,4 kg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5017 0048</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dishwasher detergents</x:v>
       </x:c>
       <x:c t="str">
         <x:v>017 Dishwasher detergents and rinse aids</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>McBride Denmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Englandsvej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Skona Maskindisktabletter, 60 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5017 0056</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Dishwasher detergents and rinse aids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA Skona</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop All-in-1 Dishwasher, 30 tabs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5017 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Dishwasher detergents and rinse aids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>McBride Denmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Englandsvej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ocean DubbelDryg Maskindisktabletter, 100 stk.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5017 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Dishwasher detergents and rinse aids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ocean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kemibolaget Ocean AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Smedjegatan 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nacka</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Neutral All-in-1 Dishwasher Tablets, 28 stk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5017 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Dishwasher detergents and rinse aids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Neutral</x:v>
       </x:c>
       <x:c t="str">
         <x:v>McBride Denmark A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Englandsvej 12</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hammel</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>YES Original Allt i Ett, 114 kapslar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3017 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Dishwasher detergents and rinse aids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procter &amp; Gamble Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 27303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Maskindisk tabletter parfymfri, 50 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5017 0056</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Dishwasher detergents and rinse aids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Maskindisk Tabletter Allt i Ett, 70 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5017 0017</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Dishwasher detergents and rinse aids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri Line Dishwasher Tablets Fast Dissolving, 120 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5017 0057</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Dishwasher detergents and rinse aids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>HELLO% Sensitive All-in-One Opvasketabs, 30 stk.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5017 0048</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dishwasher detergents</x:v>
       </x:c>
       <x:c t="str">
         <x:v>017 Dishwasher detergents and rinse aids</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hello sensitive</x:v>
       </x:c>
       <x:c t="str">
         <x:v>McBride Denmark A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Englandsvej 12</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hammel</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>ICA Maskindisk Tabletter Allt i Ett, 70 st</x:v>
-[...2 lines deleted...]
-        <x:v>5017 0017</x:v>
+        <x:v>Ecover Zero All-In-One Diskmaskinstabletter, 24 tabs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5017 0048</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Dishwasher detergents and rinse aids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecover</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>McBride Denmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Englandsvej 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hammel</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PLS Diskfix, 4,5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5017 0077</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Dishwasher detergents and rinse aids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PLS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>McBride Denmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lægårdvej 90-94</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holstebro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>YES Platinum Allt i Ett, 45 kapslar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3017 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Dishwasher detergents and rinse aids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procter &amp; Gamble Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 27303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>YES Original Allt i Ett, 48 kapslar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3017 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Dishwasher detergents and rinse aids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procter &amp; Gamble Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 27303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Puri Line Dishwasher Tablets Mini, 120 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5017 0057</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Dishwasher detergents and rinse aids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA Puri-Line</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>YES Platinum Allt i Ett, 65 kapslar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3017 0036</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Dishwasher detergents and rinse aids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yes</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Procter &amp; Gamble Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 27303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>glenta Dish Tabs, 100 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5017 0057</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dishwasher detergents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Dishwasher detergents and rinse aids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Maskindisk tabletter allt i ett, 50 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5017 0056</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dishwasher detergents</x:v>
       </x:c>
       <x:c t="str">
         <x:v>017 Dishwasher detergents and rinse aids</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ICA</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NOPA Nordic A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Finn Thostrup Engen 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hobro</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Miele PowerDisk All in 1 ECO, 400 g</x:v>
-[...31 lines deleted...]
-        <x:v>ABENA Puri Line Dishwasher Tablets Fast Dissolving, 120 pcs</x:v>
+        <x:v>glenta Dish Tabs all-in-one, 80 pcs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5017 0057</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dishwasher detergents</x:v>
       </x:c>
       <x:c t="str">
         <x:v>017 Dishwasher detergents and rinse aids</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>ABENA Puri-Line</x:v>
-[...22 lines deleted...]
-        <x:v>Dishwasher detergents</x:v>
+        <x:v>Glenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>COOP Rinse Aid Dishwasher, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5017 0055</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Dishwasher detergents and rinse aids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglamark Spolglans, Afspændings-/Glansemiddel, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5017 0055</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Dishwasher detergents and rinse aids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Såklart Spolglans, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5017 0042</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid</x:v>
       </x:c>
       <x:c t="str">
         <x:v>017 Dishwasher detergents and rinse aids</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Såklart</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NOPA Nordic A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Finn Thostrup Engen 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hobro</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>ICA Skona Maskindisktabletter, 30 st</x:v>
-[...319 lines deleted...]
-        <x:v>Fixa Maskindisk Tabletter, 70 st</x:v>
+        <x:v>Vatna Spolglans, 500 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5017 0042</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Dishwasher detergents</x:v>
+        <x:v>Rinse aid</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>017 Dishwasher detergents and rinse aids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vatna</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Spolglans, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5017 0042</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rinse aid</x:v>
       </x:c>
       <x:c t="str">
         <x:v>017 Dishwasher detergents and rinse aids</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fixa</x:v>
-      </x:c>
-[...1502 lines deleted...]
-        <x:v>Såklart</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NOPA Nordic A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Finn Thostrup Engen 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hobro</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>