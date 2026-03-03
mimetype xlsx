--- v0 (2025-12-31)
+++ v1 (2026-03-03)
@@ -1,1469 +1,3293 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33bc0ce8b6d74168" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67df9dcbaa564c8c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R678a06468cd840c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="products" sheetId="1" r:id="Ra657c499ff52440c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R678a06468cd840c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra657c499ff52440c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brand</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensee</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c t="str">
         <x:v>City</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Golvabia Maxwood Lodge Ek Natur (126842)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Golvabia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Golvabia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långgatan 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Anderstorp</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Golvabia Maxwood Lodge Ek Unique Amber (126854)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Golvabia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Golvabia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långgatan 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Anderstorp</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Golvabia Maxwood XL Ek Unique Amber (127054)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Golvabia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Golvabia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långgatan 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Anderstorp</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Golvabia Maxwood XL Ek Natur Vit (127034)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Golvabia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Golvabia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långgatan 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Anderstorp</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Whole Grain (LTCLRW3004)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Cardamom Plank (LTCLRW4011)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>BJELIN HASSLARP 3.0 XL (347050)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0021</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wood veneer floor covering</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bjelin</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Välinge Innovation Sweden AB</x:v>
+        <x:v>Bjelin Viken AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Prästavägen 513</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Viken</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>BJELIN STEHAG 3.0 XXL (347104)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0021</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wood veneer floor covering</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bjelin</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Välinge Innovation Sweden AB</x:v>
+        <x:v>Bjelin Viken AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Prästavägen 513</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Viken</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>BJELIN GULLARP 3.0 XXL (347112)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0021</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wood veneer floor covering</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bjelin</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Välinge Innovation Sweden AB</x:v>
+        <x:v>Bjelin Viken AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Prästavägen 513</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Viken</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>BJELIN DALBY 3.0 XL (347051)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0021</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wood veneer floor covering</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bjelin</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Välinge Innovation Sweden AB</x:v>
+        <x:v>Bjelin Viken AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Prästavägen 513</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Viken</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>BJELIN NORRLIA 3.0 XL (347064)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0021</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wood veneer floor covering</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bjelin</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Välinge Innovation Sweden AB</x:v>
+        <x:v>Bjelin Viken AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Prästavägen 513</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Viken</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>BJELIN STARBY 3.0 XL (347055)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0021</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wood veneer floor covering</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bjelin</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Välinge Innovation Sweden AB</x:v>
-[...31 lines deleted...]
-        <x:v>Välinge Innovation Sweden AB</x:v>
+        <x:v>Bjelin Viken AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Prästavägen 513</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viken</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BJELIN DALBY 3.0 L (310003+310042)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjelin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjelin Viken AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Prästavägen 513</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viken</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Pepper Plank (LTCLRW4013)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Saffron (LTCLRW4005)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Golvabia Maxwood Lodge Natur Pärlgrå (126866)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Golvabia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Golvabia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långgatan 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Anderstorp</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Golvabia Maxwood Lodge Ek Unique (126841)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Golvabia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Golvabia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långgatan 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Anderstorp</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Golvabia Maxwood XL Valnöt Sotad (127058)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Golvabia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Golvabia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långgatan 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Anderstorp</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Golvabia Maxwood XL Lodge Ek Natur Vit (127034)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Golvabia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Golvabia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långgatan 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Anderstorp</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BJELIN BOHULT 3.0 S (310017)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjelin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjelin Viken AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Prästavägen 513</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Viken</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>BJELIN ESARP 3.0 XXL (347119)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0021</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wood veneer floor covering</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bjelin</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Välinge Innovation Sweden AB</x:v>
-[...31 lines deleted...]
-        <x:v>Välinge Innovation Sweden AB</x:v>
+        <x:v>Bjelin Viken AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Prästavägen 513</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Viken</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>BJELIN NORRLIA 3.0 XXL (347107)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0021</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wood veneer floor covering</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bjelin</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Välinge Innovation Sweden AB</x:v>
+        <x:v>Bjelin Viken AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Prästavägen 513</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Viken</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>BJELIN Hardened Oak  IMMELN 3.0 XL (344001)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0021</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wood veneer floor covering</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bjelin</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Välinge Innovation Sweden AB</x:v>
+        <x:v>Bjelin Viken AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Prästavägen 513</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Viken</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>BJELIN Hardened Oak RYA 3.0 XL (344002)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0021</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wood veneer floor covering</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bjelin</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Välinge Innovation Sweden AB</x:v>
+        <x:v>Bjelin Viken AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Prästavägen 513</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Viken</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>BJELIN Hardened Oak GRYTET 3.0 XL (344003)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0021</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wood veneer floor covering</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bjelin</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Välinge Innovation Sweden AB</x:v>
-[...10 lines deleted...]
-        <x:v>BOHULT 3.0 S (310017)</x:v>
+        <x:v>Bjelin Viken AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Prästavägen 513</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viken</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BJELIN BODEN 3.0 Modern (348217 (348218+348219))</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0032</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wood veneer floor covering</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bjelin</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Välinge Innovation Sweden AB</x:v>
-[...37 lines deleted...]
-        <x:v>Viken</x:v>
+        <x:v>Bjelin Viken AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Prästavägen 513</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viken</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BJELIN SIGTUNA 3.0 Classic (348226 (348227+348228))</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjelin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjelin Viken AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Prästavägen 513</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viken</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BJELIN GANTOFTA 3.0 L (310004+310043)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjelin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjelin Viken AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Prästavägen 513</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viken</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Butterscotch (LTCLRW3007)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Turmeric Plank (LTCLRW4012)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Golvabia Maxwood XL Ek Natur (127042)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Golvabia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Golvabia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långgatan 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Anderstorp</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Golvabia Maxwood Lodge Ek Natur Vit (126844)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Golvabia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Golvabia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långgatan 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Anderstorp</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Golvabia Maxwood Lodge Ek Unique Pärlgrå (126846)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Golvabia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Golvabia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långgatan 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Anderstorp</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Golvabia Maxwood XL Ask Vitlaserad (127031)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Golvabia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Golvabia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långgatan 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Anderstorp</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Golvabia Maxwood XLW Ek Natur Elegant Grå (127165)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Golvabia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Golvabia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långgatan 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Anderstorp</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Aros (LTCLRW221150)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>BJELIN GANTOFTA 3.0 XL (347061)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0021</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wood veneer floor covering</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bjelin</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Välinge Innovation Sweden AB</x:v>
+        <x:v>Bjelin Viken AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Prästavägen 513</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Viken</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>BJELIN VISTORP 3.0 XL (347066)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0021</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wood veneer floor covering</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bjelin</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Välinge Innovation Sweden AB</x:v>
-[...31 lines deleted...]
-        <x:v>Välinge Innovation Sweden AB</x:v>
+        <x:v>Bjelin Viken AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Prästavägen 513</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Viken</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>BJELIN Hardened Oak HYLTA 3.0 XL (344004)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0021</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wood veneer floor covering</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bjelin</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Välinge Innovation Sweden AB</x:v>
+        <x:v>Bjelin Viken AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Prästavägen 513</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Viken</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Bjelin TOLLARP 3.0 XXL (347115)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0021</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wood veneer floor covering</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bjelin</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Välinge Innovation Sweden AB</x:v>
-[...5 lines deleted...]
-        <x:v>Viken</x:v>
+        <x:v>Bjelin Viken AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Prästavägen 513</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viken</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BJELIN SANDVIKEN 3.0 Modern (348220 (348221+348222))</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjelin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjelin Viken AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Prästavägen 513</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viken</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Faded Black (LTCLRW3008)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Golvabia Maxwood Lodge Natur Hazel (126862)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Golvabia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Golvabia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långgatan 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Anderstorp</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Golvabia Maxwood XL Ek Unique Elegant Grå (127045)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Golvabia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Golvabia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långgatan 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Anderstorp</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>BJELIN LOSHULT 3.0 XL (347065)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0021</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wood veneer floor covering</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bjelin</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Välinge Innovation Sweden AB</x:v>
+        <x:v>Bjelin Viken AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Prästavägen 513</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Viken</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>BJELIN DALBY 3.0 XXL (347103)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0021</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wood veneer floor covering</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bjelin</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Välinge Innovation Sweden AB</x:v>
+        <x:v>Bjelin Viken AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Prästavägen 513</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Viken</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>BJELIN VISTORP 3.0 XXL (347116)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0021</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wood veneer floor covering</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bjelin</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Välinge Innovation Sweden AB</x:v>
+        <x:v>Bjelin Viken AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Prästavägen 513</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Viken</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>BJELIN HUMLARP 3.0 XL (347059)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0021</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wood veneer floor covering</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bjelin</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Välinge Innovation Sweden AB</x:v>
-[...5 lines deleted...]
-        <x:v>Viken</x:v>
+        <x:v>Bjelin Viken AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Prästavägen 513</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viken</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BJELIN STOCKHOLM 3.0 Classic (348223 (348224+348225))</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjelin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjelin Viken AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Prästavägen 513</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viken</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BJELIN KVARNBY 3.0 L (310001+310040)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjelin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjelin Viken AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Prästavägen 513</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viken</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BJELIN LOSHULT 3.0 L (310006+310045)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjelin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjelin Viken AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Prästavägen 513</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viken</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Coconut Cream (LTCLRW3001)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Fennel Plank (LTCLRW4015)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Nutmeg Plank (LTCLRW4001)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BJELIN LUGNET 3.0 XXL (347111)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjelin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjelin Viken AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Prästavägen 513</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viken</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Golvabia Maxwood Lodge Ek Natur Raw (126836)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Golvabia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Golvabia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långgatan 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Anderstorp</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Golvabia Maxwood Lodge Valnöt Sotad (126858)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Golvabia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Golvabia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långgatan 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Anderstorp</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Golvabia Maxwood XL Ek Unique (127041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Golvabia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Golvabia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långgatan 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Anderstorp</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Golvabia Maxwood XL Ek Natur Raw (127037)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Golvabia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Golvabia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långgatan 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Anderstorp</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Golvabia Maxwood XL Ask Nordic (127027)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Golvabia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Golvabia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långgatan 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Anderstorp</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Golvabia Maxwood XLW Ek Natur Vit (127134)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Golvabia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Golvabia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långgatan 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Anderstorp</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>BJELIN GRYBY 3.0 XL (347067)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0021</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wood veneer floor covering</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bjelin</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Välinge Innovation Sweden AB</x:v>
+        <x:v>Bjelin Viken AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Prästavägen 513</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Viken</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>BJELIN HASSLARP 3.0 XXL (347102)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0021</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wood veneer floor covering</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bjelin</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Välinge Innovation Sweden AB</x:v>
+        <x:v>Bjelin Viken AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Prästavägen 513</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Viken</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>BJELIN LOSHULT 3.0 XXL (347108)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0021</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wood veneer floor covering</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bjelin</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Välinge Innovation Sweden AB</x:v>
+        <x:v>Bjelin Viken AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Prästavägen 513</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Viken</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>BJELIN STEHAG 3.0 XL (347052)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0021</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wood veneer floor covering</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bjelin</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Välinge Innovation Sweden AB</x:v>
-[...31 lines deleted...]
-        <x:v>Välinge Innovation Sweden AB</x:v>
+        <x:v>Bjelin Viken AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Prästavägen 513</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Viken</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>BJELIN VENESTAD 3.0 XXL (347118)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0021</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wood veneer floor covering</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bjelin</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Välinge Innovation Sweden AB</x:v>
-[...37 lines deleted...]
-        <x:v>Viken</x:v>
+        <x:v>Bjelin Viken AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Prästavägen 513</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viken</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BJELIN BODEN 3.0 Classic (348229 (348230+348231))</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjelin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjelin Viken AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Prästavägen 513</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viken</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BJELIN NORRLIA 3.0 L (310005+310044)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjelin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjelin Viken AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Prästavägen 513</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viken</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BJELIN SIGTUNA 3.0 Modern (348214 (348215+348216))</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjelin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjelin Viken AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Prästavägen 513</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viken</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BJELIN STOCKHOLM 3.0 Modern (348211 (348212+348213))</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjelin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjelin Viken AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Prästavägen 513</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viken</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Cocoa Bean (LTCLRW3011)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Driftwood (LTCLRW3005)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Pure Walnut (LTCLRW3010)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Sesame Plank (LTCLRW4014)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Golvabia Maxwood XLW Ek Unique Raw (127137)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Golvabia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Golvabia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långgatan 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Anderstorp</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Golvabia Maxwood XLW Ek Natur Macchiato (127168)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Golvabia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Golvabia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långgatan 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Anderstorp</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>BJELIN GULLARP 3.0 XL (347057)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0021</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wood veneer floor covering</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bjelin</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Välinge Innovation Sweden AB</x:v>
+        <x:v>Bjelin Viken AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Prästavägen 513</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Viken</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>BJELIN GANTOFTA 3.0 XXL (347114)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0021</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wood veneer floor covering</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bjelin</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Välinge Innovation Sweden AB</x:v>
+        <x:v>Bjelin Viken AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Prästavägen 513</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Viken</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>BJELIN KVARNBY 3.0 XL (347049)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0021</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wood veneer floor covering</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bjelin</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Välinge Innovation Sweden AB</x:v>
+        <x:v>Bjelin Viken AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Prästavägen 513</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Viken</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Bjelin TOLLARP 3.0 XL (347062)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0021</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wood veneer floor covering</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bjelin</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Välinge Innovation Sweden AB</x:v>
-[...10 lines deleted...]
-        <x:v>BJELIN SIGTUNA 3.0 Modern (348214 (348215+348216))</x:v>
+        <x:v>Bjelin Viken AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Prästavägen 513</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viken</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BJELIN SANDVIKEN 3.0 Classic (348232 (348233+348234))</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0032</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wood veneer floor covering</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bjelin</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Välinge Innovation Sweden AB</x:v>
-[...10 lines deleted...]
-        <x:v>BJELIN STOCKHOLM 3.0 Modern (348211 (348212+348213))</x:v>
+        <x:v>Bjelin Viken AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Prästavägen 513</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viken</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Earl Grey (LTCLRW3006)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Cumin Plank (LTCLRW4004)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Ginger Plank (LTCLRW4002)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Golvabia Maxwood Lodge Ek Unique Elegant Grå (126845)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Golvabia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Golvabia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långgatan 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Anderstorp</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Golvabia Maxwood XLW Ek Unique Macchiato (127138)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Golvabia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Golvabia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långgatan 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Anderstorp</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Golvabia Maxwood Lodge Ek Unique Hazel (126832)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Golvabia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Golvabia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långgatan 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Anderstorp</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BJELIN ESARP 3.0 XL (347063)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjelin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjelin Viken AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Prästavägen 513</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viken</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BJELIN Hardened Oak DALSHULT 3.0 XL (344000)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjelin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjelin Viken AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Prästavägen 513</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viken</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BJELIN HASSLARP 3.0 L (310002+310041)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0032</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wood veneer floor covering</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bjelin</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Välinge Innovation Sweden AB</x:v>
-[...101 lines deleted...]
-        <x:v>Viken</x:v>
+        <x:v>Bjelin Viken AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Prästavägen 513</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viken</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BJELIN GRYBY 3.0 L (310008+310047)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjelin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjelin Viken AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Prästavägen 513</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viken</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BJELIN KVARNBY 3.0 XXL (347101)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjelin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjelin Viken AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Prästavägen 513</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viken</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Light Suede (LTCLRW3002)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Pure Oak (LTCLRW3003)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Cloves Plank (LTCLRW4003)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Tahini (LTCLRW4016)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kährs Ek Celery Plank (LTCLRW4006)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kährs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 805</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NYBRO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Golvabia Maxwood XLW Ek Unique Elegant Grå (127145)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Golvabia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Golvabia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långgatan 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Anderstorp</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Golvabia Maxwood XLW Ek Natur Raw (127136)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood veneer floor covering</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Golvabia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Golvabia AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Långgatan 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Anderstorp</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>BJELIN GRYBY 3.0 XXL (347109)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0021</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wood veneer floor covering</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bjelin</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Välinge Innovation Sweden AB</x:v>
-[...31 lines deleted...]
-        <x:v>Välinge Innovation Sweden AB</x:v>
+        <x:v>Bjelin Viken AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Prästavägen 513</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Viken</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>BJELIN VENESTAD 3.0 XL (347069)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0021</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wood veneer floor covering</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bjelin</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Välinge Innovation Sweden AB</x:v>
-[...31 lines deleted...]
-        <x:v>Välinge Innovation Sweden AB</x:v>
+        <x:v>Bjelin Viken AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Prästavägen 513</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Viken</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>