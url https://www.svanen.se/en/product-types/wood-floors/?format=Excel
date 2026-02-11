--- v0 (2025-12-26)
+++ v1 (2026-02-11)
@@ -1,861 +1,637 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R585788f1481b414b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd07c4d57dd145c7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R10b05d2dd0214625"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Raebb3104b8a349c2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R10b05d2dd0214625" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Raebb3104b8a349c2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brand</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensee</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c t="str">
         <x:v>City</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>BJELIN BOHULT 3.0 S (310017)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood floors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjelin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Välinge Innovation Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Prästavägen 513</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viken</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BJELIN STENINGE 3.0 M (310010)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood floors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjelin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Välinge Innovation Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Prästavägen 513</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viken</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BJELIN YXENHULT 3.0 S (310018)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood floors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjelin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Välinge Innovation Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Prästavägen 513</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viken</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Golvabia Maxwood XLW Ek Unique Raw (127137)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0025</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wood floors</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Golvabia</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Golvabia AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Långgatan 10</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Anderstorp</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Bofelle® 209 Ek Transparent Rustic borstad, 2-sidig fas 5G Dry Click, Y2 9.6 x 209 x 2200 mm, Toppskikt (mm): 1.2 mm</x:v>
-[...442 lines deleted...]
-        <x:v>St. Margrethen</x:v>
+        <x:v>BJELIN DALEN 3.0 S (310016)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood floors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjelin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Välinge Innovation Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Prästavägen 513</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viken</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BJELIN DALEN 3.0 M (310011)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood floors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjelin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Välinge Innovation Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Prästavägen 513</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viken</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BJELIN YXENHULT 3.0 M (310013)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood floors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjelin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Välinge Innovation Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Prästavägen 513</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viken</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BJELIN BOHULT 3.0 M (310012)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood floors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjelin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Välinge Innovation Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Prästavägen 513</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viken</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BJELIN VISTA White (310201)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood floors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjelin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Välinge Innovation Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Prästavägen 513</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viken</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BJELIN SKOGEN 3.0 M (310009)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood floors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjelin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Välinge Innovation Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Prästavägen 513</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viken</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BJELIN STARBY 3.0 XXL (347110)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood floors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjelin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Välinge Innovation Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Prästavägen 513</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viken</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BJELIN VISTA Natural (310200)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood floors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjelin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Välinge Innovation Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Prästavägen 513</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viken</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BJELIN VISTORP 3.0 L (310007)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood floors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjelin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Välinge Innovation Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Prästavägen 513</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viken</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Golvabia Maxwood XL Lodge Ek Natur Vit (127034)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3029 0025</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wood floors</x:v>
       </x:c>
       <x:c t="str">
         <x:v>029 Floor coverings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Golvabia</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Golvabia AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Långgatan 10</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Anderstorp</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>9.6mm Bofelle® 3-Layer Wood Floor Bofelle® 138 Oak  Rustic Transparent MattPro, brushed, 2-side bevelled Toplayer ca. 1,2mm, 5G Dry Click 9.6 x 138 x 2200mm, FSC® Mix credit</x:v>
-[...282 lines deleted...]
-        <x:v>St. Margrethen</x:v>
+        <x:v>BJELIN SKOGEN 3.0 S (310014)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood floors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjelin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Välinge Innovation Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Prästavägen 513</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viken</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BJELIN VISTA Brown (310202)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood floors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjelin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Välinge Innovation Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Prästavägen 513</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viken</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BJELIN STENINGE 3.0 S (310015)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood floors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjelin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Välinge Innovation Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Prästavägen 513</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viken</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BJELIN NOSABY 3.0 XL (347068)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3029 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wood floors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>029 Floor coverings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bjelin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Välinge Innovation Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Prästavägen 513</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viken</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>