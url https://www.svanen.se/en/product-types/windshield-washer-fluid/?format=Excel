--- v0 (2025-12-17)
+++ v1 (2026-02-03)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a4dd04bd4ab4cb4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3dbeeb944284320" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Rd1d6719899044325"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R7e4319010f924b7c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd1d6719899044325" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7e4319010f924b7c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -260,238 +260,238 @@
       </x:c>
       <x:c t="str">
         <x:v>Windshield washer fluid</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Care products for vehicles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>InnovaTeam AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vretavägen 22</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Herrljunga</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Spolarvätska koncentrerad, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0106</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Windshield washer fluid</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Swed Handling AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenium Polar Spolarvätska, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Windshield washer fluid</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenium Polar Spolarvätska, 205 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Windshield washer fluid</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Spolarvätska Superkoncentrat, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0137, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Windshield washer fluid</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Spolarvätska Superkoncentrat, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0137, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Windshield washer fluid</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Würth Spolarvätska Superkoncentrat,  25 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0137, 3013 0108</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Windshield washer fluid</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Care products for vehicles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Würth</x:v>
       </x:c>
       <x:c t="str">
         <x:v>InnovaTeam AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vretavägen 22</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Herrljunga</x:v>
-      </x:c>
-[...158 lines deleted...]
-        <x:v>Helsingborg</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Spolarvätska koncentrerad, 208 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0106</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Windshield washer fluid</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Care products for vehicles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">