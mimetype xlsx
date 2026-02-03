--- v0 (2025-12-19)
+++ v1 (2026-02-03)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7adb27ea90604866" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc1e16522a0f4635" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Rbb759a7781a64aca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R0250bac9e22342e9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbb759a7781a64aca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0250bac9e22342e9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -132,50 +132,146 @@
       </x:c>
       <x:c t="str">
         <x:v>Window cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Care products for vehicles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Blåtind</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wilhelmsen Chemicals AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kirkeveien 578</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kjøpmannskjær</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Effekt Svenska AB, Fönsterputs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3076 0106, 3076 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>076 Cleaning services</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Effekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Effekt Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Östra Bangatan 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arlandastad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sesab AB, Fönsterputs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3076 0109, 3076 0054</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>076 Cleaning services</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sesab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sesab Service AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 16060</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MALMÖ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rengörare Näslund AB, Fönsterputs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3076 0159, 3076 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>076 Cleaning services</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rengörare Näslund</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rengörare Näslund AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 5895</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>BASTA green line Fönsterputs, 710 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0108, 3013 0108</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Window cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Care products for vehicles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Basta</x:v>
       </x:c>
       <x:c t="str">
         <x:v>InnovaTeam AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vretavägen 22</x:v>
@@ -196,142 +292,142 @@
       </x:c>
       <x:c t="str">
         <x:v>Window cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Care products for vehicles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lahega</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Clemondo AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 13073</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Helsingborg</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Rengörare Näslund AB, Fönsterputs</x:v>
-[...90 lines deleted...]
-        <x:v>MALMÖ</x:v>
+        <x:v>Glasrent ECO, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Turtle Wax Glass Cleaner, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0129</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turtle Wax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Würth Glass Cleaner ECO, 710 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Würth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Itri Service, Fönsterputs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3076 0176</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Window cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>076 Cleaning services</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Itri</x:v>
       </x:c>
       <x:c t="str">
@@ -356,526 +452,430 @@
       </x:c>
       <x:c t="str">
         <x:v>Window cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>076 Cleaning services</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>KLENI</x:v>
       </x:c>
       <x:c t="str">
         <x:v>KLENI AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Orrvägen 26</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sollentuna</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Glasrent ECO, 5 l</x:v>
+        <x:v>Östgöta Elitstäd AB, Fönsterputs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3076 0169</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>076 Cleaning services</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Östgöta Elitstäd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Östgöta Elitstäd AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tenngatan 11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norrköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Glasrent ECO, 710 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0108, 3013 0108</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Window cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Care products for vehicles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>InnovaTeam AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vretavägen 22</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Herrljunga</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Turtle Wax Glass Cleaner, 500 ml</x:v>
-[...31 lines deleted...]
-        <x:v>Würth Glass Cleaner ECO, 710 ml</x:v>
+        <x:v>Lokalvården Campusavdelningen Örebro Universitet, Fönsterputs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3076 0119, 3076 0079</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>076 Cleaning services</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Örebro universitet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Örebro Universitet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1252</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Örebro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Window Shine 42i, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Window Shine 42i, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fönsterputs Green, 3x5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0113</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Autosmart International Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lynn Lane</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lichfield</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>F61 Foma Window Shine Max Power, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0130</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma Norge AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>XLNT Group AB, Fönsterputs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3076 0118, 3076 0082</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>076 Cleaning services</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NRSE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>XLNT Group AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ursviksvägen 127B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EXISO AB, Fönsterputs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3076 0173</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>076 Cleaning services</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EXISO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EXISO AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KRONÄNGSGATAN 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norrköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>F61 Foma Window Shine Max Power, 710 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0130</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Window cleaning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma Norge AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Würth Glass Cleaner, 5 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0108, 3013 0108</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Window cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Care products for vehicles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Würth</x:v>
+        <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>InnovaTeam AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vretavägen 22</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Herrljunga</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Glasrent ECO, 710 ml</x:v>
+        <x:v>Würth Glass Cleaner, 25 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0108, 3013 0108</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Window cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Care products for vehicles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>InnovaTeam AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vretavägen 22</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Herrljunga</x:v>
-      </x:c>
-[...350 lines deleted...]
-        <x:v>Norrköping</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Städpulsen AB, Fönsterputs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3076 0115, 3076 0026</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Window cleaning</x:v>
       </x:c>
       <x:c t="str">
         <x:v>076 Cleaning services</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Städpulsen</x:v>
       </x:c>
       <x:c t="str">