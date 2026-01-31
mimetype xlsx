--- v0 (2025-12-17)
+++ v1 (2026-01-31)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85a4823a3a2c455f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52e1ee4f1bc446de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R76ff63be3a754c35"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R872850891c134d2a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R76ff63be3a754c35" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R872850891c134d2a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -2116,110 +2116,110 @@
       </x:c>
       <x:c t="str">
         <x:v>Wet wipe</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SOFT</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Zhejiang Bright Care Co.,Ltd</x:v>
       </x:c>
       <x:c t="str">
         <x:v>No. 38, Linxi RD, Qujiang District</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Quzhou City, Zhejiang</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Bamboo make-up remover wipes, 30 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0435</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wet wipe</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tiger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sapona Limited</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sapona Limited, Unit 11 Wadsworth Business Centre, 21 Wadsworth Road, Perivale</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>London</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>ICA Hjärtat Intim tvättservetter oparfymerade, 20 st</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3090 0023</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wet wipe</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ICA Hjärtat</x:v>
       </x:c>
       <x:c t="str">
         <x:v>K. Ungh AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skjutbanevägen 8</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bollnäs</x:v>
-      </x:c>
-[...30 lines deleted...]
-        <x:v>London</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>ICA Milt parfymerade våtservetter Take Care, 30 st</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3090 0023</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wet wipe</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ICA</x:v>
       </x:c>
       <x:c t="str">