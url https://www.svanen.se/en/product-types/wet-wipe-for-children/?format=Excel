--- v0 (2025-12-23)
+++ v1 (2026-02-13)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36cc087c35254c73" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb24f3b2f9eb2470c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Rbe30d896962a4206"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R81617f3b31b34893"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbe30d896962a4206" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R81617f3b31b34893" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -1380,50 +1380,82 @@
       </x:c>
       <x:c t="str">
         <x:v>Wet wipe for children</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SOFT</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Zhejiang Bright Care Co.,Ltd</x:v>
       </x:c>
       <x:c t="str">
         <x:v>No. 38, Linxi RD, Qujiang District</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Quzhou City, Zhejiang</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Bambo Nature Aqua Wet Wipes, 55 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0443</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wet wipe for children</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bambo Nature</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Abena A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Egelund 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aabenraa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Rusta NoFo Soft &amp; Gentle Baby Wipes, 72 pack</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3090 0023</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wet wipe for children</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NoFo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>K. Ungh AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skjutbanevägen 8</x:v>