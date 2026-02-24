--- v0 (2025-12-28)
+++ v1 (2026-02-24)
@@ -1,85 +1,149 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R235c4010d9984b12" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red6dd63a55a349fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Rb82cdec3e3824af7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Rc7e5576ef27d4880"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb82cdec3e3824af7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc7e5576ef27d4880" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brand</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensee</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c t="str">
         <x:v>City</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Mac 282 BIO, 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien Servicecenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecoline Wash, 25 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0146</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Otto Christ AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Memminger Strasse 51</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Benningen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>SONAX SX Gloss Shampoo Eco Svanen 10L</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0104</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vehicle Shampoo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Care products for vehicles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sonax</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sonax GmbH</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Münchenerstrasse 75</x:v>
@@ -100,50 +164,210 @@
       </x:c>
       <x:c t="str">
         <x:v>Vehicle Shampoo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Care products for vehicles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecoren</x:v>
       </x:c>
       <x:c t="str">
         <x:v>PK Produkter AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Snickarvägen 1B</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Saltsjö-Boo</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Istobal Super Foam BIO FB, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Istobal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien Servicecenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skumvoks ECOPRO, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0122</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dr. Stöcker ECOPRO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Chemische Fabrik Dr. Stöcker GmbH &amp; Co.KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gewerbestraße 19 - 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pfaffen-Schwabenheim</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Förrengöring ECOPRO, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0122</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dr. Stöcker ECOPRO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Chemische Fabrik Dr. Stöcker GmbH &amp; Co.KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gewerbestraße 19 - 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pfaffen-Schwabenheim</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>XTRA FOAMY SWAN, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0125</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lavantia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lavantia Nature S.L.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>C/Picapeders, 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>L’Alcudia (Valencia)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Ultra Shine, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>IT-481 Borsttvättschampo, 200 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0108, 3013 0108</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vehicle Shampoo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Care products for vehicles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>InnovaTeam</x:v>
       </x:c>
       <x:c t="str">
         <x:v>InnovaTeam AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vretavägen 22</x:v>
@@ -164,9978 +388,9850 @@
       </x:c>
       <x:c t="str">
         <x:v>Vehicle Shampoo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Care products for vehicles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>VehiclePro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Alfred Kärcher SE &amp; Co. KG</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Friedrichstraße - Tor 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Winnenden</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Istobal Super Foam BIO FB, 10 l</x:v>
+        <x:v>Borstvättschampo Extra, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Blåtind Professionell Skumtvätt, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0089</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blåtind</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wilhelmsen Chemicals AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kirkeveien 578</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kjøpmannskjær</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FoamClean Citrus, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WashTec</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AUWA-Chemie GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Argonstr. 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Augsburg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Turtle Wax Pro Caravan Wash &amp; Shine, 208 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0131, 3013 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turtle Wax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen Miljökemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaggeryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sanego Autoshine, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sanego Autoshine, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sanego Wax Shampoo, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sanego Wax Shampoo, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sanego Wax Shampoo, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>F51 Foma Auto Shampo, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0130</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma Norge AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kemhuset Alkalisk Miljötvätt, 210 I</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Power Wash Red, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>F52 Foma Auto shampo Plus, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0130</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma Norge AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Power Foam Extra, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skumvoks ECOPRO, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0122</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dr. Stöcker ECOPRO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Chemische Fabrik Dr. Stöcker GmbH &amp; Co.KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gewerbestraße 19 - 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pfaffen-Schwabenheim</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WL Wheel Cleaner, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Car Shampoo Shine, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0139</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kärcher</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kärcher AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 24</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hisings Kärra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BASTA green line Vaxschampo, 710 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Basta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Autowash Green, 3x5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0113</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Autosmart International Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lynn Lane</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lichfield</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Shafir Bilshampo, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0126</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shafir</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aksab Kemi Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tumbavägen 38</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TUMBA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Shafir Bilshampo, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0126</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shafir</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aksab Kemi Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tumbavägen 38</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TUMBA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Würth Vaxschampo, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Würth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Blåtind Professionell Skumtvätt, 4 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0089</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blåtind</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wilhelmsen Chemicals AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kirkeveien 578</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kjøpmannskjær</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Greenium Automattvätt Borstschampo, 205 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BrushTecs Ultra, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>AUWA-Chemie GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Argonstr. 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Augsburg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FoamClean Jet Citrus, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WashTec</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AUWA-Chemie GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Argonstr. 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Augsburg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>F51 Foma Auto Shampo, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0130</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma Norge AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kemhuset Alkalisk Miljötvätt, 4 I</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Proline Clean, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AdProLine</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Proline Foam, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AdProLine</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Proline Brush, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AdProLine</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>F45 Skumvask Pluss, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0130</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma Norge AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Wax Shampoo Plus, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Wax Shampoo Plus, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Wax Shampoo Plus, 205 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Graenni Car Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1013 0128</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grænni</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gefn</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Víkurhvarf 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kópavogur</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Würth Shine Foam Wash Eco, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Würth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WASH &amp; WAX SCHAMPO ECO, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Wax Shampoo 45w, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Power Foam Multi, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Turtle Wax Professional Wax Shampoo, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0090, 3013 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turtle Wax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen Miljökemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaggeryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Wash Shine, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Wash Shine, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Autoshampoo, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0139</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kärcher</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kärcher AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 24</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hisings Kärra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mac 212 BIO, 200 l fat</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0011</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vehicle Shampoo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Care products for vehicles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien Servicecenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Jet Canon A Mousse, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0109</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Istobal</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>ISTOBAL, S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avda. Conde del Serrallo, 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>L’Alcudia (Valencia)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SGA Ecoline Glansschampo ECO+ 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0142</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Ecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Trading AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saldovägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SGA Ecoline Glansschampo ECO+ 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0142</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Ecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Trading AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saldovägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecoline Foam, 25 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0146</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Otto Christ AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Memminger Strasse 51</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Benningen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>904 PRO Glans Shampo, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0089</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>904 PRO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wilhelmsen Chemicals AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kirkeveien 578</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kjøpmannskjær</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>107 ECOMAX Shampoo, 25 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiehl Ecomax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KAW Kiehl KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oskar-von-Miller-Str. 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odelzhausen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>XTRA BRUSH SHAMPOO SWAN, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0125</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lavantia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lavantia Nature S.L.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>C/Picapeders, 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>L’Alcudia (Valencia)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Neutral Shampoo ECOPRO, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0122</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dr. Stöcker ECOPRO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Chemische Fabrik Dr. Stöcker GmbH &amp; Co.KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gewerbestraße 19 - 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pfaffen-Schwabenheim</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Superskum ECOPRO, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0122</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dr. Stöcker ECOPRO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Chemische Fabrik Dr. Stöcker GmbH &amp; Co.KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gewerbestraße 19 - 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pfaffen-Schwabenheim</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Brush Foam, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tammermatic Swanline: ALKALINE, 10 l, 20 l, 200 l,1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4013 0097</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tammermatic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tammermatic Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaaksakuja 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pirkkala</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Carsoft 353, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BIOkleen Chassitvätt, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0090, 3013 0131, 3013 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen Miljökemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaggeryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STW-200 Hyper Detergent, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turtle Wax Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Transchem Inc.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1225 Franklin Blvd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cambridge, Ontario</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mac 212 BIO, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Macserien Servicecenter AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mossvägen 3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Järfälla</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Skumvoks ECOPRO, 10 l</x:v>
+        <x:v>Eco Ultra Shine, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Ultra Shine, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Greenium Automattvätt Borstschampo, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Macken Vaxschampo, 710 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macken</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Active Mousse Spa, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0109</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Istobal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ISTOBAL, S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avda. Conde del Serrallo, 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>L’Alcudia (Valencia)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Würth Vaxschampo, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Würth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Würth Vaxschampo, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Würth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaxschampo Extra, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BS Greenline Brush, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0127</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rörvägen 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jordbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Greenium Automattvätt Snöskum, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ALK 307 Wax Shampoo, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>AUWA-Chemie GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Argonstr. 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Augsburg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Greenium Schampo, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Greenium Schampo, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Greenium Schampo, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BIOkleen Caravan Shine, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0131, 3013 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen Miljökemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaggeryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Turtle Wax Caravan Wash &amp; Shine, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0131, 3013 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turtle Wax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen Miljökemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaggeryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Shafir Bilschampo (konsument), 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0126</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shafir</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aksab Kemi Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tumbavägen 38</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TUMBA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>F51 Foma Auto Shampo, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0130</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma Norge AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Proline Clean, Fat 210 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AdProLine</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Power Wash Red, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Remi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>F52 Foma Auto shampo Plus, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0130</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma Norge AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>F45 Skumvask Pluss, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0130</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma Norge AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bilschampo ECO, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Krafttvätt, 5L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AdProLine</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Foma F56 Auto Shampo Ultraextreme, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0130</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma Norge AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Würth Shine Foam Wash Eco, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Würth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HIGH FOAM SCHAMPO ECO, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Power Foam Extra, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Power Foam Neutral, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Turtle Wax Professional Wax Shampoo, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0090, 3013 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turtle Wax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen Miljökemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaggeryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Turtle Wax Streak-Free Shampoo, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0090, 3013 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turtle Wax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen Miljökemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaggeryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Neutral Shampoo ECOPRO, 25 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5013 0122</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vehicle Shampoo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Care products for vehicles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dr. Stöcker ECOPRO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Chemische Fabrik Dr. Stöcker GmbH &amp; Co.KG</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gewerbestraße 19 - 25</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Pfaffen-Schwabenheim</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Förrengöring ECOPRO, 10 l</x:v>
+        <x:v>Universal Cleaner, OneTab Pro, 4 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0138</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OneTab Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EZEE-Tabs Holding GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silberhofstrasse 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freiberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Wash Shine, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Wash Shine, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mac 242 BIO, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien Servicecenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mac 242 BIO, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien Servicecenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hyper Foam, 4 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>"Hyper" Shampoo 90702, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>904</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Transchem Inc.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1225 Franklin Blvd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cambridge, Ontario</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Autoshampoo, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0139</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kärcher</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kärcher AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 24</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hisings Kärra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Car Shampoo Shine, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0139</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kärcher</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kärcher AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 24</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hisings Kärra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nilfisk Car Combi Cleaner, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0141</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nilfisk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sirena Soap Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bygmestervej 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hadsund</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mac 212 BIO, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien Servicecenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mac 282 BIO, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien Servicecenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Superskum ECOPRO, 200 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5013 0122</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vehicle Shampoo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Care products for vehicles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>ECOPRO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Chemische Fabrik Dr. Stöcker GmbH &amp; Co.KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gewerbestraße 19 - 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pfaffen-Schwabenheim</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mac 212 BIO, 1000 l IBC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien Servicecenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>904 PRO Glans Shampo, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0089</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>904 PRO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wilhelmsen Chemicals AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kirkeveien 578</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kjøpmannskjær</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Carwash, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Turtle Wax Pro Truckwash, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0090, 3013 0131, 3013 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turtle Wax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen Miljökemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaggeryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WL Tensid Y, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Brush Foam, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Brush Foam, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STW-800 Prewash Foam, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turtle Wax Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Transchem Inc.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1225 Franklin Blvd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cambridge, Ontario</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Ultra Shine, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Ultra Shine, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Shafir Bilshampo, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0126</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shafir</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aksab Kemi Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tumbavägen 38</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TUMBA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Shafir Bilshampo, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0126</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shafir</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aksab Kemi Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tumbavägen 38</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TUMBA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Shampoo Spa, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0109</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Istobal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ISTOBAL, S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avda. Conde del Serrallo, 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>L’Alcudia (Valencia)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Borstvättschampo Extra, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Borstvättschampo Vinter ECO, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Power Foam Soft, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Blåtind Professionell Bilschampo med glans, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0089</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blåtind</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wilhelmsen Chemicals AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kirkeveien 578</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kjøpmannskjær</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Blåtind Professionell Auto Schampo, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0089</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blåtind</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wilhelmsen Chemicals AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kirkeveien 578</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kjøpmannskjær</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Turtle Wax Pro Caravan Wash &amp; Shine, 208 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0090, 3013 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turtle Wax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen Miljökemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaggeryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Turtle Wax Pro Caravan Wash &amp; Shine, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0131, 3013 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turtle Wax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen Miljökemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaggeryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BIOkleen Caravan Shine, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0131, 3013 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen Miljökemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaggeryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sanego Autoshine, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sanego Autoshine, 600 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sanego Autoshine, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Shafir Bilschampo (konsument), 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0126</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shafir</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aksab Kemi Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tumbavägen 38</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TUMBA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Shafir Bilschampo (konsument), 0,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0126</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shafir</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aksab Kemi Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tumbavägen 38</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TUMBA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>F51 Foma Auto Shampo, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0130</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma Norge AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kemhuset Alkalisk Miljötvätt, 1000 I</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Proline Foam, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AdProLine</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Power Wash Red, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>F52 Foma Foma Auto shampo Plus, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0130</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma Norge AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>F44 Foma Powerfoam Plus, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0130</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma Norge AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Krafttvätt Kraftvask Tehopesu, 1L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AdProLine</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Krafttvätt Kraftvask Tehopesu, 210L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AdProLine</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecoren MPX-31 Vaxschampo, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0107</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecoren</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PK Produkter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 1B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saltsjö-Boo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BS Greenline Fordonsschampo, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0127</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rörvägen 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jordbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Etra Power Wash, 10 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4013 0134</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Etra</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HIGH FOAM SCHAMPO ECO, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>112 ECOMAX Foam, 11 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiehl Ecomax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KAW Kiehl KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oskar-von-Miller-Str. 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odelzhausen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Superskum ECOPRO, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0122</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Dr. Stöcker ECOPRO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Chemische Fabrik Dr. Stöcker GmbH &amp; Co.KG</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gewerbestraße 19 - 25</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Pfaffen-Schwabenheim</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>XTRA FOAMY SWAN, 10 l</x:v>
+        <x:v>WL Superfoam, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WL Superfoam, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WL Prewash foam, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Run Off, OneTab Pro, 4 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0138</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OneTab Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EZEE-Tabs Holding GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silberhofstrasse 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freiberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Shine Shampoo 90716, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>904</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Transchem Inc.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1225 Franklin Blvd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cambridge, Ontario</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Carwash, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Carwash, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Greenium Automattvätt Snöskum, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Autowash Green, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0113</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Autosmart International Ltd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lynn Lane</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lichfield</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaxschampo Extra, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaxschampo Extra 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BS Greenline Brush, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0127</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rörvägen 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jordbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Blåtind Professionell Auto Schampo, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0089</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blåtind</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wilhelmsen Chemicals AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kirkeveien 578</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kjøpmannskjær</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Blåtind Professionell Skumtvätt, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0089</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blåtind</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wilhelmsen Chemicals AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kirkeveien 578</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kjøpmannskjær</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Blåtind Professionell Skumtvätt, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0089</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blåtind</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wilhelmsen Chemicals AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kirkeveien 578</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kjøpmannskjær</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vax schampoo, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4013 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pineline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tekno-Forest Oy Ltd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kynttilätie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FoamClean Neutral, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>AUWA-Chemie GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Argonstr. 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Augsburg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ShampooClean Citrus, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>AUWA-Chemie GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Argonstr. 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Augsburg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Greenium Schampo, 205 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Turtle Wax Caravan Wash &amp; Shine, 1 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0090, 3013 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turtle Wax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen Miljökemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaggeryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Turtle Wax Pro Caravan Wash &amp; Shine, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0131, 3013 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turtle Wax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen Miljökemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaggeryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sanego Autoshine, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sanego Wax Shampoo, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sanego Wax Shampoo, 600 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Shafir Bilschampo (konsument), 0,75 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0126</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shafir</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aksab Kemi Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tumbavägen 38</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TUMBA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BrushTecs Plus, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WashTec</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AUWA-Chemie GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Argonstr. 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Augsburg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Proline Foam, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AdProLine</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>F52 Foma Foma Auto shampo Plus, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0130</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma Norge AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Krafttvätt Kraftvask Tehopesu, 25L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AdProLine</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Foma F56 Auto Shampo Ultraextreme, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0130</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma Norge AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecoren MPX-31 Vaxschampo, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0107</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecoren</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PK Produkter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 1B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saltsjö-Boo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BS Greenline Fordonsschampo, 208 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0127</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rörvägen 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jordbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Wax Shampoo 45w, 205 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BieTech XTRA FOAMY, 10 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5013 0125</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vehicle Shampoo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Care products for vehicles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Lavantia</x:v>
+        <x:v>Penguin</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lavantia Nature S.L.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>C/Picapeders, 10</x:v>
       </x:c>
       <x:c t="str">
         <x:v>L’Alcudia (Valencia)</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Eco Ultra Shine, 5 l</x:v>
+        <x:v>Alkaline Wash, OneTab Pro, 4 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0138</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OneTab Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EZEE-Tabs Holding GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silberhofstrasse 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freiberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Brush Shampoo, OneTab Pro, 4 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0138</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OneTab Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EZEE-Tabs Holding GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silberhofstrasse 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freiberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mac 242 BIO, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien Servicecenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WL Bug Remover, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WL Dirt Remover, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hyper Foam, 210 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Autoshampoo, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0139</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kärcher</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kärcher AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 24</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hisings Kärra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nilfisk Car Combi Cleaner, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0141</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nilfisk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sirena Soap Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bygmestervej 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hadsund</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mac 212 BIO, 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien Servicecenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mac 282 BIO, 1000 l IBC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien Servicecenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SGA Ecoline Glansschampo ECO+ 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0142</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Ecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Trading AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saldovägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SGA Ecoline Glansschampo ECO+ 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0142</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Ecoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SGA Trading AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saldovägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pineline Active Foam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4013 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pineline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tekno-Forest Oy Ltd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kynttilätie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Turtle Wax Pro Truckwash, 208 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0090, 3013 0131, 3013 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turtle Wax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen Miljökemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaggeryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Turtle Wax Pro Chassitvätt, 208 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0090, 3013 0131, 3013 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turtle Wax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen Miljökemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaggeryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SONAX Vaxschampo Premium, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sonax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CIFAB Trading AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klippan 1A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tammermatic Swanline: X förtvättsmedel, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4013 0097</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tammermatic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tammermatic Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaaksakuja 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pirkkala</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Brush Foam, 1000 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0123</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vehicle Shampoo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Care products for vehicles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Blue &amp; Green</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Blue &amp; Green AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stenorsvägen 52</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Landskrona</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Borstvättschampo Extra, 25 l</x:v>
+        <x:v>Eco Brush Foam, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Havoline X-29 Car Schampoo Eco, 208 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0127</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rörvägen 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jordbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tammermatic Swanline: FOAM, 10 l, 20 l, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4013 0097</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tammermatic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tammermatic Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaaksakuja 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pirkkala</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>112 ECOMAX Foam, 25 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiehl Ecomax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KAW Kiehl KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oskar-von-Miller-Str. 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odelzhausen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BIOkleen Chassitvätt, 208 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0090, 3013 0131, 3013 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen Miljökemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaggeryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>VehiclePro RM 812 eco!perform AKTIVT SKUM, 20 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0117</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VehiclePro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alfred Kärcher SE &amp; Co. KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Friedrichstraße - Tor 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Winnenden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WL Skum Y, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tammermatic Swanline: Nordic 2 förtvättsmedel, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4013 0097</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tammermatic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tammermatic Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaaksakuja 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pirkkala</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Greenium Vaxschampo, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Borstvättschampo Vinter ECO, 25 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0108, 3013 0108</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vehicle Shampoo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Care products for vehicles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>InnovaTeam AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vretavägen 22</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Herrljunga</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Blåtind Professionell Skumtvätt, 25 l</x:v>
+        <x:v>Blåtind Professionell Auto Schampo, 25 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2013 0089</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vehicle Shampoo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Care products for vehicles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Blåtind</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Wilhelmsen Chemicals AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kirkeveien 578</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kjøpmannskjær</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>FoamClean Citrus, 10 l</x:v>
+        <x:v>Mac 282 BIO, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien Servicecenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mac 212 BIO, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien Servicecenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BRUSH 503 - Shampoo, 10 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0094</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vehicle Shampoo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Care products for vehicles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>AUWA-Chemie GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Argonstr. 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Augsburg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BIOkleen Caravan Shine, 5 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0090, 3013 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen Miljökemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaggeryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Carwash, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Carwash, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Carwash, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kemhuset Alkalisk Miljötvätt, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Proline Clean, IBC 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AdProLine</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Proline Brush, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AdProLine</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Power Wash Red, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Krafttvätt Kraftvask Tehopesu, 5L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AdProLine</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Foma F56 Auto Shampo Ultraextreme, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0130</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma Norge AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecoren MPX-30 Glansschampo Auto, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0107</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecoren</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PK Produkter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 1B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saltsjö-Boo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecoren MPX-31 Vaxschampo, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0107</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecoren</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PK Produkter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 1B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saltsjö-Boo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Powerfoam Active (IT-472), 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Powerfoam Active (IT-472), 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Wax Shampoo 45w, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Power Foam Multi, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WL Prewash foam, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Wash Shine, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0123</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blue &amp; Green AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stenorsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landskrona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hyper Foam, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Car Shampoo Shine, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0139</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kärcher</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kärcher AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 24</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hisings Kärra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JetFoam, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>WashTec</x:v>
       </x:c>
       <x:c t="str">
         <x:v>AUWA-Chemie GmbH</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Argonstr. 7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Augsburg</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Turtle Wax Pro Caravan Wash &amp; Shine, 208 l</x:v>
-[...2 lines deleted...]
-        <x:v>3013 0131, 3013 0090</x:v>
+        <x:v>904 PRO Skumvask, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0089</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>904 PRO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wilhelmsen Chemicals AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kirkeveien 578</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kjøpmannskjær</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>904 PRO Skumvask, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0089</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>904 PRO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wilhelmsen Chemicals AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kirkeveien 578</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kjøpmannskjær</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tammermatic Swanline: WASH, 10 l, 20 l, 200 l, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4013 0097</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tammermatic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tammermatic Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaaksakuja 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pirkkala</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>IT-481 Borsttvättschampo, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Proline Surfactant, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WL Borstschampoo Y, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Shafir Bilshampo, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0126</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shafir</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aksab Kemi Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tumbavägen 38</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TUMBA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vaxschampo Extra, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Borstvättschampo Vinter ECO, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Blåtind Professionell Bilschampo med glans, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0089</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blåtind</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wilhelmsen Chemicals AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kirkeveien 578</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kjøpmannskjær</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Blåtind Professionell Bilschampo med glans, 4 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0089</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blåtind</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wilhelmsen Chemicals AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kirkeveien 578</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kjøpmannskjær</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Blåtind Professionell Bilschampo med glans, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0089</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Blåtind</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wilhelmsen Chemicals AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kirkeveien 578</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kjøpmannskjær</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Carsoft 353, 205 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Greenium Automattvätt Borstschampo, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FoamClean Citrus, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WashTec</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AUWA-Chemie GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Argonstr. 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Augsburg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Turtle Wax Pro Caravan Wash &amp; Shine, 5 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0090, 3013 0090</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vehicle Shampoo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Care products for vehicles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Turtle Wax</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Biokleen Miljökemi AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 175</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vaggeryd</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Sanego Autoshine, 25 l</x:v>
+        <x:v>Turtle Wax Pro Caravan Wash &amp; Shine, 25 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0090, 3013 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turtle Wax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen Miljökemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaggeryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sanego Autoshine, 1 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0088</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vehicle Shampoo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Care products for vehicles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sanego</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sanego AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vallevägen 26</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jämjö</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Sanego Autoshine, 5 l</x:v>
+        <x:v>Proline Foam, 210 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AdProLine</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Proline Foam, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AdProLine</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bilschampo ECO, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Foma F56 Auto Shampo Ultraextreme, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0130</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Foma Norge AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecoren MPX-30 Glansschampo Auto, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0107</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecoren</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PK Produkter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 1B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saltsjö-Boo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BS Greenline Fordonsschampo, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0127</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rörvägen 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jordbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WASH &amp; WAX SCHAMPO ECO, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WASH &amp; WAX SCHAMPO ECO, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>107 ECOMAX Shampoo, 11 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiehl Ecomax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KAW Kiehl KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oskar-von-Miller-Str. 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odelzhausen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Graenni Pre-Wash Snow Foam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1013 0128</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grænni</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gefn</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Víkurhvarf 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kópavogur</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Power Foam Extra, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BieTech XTRA BRUSH SHAMPOO, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0125</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Penguin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lavantia Nature S.L.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>C/Picapeders, 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>L’Alcudia (Valencia)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Förrengöring ECOPRO, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0122</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dr. Stöcker ECOPRO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Chemische Fabrik Dr. Stöcker GmbH &amp; Co.KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gewerbestraße 19 - 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pfaffen-Schwabenheim</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gloss Shampoo, OneTab Pro, 3,6 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0138</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OneTab Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EZEE-Tabs Holding GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silberhofstrasse 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freiberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mac 242 BIO, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien Servicecenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mac 242 BIO, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien Servicecenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mac 242 BIO, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Macserien Servicecenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WL Wheel Cleaner, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Brush Shampoo, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0139</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kärcher</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kärcher AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 24</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hisings Kärra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Brush Shampoo, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0139</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kärcher</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kärcher AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 24</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hisings Kärra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WL Bug Remover, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Power Foam Ultra, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PowerTecs Jet, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WashTec</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AUWA-Chemie GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Argonstr. 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Augsburg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecoline Foam, 10 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0146</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Otto Christ AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Memminger Strasse 51</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Benningen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecoline Wash, 10 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0146</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Christ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Otto Christ AG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Memminger Strasse 51</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Benningen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Havoline X-29 Car Schampoo Eco, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0127</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rörvägen 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jordbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Havoline X-29 Car Schampoo Eco, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0127</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havoline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rörvägen 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jordbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pineline Brushshampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4013 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pineline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tekno-Forest Oy Ltd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kynttilätie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Turtle Wax Pro Chassitvätt, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0090, 3013 0131, 3013 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turtle Wax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen Miljökemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaggeryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Turtle Wax Pro Truckwash, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0090, 3013 0131, 3013 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turtle Wax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen Miljökemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaggeryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>VehiclePro RM 812 eco!perform AKTIVT SKUM, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2013 0117</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VehiclePro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Alfred Kärcher SE &amp; Co. KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Friedrichstraße - Tor 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Winnenden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SONAX Bilschampo ECOLINE 1L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sonax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sonax GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Münchenerstrasse 75</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neuburg/Donau</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Foam Surfactant, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Shafir Bilshampo, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0126</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shafir</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aksab Kemi Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tumbavägen 38</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TUMBA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BS Greenline Brush, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0127</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BS Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rörvägen 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jordbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lahega Carsoft 353, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lahega</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lavaskum, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4013 0027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pineline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tekno-Forest Oy Ltd.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kynttilätie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Riihimäki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FoamClean Classic, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>AUWA-Chemie GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Argonstr. 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Augsburg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BIOkleen Caravan Shine, 25 L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0090, 3013 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen Miljökemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaggeryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Carwash, 600 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0088</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vehicle Shampoo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Care products for vehicles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sanego AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallevägen 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jämjö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sanego Wax Shampoo, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0088</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Sanego</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sanego AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vallevägen 26</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jämjö</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Sanego Wax Shampoo, 1 l</x:v>
+        <x:v>Sanego Wax Shampoo, 5 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0088</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vehicle Shampoo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Care products for vehicles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sanego</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sanego AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vallevägen 26</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jämjö</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Sanego Wax Shampoo, 10 l</x:v>
-[...84 lines deleted...]
-        <x:v>Foma Norge AS</x:v>
+        <x:v>Krafttvätt Kraftvask Tehopesu, 1000L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AdProLine</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecoren MPX-30 Glansschampo Auto, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0107</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecoren</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PK Produkter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 1B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saltsjö-Boo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecoren MPX-31 Vaxschampo, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0107</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecoren</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PK Produkter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Snickarvägen 1B</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saltsjö-Boo</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Würth Shine Foam Wash Eco, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Würth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Power Foam Neutral, 25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0108, 3013 0108</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>InnovaTeam AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vretavägen 22</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herrljunga</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Graenni Acidic Car Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1013 0128</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grænni</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gefn</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Víkurhvarf 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kópavogur</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Turtle Wax Professional Wax Shampoo, 208 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0090, 3013 0090</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turtle Wax</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Biokleen Miljökemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 175</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vaggeryd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WL Dirt Remover, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
+        <x:v>Arom-Dekor Kemi AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavägen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sexdrega</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mac 282 BIO, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v/>
       </x:c>
-    </x:row>
-[...5 lines deleted...]
-        <x:v>3013 0121</x:v>
+      <x:c t="str">
+        <x:v>Macserien Servicecenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mac 282 BIO, 200 l fat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0011</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vehicle Shampoo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Care products for vehicles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
-        <x:v>Arom-Dekor Kemi AB</x:v>
-[...10 lines deleted...]
-        <x:v>Power Wash Red, 1000 l</x:v>
+        <x:v>Macserien Servicecenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mossvägen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järfälla</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Power Foam Ultra, 200 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3013 0108, 3013 0108</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vehicle Shampoo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Care products for vehicles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>InnovaTeam</x:v>
       </x:c>
       <x:c t="str">
         <x:v>InnovaTeam AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vretavägen 22</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Herrljunga</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>F52 Foma Auto shampo Plus, 1000 l</x:v>
-[...63 lines deleted...]
-        <x:v>Skumvoks ECOPRO, 25 l</x:v>
+        <x:v>Nordic Jet Canon a Mousse, 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5013 0109</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Istobal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ISTOBAL, S.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avda. Conde del Serrallo, 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>L’Alcudia (Valencia)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Car Shampoo Shine, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0139</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kärcher</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kärcher AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 24</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hisings Kärra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Brush Shampoo, 1000 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3013 0139</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vehicle Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>013 Care products for vehicles</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kärcher</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kärcher AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 24</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hisings Kärra</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Neutral Shampoo ECOPRO, 200 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5013 0122</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vehicle Shampoo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>013 Care products for vehicles</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Dr. Stöcker ECOPRO</x:v>
+        <x:v>ECOPRO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Chemische Fabrik Dr. Stöcker GmbH &amp; Co.KG</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gewerbestraße 19 - 25</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Pfaffen-Schwabenheim</x:v>
-      </x:c>
-[...9310 lines deleted...]
-        <x:v>Jämjö</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>