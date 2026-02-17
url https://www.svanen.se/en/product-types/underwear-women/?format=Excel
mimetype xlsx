--- v0 (2025-12-17)
+++ v1 (2026-02-17)
@@ -1,85 +1,117 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80b1e65b0c1d4561" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b2447e4ac904ca6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R64d1fe01754d412d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R05e382576f8747ee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R64d1fe01754d412d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R05e382576f8747ee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brand</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensee</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c t="str">
         <x:v>City</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Women's merino wool leggings - FG-7536-0358-769</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Underwear women</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>DILLING women's basic shorts - FG-7570-0137-001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Underwear women</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
@@ -228,82 +260,50 @@
       </x:c>
       <x:c t="str">
         <x:v>Underwear women</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Herning</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Women's merino wool leggings - FG-7536-0358-769</x:v>
-[...30 lines deleted...]
-      <x:c t="str">
         <x:v>Women's merino wool midi briefs - FG-0536-0104-183</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Underwear women</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
@@ -548,50 +548,82 @@
       </x:c>
       <x:c t="str">
         <x:v>Underwear women</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Herning</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Women's merino wool leggings - FG-7539-0258-085</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Underwear women</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>DILLING women's cotton thong - FG-7534-0246-009</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Underwear women</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
@@ -932,82 +964,50 @@
       </x:c>
       <x:c t="str">
         <x:v>Underwear women</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Herning</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Women's merino wool leggings - FG-7539-0258-085</x:v>
-[...30 lines deleted...]
-      <x:c t="str">
         <x:v>Women’s cotton midi briefs - FG-7570-0105-001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Underwear women</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
@@ -1220,50 +1220,146 @@
       </x:c>
       <x:c t="str">
         <x:v>Underwear women</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Herning</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Women's merino wool midi briefs - FG-7535-0104-849</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Underwear women</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool leggings - FG-7535-0159-849</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Underwear women</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool midi briefs - FG-7545-0104-834</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Underwear women</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>DILLING women's cotton thong - FG-7534-0246-999</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Underwear women</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
@@ -1476,50 +1572,114 @@
       </x:c>
       <x:c t="str">
         <x:v>Underwear women</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Herning</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Women's merino wool leggings - FG-7535-0159-568</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Underwear women</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool leggings - FG-7535-0159-834</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Underwear women</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>DILLING women's cotton bikini briefs - FG-7534-0204-999</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Underwear women</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
@@ -1956,50 +2116,82 @@
       </x:c>
       <x:c t="str">
         <x:v>Underwear women</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Herning</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Women's merino wool midi briefs - FG-0535-0104-461</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Underwear women</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Women's cotton hipsters - FG-7534-0308-001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Underwear women</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
@@ -2340,50 +2532,210 @@
       </x:c>
       <x:c t="str">
         <x:v>Underwear women</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Herning</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Women's high-waisted tai briefs in merino wool - FG-7535-0105-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Underwear women</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool leggings - FG-7535-0159-082</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Underwear women</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool leggings - FG-7535-0159-198</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Underwear women</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool leggings - FG-7535-0159-362</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Underwear women</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool leggings - FG-7535-0159-533</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Underwear women</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Women's cotton hipsters - FG-7534-0308-999</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Underwear women</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
@@ -2756,50 +3108,402 @@
       </x:c>
       <x:c t="str">
         <x:v>Underwear women</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Herning</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Women's merino wool leggings - FG-7535-0159-068</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Underwear women</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women’s cotton high-waist G-string - FG-7527-0146-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Underwear women</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool leggings with Nordic pattern - FG-7542-0159-076</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Underwear women</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool leggings - FG-0539-0358-353</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Underwear women</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool leggings - FG-7536-0358-366</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Underwear women</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool leggings - FG-7536-0458-053</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Underwear women</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool leggings - FG-7536-0458-281</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Underwear women</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool leggings - FG-7536-0458-494</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Underwear women</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool leggings - FG-7536-0458-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Underwear women</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women’s cotton maxi briefs - FG-7570-0106-001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Underwear women</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women’s merino wool maxi briefs - FG-7536-0105-002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Underwear women</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Women's merino wool leggings - FG-7539-0358-353</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Underwear women</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
@@ -3044,370 +3748,50 @@
       </x:c>
       <x:c t="str">
         <x:v>Underwear women</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Herning</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Women’s cotton high-waist G-string - FG-7527-0146-999</x:v>
-[...318 lines deleted...]
-      <x:c t="str">
         <x:v>Women's merino wool leggings - FG-7536-0159-999</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Underwear women</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
@@ -3685,50 +4069,114 @@
       <x:c t="str">
         <x:v>Underwear women</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Herning</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Women's cotton leggings - FG-7527-0259-199</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Underwear women</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool midi briefs - FG-7535-0104-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Underwear women</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool leggings - FG-7535-0159-999</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Underwear women</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
       </x:c>