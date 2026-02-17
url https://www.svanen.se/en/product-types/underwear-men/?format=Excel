--- v0 (2025-12-15)
+++ v1 (2026-02-17)
@@ -1,85 +1,437 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15bd695963644567" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15031e4b8a6d4823" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Rdd8c47fcd3854002"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R9b3661ebb0214388"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rdd8c47fcd3854002" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9b3661ebb0214388" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brand</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensee</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c t="str">
         <x:v>City</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Men's merino wool long johns with fly - FG-0916-0148-691</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Underwear men</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool long johns with fly - FG-9916-0148-341</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Underwear men</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool long johns with fly - FG-9916-0148-353</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Underwear men</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool long johns with fly - FG-9916-0148-385</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Underwear men</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool long johns with fly - FG-9917-0148-554</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Underwear men</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool long johns without fly - FG-9916-0248-869</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Underwear men</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool long johns without fly - FG-9917-0248-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Underwear men</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men’s merino wool tank top - FG-9917-0101-281</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Underwear men</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men’s merino wool tank top - FG-9917-0101-869</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Underwear men</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's premium classic cotton boxer shorts with fly - FG-1000-0136-001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Underwear men</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men’s merino wool classic boxers - FG-9916-0238-385</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Underwear men</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Men's cotton boxers - FG-3000-0339-199</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Underwear men</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
@@ -132,402 +484,50 @@
       </x:c>
       <x:c t="str">
         <x:v>Underwear men</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Herning</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Men’s merino wool classic boxers - FG-9916-0238-385</x:v>
-[...350 lines deleted...]
-      <x:c t="str">
         <x:v>Men's cotton boxer shorts - FG-3000-0137-001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Underwear men</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
@@ -868,50 +868,82 @@
       </x:c>
       <x:c t="str">
         <x:v>Underwear men</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Herning</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Men’s merino wool classic boxers - FG-9927-0237-678</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Underwear men</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Men’s cotton classic boxers with fly - FG-3400-0238-189</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Underwear men</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
@@ -1444,50 +1476,82 @@
       </x:c>
       <x:c t="str">
         <x:v>Underwear men</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Herning</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>FG-1074-0238-904 - Men’s cotton long boxers with fly</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Underwear men</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Men’s cotton boxers - FG-3000-0337-199</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Underwear men</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
@@ -1540,50 +1604,82 @@
       </x:c>
       <x:c t="str">
         <x:v>Underwear men</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Herning</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Men's plus size merino wool long johns - FG-9916-0848-053</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Underwear men</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Men’s merino wool classic boxers - FG-9917-0138-554</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Underwear men</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
@@ -1860,114 +1956,146 @@
       </x:c>
       <x:c t="str">
         <x:v>Underwear men</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Herning</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Men's plus size merino wool long johns - FG-9916-0848-053</x:v>
-[...30 lines deleted...]
-      <x:c t="str">
         <x:v>Men's merino wool boxer shorts - FG-0916-0238-691</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Underwear men</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Herning</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>FG-1074-0203-904 - Men’s cotton classic briefs with fly</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Underwear men</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men’s merino wool classic boxers - FG-9916-0238-393</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Underwear men</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Men’s cotton boxers - FG-3000-0337-329</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Underwear men</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
@@ -2020,82 +2148,50 @@
       </x:c>
       <x:c t="str">
         <x:v>Underwear men</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Herning</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Men’s merino wool classic boxers - FG-9916-0238-393</x:v>
-[...30 lines deleted...]
-      <x:c t="str">
         <x:v>Men’s merino wool classic boxers - FG-9916-0238-864</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Underwear men</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
@@ -2564,50 +2660,114 @@
       </x:c>
       <x:c t="str">
         <x:v>Underwear men</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Herning</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Men's merino wool boxer shorts - FG-0927-0237-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Underwear men</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men’s merino wool classic boxers - FG-9927-0237-112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Underwear men</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Men's cotton boxer shorts - FG-3000-0137-999</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Underwear men</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
@@ -3236,50 +3396,114 @@
       </x:c>
       <x:c t="str">
         <x:v>Underwear men</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Herning</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Men’s merino wool classic boxers - FG-9927-0237-253</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Underwear men</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men’s merino wool classic boxers - FG-9927-0237-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Underwear men</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Men's cotton boxer shorts - FG-3000-0237-178</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Underwear men</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
@@ -4004,50 +4228,434 @@
       </x:c>
       <x:c t="str">
         <x:v>Underwear men</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Herning</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Men’s merino wool classic boxers - FG-9917-0238-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Underwear men</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men’s merino wool long boxers with fly - FG-9916-0139-002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Underwear men</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men’s merino wool long boxers with fly - FG-9916-0139-864</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Underwear men</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool long johns with fly - FG-9916-0148-381</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Underwear men</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool long johns without fly - FG-9916-0248-053</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Underwear men</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's long sleeve ribbed merino wool top  - FG-9917-0112-783</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Underwear men</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's plus size merino wool long johns - FG-9916-0848-002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Underwear men</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's premium classic cotton boxer shorts with fly - FG-1000-0136-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Underwear men</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men’s cotton sport briefs - FG-1074-0205-199</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Underwear men</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's cotton tank top - FG-1074-0101-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Underwear men</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men’s cotton classic briefs with fly - FG-1000-0103-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Underwear men</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FG-1074-0101-904 - Men's cotton tank top</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Underwear men</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Men's cotton boxer shortsMen's classic cotton boxers - FG-3000-0239-999</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Underwear men</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
@@ -4069,402 +4677,50 @@
       <x:c t="str">
         <x:v>Underwear men</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Herning</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Men’s merino wool classic boxers - FG-9916-0238-381</x:v>
-      </x:c>
-[...350 lines deleted...]
-        <x:v>Men's cotton tank top - FG-1074-0101-999</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Underwear men</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
       </x:c>