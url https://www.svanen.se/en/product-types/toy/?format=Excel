--- v0 (2025-12-14)
+++ v1 (2026-02-03)
@@ -1,118 +1,2454 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb7a576ef7d24426" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8237b21ef00c4462" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R393dce83efeb4579"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Rb505c93c90444a3c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R393dce83efeb4579" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb505c93c90444a3c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brand</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensee</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c t="str">
         <x:v>City</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Bage-Sæt i Net 12 Dele (4220)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>X Block</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>X Block</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>XBlock</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Classensgade 36</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København Ø</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Green Garden Græsslåmaskine (4733)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 10-färgmix 5000 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 1000 st ljusblå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 1000 st ljusgrön</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 1000 st grå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor pastell 6000 st blå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 1000 st mörkröd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 1000 st mörkgrön</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor randigmix 5000 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pärlplattor 15 st mix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pärlplattor 10 st liten rund</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pärlplattor 10 st hjärta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 6000 st Brun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 6000 st Lila</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 6000 st Blå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 6000 st Ljusbrun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor XL vit 1000 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor XL lila 1000 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Traktor M. Rendegrav - Plastikhjul (2131)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Green Bean Skovl 50 cm/Rive 42 cm (2651)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Green Bean ATV (2662)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>My Little Princess Scooter (3337)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Green Garden Frugt &amp; Grønt i Net 10 Dele (4742)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Green Garden Frokostsæt i Net (4751)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Green Garden Morgenmadsplatte (4752)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>My Little P. Kaffe/Cupcake sæt i Net, 20 Dele (5540)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bio Frisbee, Blå (5662)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Thorbjørn Cupcake &amp; Is-sæt 56 Dele Krt. (7053)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Platta 15x15 byggbar 215 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 5000 st Röd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 3000 st Orange</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 3000 st Lila</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor med platta 1000 st randigmix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>11195 Playwood Bondgård liten natur</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playwood</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>14593 Playwood lille parkeringshus natur</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playwood</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>14242 Playwood Parkeringshus medium</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playwood</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JULA Pärlplattor 3 st stjärna sexkant kvadrat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jula</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Classic Mønsterrulle (1191)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 1000 st grå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 1000 st ljusblå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 1000 st ljusbrun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 1000 st pastellgrön</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 1000 st pastellgul</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 1000 st pastellila</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor big pack 12 000 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor i hink 5000st pastell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pärlplatta 2 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro Rörpärlor 1000 st Grå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro Rörpärlor 1000 st Ljusblå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro Rörpärlor XL 600 st Bas</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro Rörpärlor XL 600 st Pastell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro Rörpärlor XL 1400 Mediumpack</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bio Te Sæt I Gaveæske (5606)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Funcars Vaskehal Klassisk (7524)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro Rörpärlor 1000 st Kolabrun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro Rörpärlor 1000 st Hallonröd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro Rörpärlor 1000 st Korallröd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro Rörpärlor 1000 st Pastellblå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Giveaway</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 1000 st Gammelrosa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bio Plast Traktor M/Grab 6 Stk * (6938)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vippegynge Single Politi 72 cm (6734)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fun Car Park Politi Blister (7522)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vippegynge Happy Dog 101 cm (6722)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Te-Sæt i Net L:20 cm (4382)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sandleg i Display 110 Dele (1920)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vippegynge Grøn 101 cm (6720)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Traktor M. Grab-Gummihjul (2119)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>My Little P. Bage-Serv Sæt i Æske (4456)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Bbq Deluxe Sæt-79 Dele Krt. (7000)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5095 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Toy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>095 Toys</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dantoy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dantoy A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sjællandsvej 4.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hobro</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Bage-Sæt i Net 12 Dele (4220)</x:v>
+        <x:v>My Little P. Bagesæt i Net (4399)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bbq Grillmad- 56 Dele Krt. Ass. (7010)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>My Little P. Tesæt i Net (4398)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5095 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Toy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>095 Toys</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dantoy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dantoy A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sjællandsvej 4.</x:v>
       </x:c>
@@ -228,22714 +2564,20378 @@
       </x:c>
       <x:c t="str">
         <x:v>Toy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>095 Toys</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dantoy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dantoy A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sjællandsvej 4.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hobro</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>My Little P. Bage-Serv Sæt i Æske (4456)</x:v>
-[...287 lines deleted...]
-        <x:v>Rörpärlor 3000 st Orange</x:v>
+        <x:v>Rörpärlor 1000 st Vårgrön</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 1000 st Isblå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lekia Rörpärlor 1000 st Isblå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lekia Rörpärlor 1000 st Ljusorange</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lekia Rörpärlor 1000 st Gammelrosa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Recycled Water Pump (2700)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Recycled Boat &amp; Bucket Set (2740)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor Blå Mix 4000</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro, Rörpärlor 1000 st Himmelsblå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Søstrene Grene, Pärlor Light lilac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søstrene Grene</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 5000 st neon</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3095 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Toy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>095 Toys</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Playbox of Sweden</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Play Box AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Spångatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Älmhult</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Rörpärlor 5000 st Röd</x:v>
+        <x:v>Rörpärlor 10- färgmix 1000 st, i burk med platta</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3095 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Toy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>095 Toys</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Playbox of Sweden</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Play Box AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Spångatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Älmhult</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Green Garden Morgenmadsplatte (4752)</x:v>
-[...31 lines deleted...]
-        <x:v>Rörpärlor 3000 st Lila</x:v>
+        <x:v>Rörpärlor XL 5000 st neon</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3095 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Toy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>095 Toys</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Playbox of Sweden</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Play Box AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Spångatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Älmhult</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Bio Frisbee, Blå (5662)</x:v>
-[...31 lines deleted...]
-        <x:v>Platta 15x15 byggbar 215 st</x:v>
+        <x:v>Kaffe Og Picnic Sæt I Net 21 Dele (4385)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Perler Pastel Lille (5910)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mini Køkken Green Garden (4710)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bio Plast Tog i Gaveæske (5626)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Traktor M. Rendegrav-Gummihjul (2121)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Motorcykel Plastikhjul L: 58 cm (3320)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Green Garden Morgenmadssæt (4203)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Spand Gennems. H: 13,5 cm (1315)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gonge rock around, rød (97510)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lastbil L: 28 cm (2225)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lastbil-Plastikhjul (2289)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>X Board</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>X Block</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>XBlock</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Classensgade 36</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København Ø</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Green Bean Spand Hældetud H: 16 cm (2635)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bio Sand og Vand Sortiment, 110 Dele (5680)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 10-färgmix 60.000 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 6000 st Mörkröd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor XL blå 1000 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor randigmix 20.000 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 6000 st Grön</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bio Tuf-Tuf Båd (5660)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pärlplattor 10 st kvadrat</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3095 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Toy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>095 Toys</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Play Box AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Spångatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Älmhult</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Rörpärlor med platta 1000 st randigmix</x:v>
+        <x:v>Rörpärlor 30.000 st 10-färgmix</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3095 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Toy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>095 Toys</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Playbox of Sweden</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Play Box AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Spångatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Älmhult</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>11195 Playwood Bondgård liten natur</x:v>
+        <x:v>Rörpärlor 10-färgmix 10 000 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pärlset XL och midi rörpärlor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pärlset 12 färger pastell &amp; randig</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>14592 Playwood Parkeringshus medium natur</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5095 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Toy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>095 Toys</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Playwood</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Osby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>14593 Playwood lille parkeringshus natur</x:v>
+        <x:v>14247 Playwood Parkeringshus stort</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5095 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Toy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>095 Toys</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Playwood</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Osby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>14242 Playwood Parkeringshus medium</x:v>
+        <x:v>11083 Playwood Bondgård liten</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5095 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Toy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>095 Toys</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Playwood</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Osby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>JULA Pärlplattor 3 st stjärna sexkant kvadrat</x:v>
+        <x:v>Bio Plast Burgersæt i Gaveæske (5605)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pärlset pepparkakshus 5000 pärlor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlset, pastell, 6 burkar, 6000 pärlor </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 1000 st grön</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 1000 st lila</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 1000 st mörkröd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 1000 st pastellturkos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 1000 st röd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro Rörpärlor 1000 st Randmix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro Rörpärlor 1000 st  Randmix Svart/Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro Rörpärlor 1000 st Pastellmix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro Rörpärlor 1000 st Pastellila</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro Pärlplatta 5p små</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro Pärlplatta Cirkel liten</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro Pärlplatta Hjärta litet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro Pärlplatta Unicorn</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Thorbjorn Issæt I Æske (4846)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sandsæt Maxi-141 Dele (6963)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bio Sandsæt 76 Dele (6990)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro Rörpärlor 1000 st Salviagrön</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro Rörpärlor 1000 st Avocadogrön</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro Rörpärlor 3000 st Mörkröd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 1000 st Djungelgrön</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro Pärlplatta Transp Turkos Ø5 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lekia Rörpärlor 1000 st Bärnstensgul</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro Rörpärlor 1000 st Transparent</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Green Garden Frugtkurv (4718)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>GROCERY BASKET SET (7033)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro, Liten pärlplatta kvadrat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro, Rörpärlor 1000 st Magenta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 5000 st Dov pastellmix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 20000 st Dov pastellmix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 20.000 st neon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor Randigmix 1000 st, i burk med platta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor XL 1000 st neon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pony beads pastell 9 mm 1000 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hammerbræt (4872)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stabeltårn (5416)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor i hink, halloween mix, 20 000 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor XL pastell 1000 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Green Garden Grillsæt (4713)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Green Garden Plantesæt (4716)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 1000 st vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 1000 st lila</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 1000 st brun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ringspil (6710)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pärlplattor XL 5 st kvadrat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Køkkenting i Net 5 Dele (4228)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bobslæde M.Brems 79 cm (6755)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Funcars Brandstation Blister (7540)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gigant Gravko L: 79 cm (2150)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Købmandsskovl 23 cm (1132)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Anhænger-Gummihjul (3336)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kranbil L: 24 cm (2216)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bio Kaffe og Spise Sæt 79 Dele Krt. (6954)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 5000 st Orange</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 5000 st Gul</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dt Scooter-Gummihjul (3331)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fun-Bob Ø:63 cm (6750)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gravko L:43 cm (2130)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kaffe-Te Sæt 53 Dele. Krt. (6951)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Køretøjer 17 cm 6 Ass (2300)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Numse-Slæde 3 Farver 51 cm (6740)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Picnic-Termoka-Krus i Net (4248)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rive 42 cm (1170)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sandforme-48 Dele Krt. (6966)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sandskovl 18 cm (1110)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sandsæt-38 Dele Krt. (6959)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skovl Super 40 cm (1153)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Spand H:17 cm (1320)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Spand Hældetud H:13,5 cm (1312)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Spandsæt i Net H:20 cm (1429)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vandkande Rund H:17 cm (1750)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bio Plast Spisesæt I Æske - 22 Dele</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Green Garden Madsæt i Æske (4791)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bio Plast Køretøjer i Gaveæske (5625)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tiny Bio Spandsæt - 10+ mdr (6025)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gonge Mini Top Orange (Nr. 2099) (97530)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skovl &amp; Rive 24 cm (1142)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bio Løbe Spande Grå H: 12 cm (6705)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Green Garden Havesæt (7041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 1000 st gul</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 1000 st ljusbrun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor i hink, jul mix, 5000 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pärlplattor 7 st mix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pärlplatta XL kvadrat byggbar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pärlplattor 10 st sexkant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor XL orange 1000 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor XL grön 1000 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Green Bean Båd L: 33 cm (2661)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tiny Bio Bideringe, 2 Styk - Blå/Grå (6014)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tiny Bio Aktivitetskæde, Blå (6017)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bio Bagesæt, 100 Dele (6976)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Byggeklodser, Blå og Grå (Institution) (6993)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Byggeklodser, Støvet Orange og Støvet Mørk Grøn (6994)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Platta stor hjärta 250 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 5000 st Grön</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 3000 st Röd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor randiga 10 000 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pärlset nissedörr 2000 pärlor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pärlset Fiskar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Micki Pippi pärlset 2000 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>17219 Playwood Dockstol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playwood</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bra Förlag, Rörpärlor 4000 st i hink + platta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MLP Sejlbåde Ass. (4490)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>GG Mini-Drivhus Sæt 18 Dele (4725)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>GG Tesæt i Æske 16 Dele (4782)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Thor Bjørn Os-Sæt i Æske (4844)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Thor Bjørn Te-Sæt i Æske (4855)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MLP Is-Sæt i Æske  (5580)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bio Plantesæt Med Vandkande i Gaveæske (5611)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bio Plast Lastbil i Gaveæske 2023 (5621)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BH GG Planteskole 54 Dele (7025)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 1000 st mörkblå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 1000 st vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor Dinosaurier</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor Sunny</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor XL 10-färgmix 900 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro Rörpärlor 1000 st Ljusgul</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro Rörpärlor 6000 st Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro Pärlplatta Cirkel stor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro Pärlplatta Kvadrat byggbar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro Pärlplatta Stjärna liten</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro Rörpärlor 1000 st Pastellgul</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro Rörpärlor 1000 st Julgrön</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro Rörpärlor 1000 st Mörkröd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro Rörpärlor 1000 st Brun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro Rörpärlor 1000 st Pastellrosa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 1000 st Ljusgrå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lekia Rörpärlor 1000 st Vårgrön</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lekia Rörpärlor 1000 st Kolabrun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lekia Rörpärlor 1000 st Hallonröd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro Rörpärlor 1000 st Ljusrosa Transparent</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MLP PICNIC SET IN NET (4318)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro, Rörpärlor 1000 st Limegrön</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro, Rörpärlor 1000 st Purpur</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pärlplattor Enhörning &amp; Prinsessa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro, Rörpärlor XL 600 st neon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Søstrene Grene, Pärlor Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søstrene Grene</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Søstrene Grene, Pärlor Dark blue</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søstrene Grene</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Søstrene Grene, Pärlor Multicolor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søstrene Grene</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pony beads transparenta 1000 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tiny Bløde Aktivitetskæder (6019)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pastel Genbrug Biler-Fly Ass. Krt. (6929)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sandskovl 24 cm (1120)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sandsæt-66 Dele Krt. (6960)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skovl 50 cm (1150)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skovl Super 55 cm (1154)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Spand Gennems. Klar H:13,5 cm (1314)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trillebør M/2 Hjul L:68 cm (1821)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vandkande Rund H:21 cm (1730)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bio Plast Spandsæt I Æske - 4 Dele (5610)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bio Plast Traktor M. Grab I Æske (5630)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bio Plast Lastbiler 6 Stk * (6937)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Thorbjorn Dessert Mix Blister Kort (4870)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tiny Bio Sandsæt, 43 dele (6970)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bio Garage Med 3 Stk Biler (5651)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Green Bean Spandesæt (2625)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Green Garden Bestikkasse L: 18 cm 17 Dele (4730)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Børne Sneskovl L: 60 cm (6786)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Green Bean Sandsæt  80 Dele Krt. (7061)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 1000 st grön</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 1000 st svart</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor pastell 1000 st turkos  </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor pastell 1000 st blå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor pastell 1000 st grön</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor pastell 6000 st gul  </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor pastell 6000 st grön</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor i hink, jul mix, 20 000 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor i hink, påsk mix, 5000 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pärlplattor 3 st stjärna sexkant kvadrat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 10-färgsmix 28.000 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor XL pastell 900 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor XL 10-färgmix 1000 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor XL 10-färgmix 2300 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 6000 st Röd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 6000 st Ljusgrön</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 6000 st Ljusblå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor XL 14-färgmix 5000 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor XL gul 1000 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor XL svart 1000 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor pastell 5000 st i hink</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Green Bean Grydesæt (2606)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Green Bean Kaffestel i Net 17 Dele (2680)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BBQ Burger og Hotdog Sæt Blister (4600)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>My Little P. Frokostsæt i Net, 18 Dele (5565)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bio Køkkensæt, 52 Dele (5601)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bio Kaffesæt (5641)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tiny Bio Aktivitetskæde, Koral (6016)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tiny Bio Putteboks (6045)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gonge Top Støv Grøn (97536)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 5000 st Blå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 3000 st Grön</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 3000 st Ljusbeige</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 4000 st i hink + platta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor julset</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor XL i pappbox 1500 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor i pappbox 12 000 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>XL-mönsterkort 67</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>17425 Playwood Dockhus stort</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playwood</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bio Plast Spandsæt i Gaveæske (5614)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 1000 st pastellrosa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlset, basfärger, 12 färger, 12000 pärlor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pärlor i burk 1000 st pastellmix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pärlset 6 basfärger ~6000 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro Rörpärlor 1000 st Mint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro Rörpärlor 1000 st Bubbelgum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro Rörpärlor 1000 st Mörkgrön</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro Rörpärlor 1000 st Vinröd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro Rörpärlor 10 000 Rand/Bas</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro Pärlplatta Hjärta stort</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Jubilæums Motorcykel (3322)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro Rörpärlor 1000 st Flamingo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro Rörpärlor 1000 st Mörk Terracotta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro Rörpärlor 1000 st Turkos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro Rörpärlor 1000 st Mossgrön</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 1000 st Varmbeige</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 1000 st Sandbrun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 1000 st Plommon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lekia Rörpärlor 1000 st Julröd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lekia Rörpärlor 1000 st Ljusrosa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lekia Rörpärlor 1000 st Djungelgrön</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lekia Rörpärlor 1000 st Varmbeige</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro Rörpärlor 1000 st Ljuslila Transparent</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Recycled Pastel Shovel (2754)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro, Rosa pärlplatta kvadrat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Micki Toys, Hello Kitty Bead set 2000 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micki Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pärlset Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pärlset Enhörning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Souvenir, Pärlset Dalahäst</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Souvenir</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Søstrene Grene, Pärlor Rose</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søstrene Grene</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Søstrene Grene, Pärlor White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søstrene Grene</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Søstrene Grene, Pärlor Pink</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søstrene Grene</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Søstrene Grene, Pärlor Light green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søstrene Grene</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pärlor i burk neonmix ~1000 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 10.000 st neonmix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor neonmix 1000 st, i burk med platta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pony beads neon 1000 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Båd (2741)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Perler Tivoli Xl (5941)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bold Lysgul (5401)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 1000 st Ljus mint</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 1000 st Babyrosa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fun Cars Køret.-22 Stk. Ass. Krt. (6936)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Autoservice &amp; Car Park Blister (7520)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Børne Sneskovl - L: 60 cm (6785)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kogepladesæt i Net (4245)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fun Cars-12 Biler Krt. (6934)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Biler-Fly Ass. Krt. (6930)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kageforme Ass. Krt. (6958)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lastbil 84 cm. Børnehave (2281)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sandforme Havdyr 4 Stk. i Net (1243)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Køretøjer 9 Ass. Krt. (6932)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fun Cars Biler På Kort-7 Var. Ass. (7550)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fun Cars Mix-Biler-Fly På Kort (7552)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sandmølle-Lastbil i Net H:30 cm (1635)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Køkken Lege Sæt i Æske (4223)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kaffestel-Termokande i Æske (4446)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sandmølle-Vippe H: 44,5 cm (1640)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bobslæde U. Brems 79 cm (6752)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lastbil 29,5 cm-Gummihjul (2269)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sandsæt-100 Dele Krt. (6964)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bio Vippegynge Uden Bremser, Støvet Lys Grøn (6761)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>XL-rörpärlor 500 st med pärlplatta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bio Frisbee, Støvet Orange (5661)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor pastellmix 10.000 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Styre-Slæde Rød 95 cm (6771)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Thorbjorn Issæt i Holder (4845)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bio Komfur og Kedelsæt (5645)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bio Is-Sæt (5603)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bio Spisesæt (5604)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>My Little P. Morgenmad På Bakke Net (4345)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tb Kaffesæt i Gaveæske (4860)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Spandsæt M. 2 Funcars i Net (1430)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bio Plast Lastbil I Æske (5620)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Spand Hældetud H:16 cm (1335)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Styre-Slæde 95 cm (6770)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scooter Politi Gummihjul (3333)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trillebør L:66 cm (1816)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 1000 st blå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Green Garden Salatsæt (7022)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor XL 10-färgmix 2800 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 10-färgmix 20.000 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor pastell 6000 st turkos  </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor pastell 6000 st rosa </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 6000 st Mörkgrön</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 1000 st mörkblå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor pastell 6000 st lila </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 6000 st Orange</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 6000 st Gul</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Green Bean Sandsæt (Institution) (7060)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Styre-Slæde Sort 95 cm (6773)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 5000 st Rosa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 5000 st Brun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 3000 st Gul</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 30.000 st pastellmix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlset med platta 1 000 st 10-färg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pärlset Pirat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>14591 Playwood Parkeringshus stort natur</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playwood</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>17467 Playwood Dockhus medium natur</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playwood</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>17469 Playwood Bondgård stor natur</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playwood</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>17424 Playwood Dockhus mellan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playwood</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Thor Bjørn  Spand-issæt Grøn i Net H 24,5cm (4800)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bio Plast Traktor M.Grab i Gaveæske 2023 (5631)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>GG PLANTESÆT I BOX 11 DELE (4714)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Classic Multiskovl og Mønsterrulle (1190)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 1000 st blå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pärlplatta små 5 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro Rörpärlor 1000 st Blå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro Rörpärlor 1000 st Mörkorange</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro Rörpärlor 1000 st Lila</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro Rörpärlor 1000 st Mörkbrun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro Rörpärlor 1000 st Pastellgrön</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro Rörpärlor 6000 st Svart</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro Rörpärlor 6000 st Mix Pastell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro Pärlplatta Prinsessa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tiny Bio Byggebægre (6031)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro Rörpärlor 1000 st Beige</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro Rörpärlor 1000 st Ljus Petrol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro Rörpärlor 1000 st Ljusgrön</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro Rörpärlor 1000 st Mörkgrå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro Rörpärlor 1000 st Ljusbrun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 1000 st Turkos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lekia Rörpärlor 1000 st Ljus Gråbeige</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lekia Rörpärlor 1000 st Brunröd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Recycled Bucket with Lip (2735)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro, Rörpärlor 1000 st Ljus röd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 5000 st Gladmix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 20000 st Gladmix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Søstrene Grene, Pärlor Brown</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søstrene Grene</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor XL 900 st neon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pony beads basfärger 1000 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pony beads regnbåge 9 mm 1000 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Modellervoks Sæt I Karton Bh (6900)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Modellervoks Sæt I Net (5900)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Spise Og Picnic Spisesæt I Net 21 Dele (4386)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Truck M. Lad + To Biler I Pastel (2788)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Perler Tivoli Stor (5921)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mini Køkken Fairytales (5510)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bold Grøn (5402)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Byggesten Grøn &amp; Gul-26 Stk. Krt. (6992)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bobslæde Jet M. Brems 84 cm (6765)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Anhænger-Plastikhjul (3335)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>My Little P. Morgenmadssæt i Æske (4466)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sandborg Tårn H:19 cm (1263)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sandborg*4/2*Skovl Krt. (6948)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fun Cars Køretøjer i Display-10 Var. (7505)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Husholdningsæt Display 44 Sæt (4510)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Morgenmadssæt På Bakke i Net (4340)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hotdog Sæt På Bakke (4660)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Købmandsskovl 24 cm (1131)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dumper Gigant L:47cm (2138)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sandmølle H:30 cm (1630)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gryde-Si-Pande i Net (4206)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kaffestel i Net 14cm (4380)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sandmølle-Spand i Net H: 57 cm (1645)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sandskovl 25 cm (1130)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Spand H:13 cm (1310)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Traktor M. Hænger- Plastikhjul (2135)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Thorbjorn EN Te-Sæt 16 Dele i Net (4850)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bio Plast Sandsæt 50 Dele (6967)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 1000 st röd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor pastell 1000 st lila </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor i hink, svart &amp; vit mix, 5000 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pärlplattor 10 st stora runda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Green Bean Vandkande Rund H: 21 cm (2630)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bio Bagesæt (5602)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tiny Bio Bideringe, 2 Styk - Koral/Beige (6015)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tiny Bio Funcars (6036)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Funcars Classic, 40 Dele (6931)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tiny Bio Funcars 20 Stk. (6972)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bio Køkkensæt, 52 Dele (6977)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 3000 st Svart</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clas Ohlson Pärlset 9-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clas Ohlson Pärlplattor 3-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>11081 Playwood Bondgård stor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playwood</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlset XL 1200 st + platta   </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Classic Hånd- og Sandgraver (1192)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Thor Bjørn Båd Sæt (4810)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Thor Bjørn Kaffe-Bagesæt i Æske (4865)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 1000 st svart</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pärlplatta XL 1 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro Rörpärlor 1000 st Grön</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro Rörpärlor 1000 st Bubbelgum mix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro Rörpärlor 3000 st Svart</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Thorbjorn Sandmølle H: 30 Cm (4815)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro Rörpärlor 1000 st Laxrosa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro Rörpärlor 1000 st Rosa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro Rörpärlor 1000 st Mörk Cerise</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 1000 st Julröd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 1000 st Bärnstensgul</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 1000 st Nougatbrun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 1000 st Petrol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 1000 st Ljusrosa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro Pärlplatta Transp. Lila Ø5 mm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lekia Rörpärlor 1000 st Varmrosa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lekia Rörpärlor 1000 st Ljusgul</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lekia Rörpärlor 1000 st Nougatbrun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor Svart/Vit Mix 4000</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro, Rörpärlor 1000 st Gammelrosa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Micki Toys, Pippi Longstocking</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micki Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Søstrene Grene, Pärlor Orange</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søstrene Grene</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Søstrene Grene, Pärlor Dark lilac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søstrene Grene</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor pastell 1000 st, i burk med platta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tiny Bløde Bideringe Ass (6018)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Transparent Spand Hældetud H:13,5 Cm Ass (1316)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sandmølle (2730)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Spand Og Vandsæt  (2720)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bold Blå (5403)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rive-Skovl-Bor På Kort (1181)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Thorbjorn Båd Og Spand Sæt (4803)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro Rörpärlor 1000 st Smaragd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro Rörpärlor 1000 st Honungsgul</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro Rörpärlor 1000 st Ljusgrå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro Rörpärlor 1000 st Ljus greige</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro Rörpärlor 1000 st Ljus Laxrosa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 1000 st Ljusgul</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor  1000 st Havsgrön</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 1000 st Brunröd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 1000 st Kolabrun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 1000 st Fuchsia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 1000 st Aprikos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 1000 st Ljusorange</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro Rörpärlor 1000 st Blå Transparent</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro, Rörpärlor 1000 st Midnattsblå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Souvenir, Pärlset Sweden, Dalahäst, Älg, Flagga, Midsommarstång</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Souvenir</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Søstrene Grene, Pärlor Nude</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søstrene Grene</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Søstrene Grene, Pärlor Light blue</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søstrene Grene</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Transparente Kander Ass (1317)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Perler Tivoli Lille (5920)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Perler Pastel Xl Børnehave (5940)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bold Gammelrosa (5400)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 1000 st Gammellila</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bulldozer L:33 cm (2137)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Burger Sæt På Bakke (4670)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>3 Både i Net L:15 cm (6660)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Grydesæt Krt. (6935)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lastbil L: 45 cm (2235)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lastbil Stor Sort L:70 cm (2260)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Motorcykel Gummihjul L: 58.5 cm (3321)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>My Little P. Spisestel i Net (4397)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sandforme 12 cm (1245)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sandsæt-84 Dele Krt. (6962)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sigte Med Håndtag B: 18 cm (1560)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sigte Ø:14 cm (1520)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Spand  Kraftig H:18 cm (1340)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Spisestel 82 Dele. Krt. (6952)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Spisestel Morgen-Middag Krt. (6940)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bio Plast Kaffe Og Spise I Æske (5640)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Is-Sæt i Net 2 Personer (4216)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bio Plast Dozer-Lastbil Gaveæske (5627)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tiny Bio Byggebægre (6030)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 1000 st orange</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 1000 st rosa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pärlplattor 5 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pärlplattor 10 st stjärnor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 6000 st Rosa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 6000 st Svart</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 6000 st Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor XL röd 1000 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor XL rosa 1000 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor XL brun 1000 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 6000 st Mörkblå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor pastell 20.000 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Green Bean Spisestel i Net 15cm 22 Dele (2681)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Byggebægre i Net Komp., 9 stk.  (5417)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tiny Bio Hammerbræt (6040)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bio Vippegynge Uden Bremser, Støvet Lys Blå (6762)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Styre-Slæde Blå 95 cm (6772)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Thorbjorn - Mudder-Kagesæt, 112 Dele (6957)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tiny Bio Putteboks og Hammerbrætsæt (Institution) (6973)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 6000 st 10-färgmix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 5000 st Lila</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pärlplattor stort hjärta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlset med platta 1 000 st pastell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor, 10-färgmix, 1100st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clas Ohlson Pärlset jumbo 6-p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clas Ohlson</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>14241 Playwood Parkeringshus litet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playwood</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlset 10.000 st                 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Thor Bjørn Dessert i Æske (4835)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Thor Bjørn Badesæt (4880)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Classic Sandværktøj (6961)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 1000 st brun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 1000 st gul</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 1000 st ljusbeige</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 1000 st mörkgrön</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 1000 st orange</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 1000 st pastellblå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 1000 st randiga</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor i hink 5000st färgmix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pärlor i burk 1000 st randig mix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro Rörpärlor 1000 st Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro Rörpärlor 6000 Mix Bas</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor i hink, påsk mix, 20 000 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pärlplattor 3 st hjärta cirkel kvadrat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pärlplattor 2 st kvadrat byggbara</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor XL 10-färgmix 900 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pärlplattor 10 st fyrkant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 6000 st Ljusbeige</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 6000 st Grå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 10-färgmix 10.000 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Green Bean Lastbil L: 69 cm (2660)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Køkken Hvid 72 cm (4240)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bio Sandsæt + Biler, 62 Dele (6969)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Adventskalender rörpärlor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 3000 st Blå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 3000 st Brun</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 3000 st Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pärlset Dinosaurier</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mönsterkort  110 motiv </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>17466 Playwood Dockhus stort natur</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playwood</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JULA Rörpärlor 10.000 st 10-färgmix</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3095 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Toy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>095 Toys</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jula</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Play Box AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Spångatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Älmhult</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Classic Mønsterrulle (1191)</x:v>
-[...31 lines deleted...]
-        <x:v>Rörpärlor 1000 st grå</x:v>
+        <x:v>Thor Bjørn  Spand-issæt Lyserød i Net (4801)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Thor Bjørn Spand-issæt Blå i Net (4802)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MLP Tea Sæt i Net 18  Dele (5560)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Classic Lastbiler Ass (6999)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>GG BESTIKKASSE L: 18 CM 17 DELE (4730)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>GG GRÆSSLÅMASK. L:61,5 CM (4733)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>GG HOTDOG SÆT I ÆSKE (4765)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlset, pastell, 6 burkar, 6000 pärlor</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3095 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Toy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>095 Toys</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Play Box AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Spångatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Älmhult</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Rörpärlor 1000 st ljusblå</x:v>
+        <x:v>Rörpärlor 1000 st ljusgrön</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3095 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Toy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>095 Toys</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Play Box AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Spångatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Älmhult</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Rörpärlor 1000 st ljusbrun</x:v>
+        <x:v>Rörpärlor 1000 st rosa</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3095 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Toy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>095 Toys</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Play Box AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Spångatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Älmhult</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Rörpärlor 1000 st pastellgrön</x:v>
+        <x:v>Pärlor i burk 1000 st 10-färgmix</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3095 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Toy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>095 Toys</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Play Box AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Spångatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Älmhult</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Rörpärlor 1000 st pastellgul</x:v>
+        <x:v>Panduro Rörpärlor 1000 st Gul</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro Rörpärlor 1000 st Röd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro Rörpärlor 1000 st Mörkblå</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro Rörpärlor 1000 st Svart</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro Rörpärlor 1000 st Ljuslila</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro Rörpärlor 3000 st Vit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro Rörpärlor 10 000 Bas</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro Pärlplatta XL Fyrkant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro Pärlplatta Kvadrat 4p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sandbor, 3 Farver Ass. L: 42 cm (1180)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Thorbjorn Dessertsæt I Æske (4836)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bio Funcar I Gaveæske (5652)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bio Cupcake &amp; Is-Sæt 54 Dele (6974)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro Rörpärlor 1000 st Orange</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro Rörpärlor 1000 st Petrol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panduro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 1000 st Varmrosa</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3095 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Toy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>095 Toys</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Play Box AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Spångatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Älmhult</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Rörpärlor 1000 st pastellila</x:v>
+        <x:v>Rörpärlor 1000 st Hallonröd</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3095 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Toy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>095 Toys</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Play Box AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Spångatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Älmhult</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Rörpärlor big pack 12 000 st</x:v>
+        <x:v>Rörpärlor 1000 st Mörkgrå</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3095 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Toy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>095 Toys</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Play Box AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Spångatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Älmhult</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Rörpärlor i hink 5000st pastell</x:v>
+        <x:v>Rörpärlor 1000 st Ljus gråbeige</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3095 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Toy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>095 Toys</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Play Box AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Spångatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Älmhult</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Pärlplatta 2 st</x:v>
+        <x:v>Rörpärlor 1000 st Olivgrön</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3095 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Toy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>095 Toys</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Play Box AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Spångatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Älmhult</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Panduro Rörpärlor 1000 st Grå</x:v>
+        <x:v>Lekia Rörpärlor 1000 st Fuchsia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lekia Rörpärlor 1000 st Aprikos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro Rörpärlor 1000 st Ljusblå Transparent</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3095 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Toy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>095 Toys</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Panduro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Play Box AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Spångatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Älmhult</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Panduro Rörpärlor 1000 st Ljusblå</x:v>
+        <x:v>Panduro Rörpälror 1000 st Pärlemor</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3095 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Toy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>095 Toys</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Panduro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Play Box AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Spångatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Älmhult</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Panduro Rörpärlor XL 600 st Bas</x:v>
+        <x:v>Green Garden Kurve Sæt, 5 pcs. (7032)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panduro, Rörpärlor 1000 st Unicorn rosa</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3095 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Toy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>095 Toys</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Panduro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Play Box AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Spångatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Älmhult</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Panduro Rörpärlor XL 600 st Pastell</x:v>
+        <x:v>Panduro, Rörpärlor 1000 st Ljus beige</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3095 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Toy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>095 Toys</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Panduro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Play Box AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Spångatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Älmhult</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Panduro Rörpärlor XL 1400 Mediumpack</x:v>
+        <x:v>Byggesten Blå &amp; Rød-26 Stk. Krt. (6991)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kedel-Grydesæt Net (4210)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Køkken og Bagesæt 100 Dele Krt. (6945)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Køkken Sæt Stor i Æske (4256)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lastbil L: 21 cm (2215)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Løbe Spande 3 Sæt Krt. (6923)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Løbe Spande i Net H:12 cm (6723)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>My Little P. Kaffestel i Net (4396)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pølseset i Net (4234)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rive 21 cm (1165)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sandform Fæstning H:12 cm (1264)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sandmølle H:27 cm (1610)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sandsæt Maxi-129 Dele Krt. (6965)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skovl Rough 'N' Ready 2 Farver 58 cm (1152)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Spand Hældetud H:15,5 cm (1330)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Spisestel i Net 15cm (4381)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Traktor M. Grab-Plastikhjul (2129)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vippegynge Krokodille 101 cm (6721)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bio Plast Køretøjer 8 Stk. KRT. (6968)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tiny Bio Frokost sæt, 94 dele - 12+ mdr (6971)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gonge Top Rød (Nr. 2100 + 2101) (97501)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gonge Koala (nr. 2097) (97540)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>X Fix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>X Block</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>XBlock</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Classensgade 36</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København Ø</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Green Garden Trillebør M/2 Hjul L:72 cm (4721)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Green Garden Trillebørssæt (4723)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Thorbjørn Fly og Sneplov-sæt (4828)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Garage Vaskehal (7523)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 1000 st ljusbeige</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor pastell 1000 st gul  </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor pastell 1000 st rosa </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 6000 st Transparent</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Micki Toys, Bluey Bead Set 2000 pcs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Micki Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Søstrene Grene, Pärlor Dark Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søstrene Grene</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Søstrene Grene, Pärlor Yellow</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søstrene Grene</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Søstrene Grene, Pärlor Red</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søstrene Grene</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Søstrene Grene, Pärlor Grey</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søstrene Grene</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 6000 st neonmix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3095 0007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playbox of Sweden</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Play Box AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Spångatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älmhult</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pastel Sandsæt 45 Dele (6975)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Polarbiler, 6 Stk Ass. (2710)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Puttekasse (4871)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Perler Pastel Stor (5911)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Perler Forest Lille (5930)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Perler Forest Stor (5931)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Perler Forest Xl (5942)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5095 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>095 Toys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dantoy A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sjællandsvej 4.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rörpärlor 1000 st Gulgrön</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3095 0007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Toy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>095 Toys</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Panduro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Play Box AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Spångatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Älmhult</x:v>
-      </x:c>
-[...21566 lines deleted...]
-        <x:v>København Ø</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>