--- v0 (2025-12-31)
+++ v1 (2026-03-03)
@@ -1,85 +1,117 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc03e4eb51e424739" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra84e918bd96a4a9a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Rf6d9862057ed4d25"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="products" sheetId="1" r:id="R3fcc2e83c8934bc6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf6d9862057ed4d25" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3fcc2e83c8934bc6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brand</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensee</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c t="str">
         <x:v>City</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Marksöm lekmatta 200x150x15 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0084</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marksöm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marksöm AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Djupdal 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gånghester</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Fixa podium björk pentagon 36</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0099</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Toy furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
@@ -132,114 +164,114 @@
       </x:c>
       <x:c t="str">
         <x:v>Toy furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Osby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Marksöm lekmatta 200x150x15 cm</x:v>
+        <x:v>Scenmodul Idun 3 steg B60 (112240)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Marksöm lekmatta (2x100)x100x10 cm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3031 0084</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Toy furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>5</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Marksöm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Marksöm AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Djupdal 6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gånghester</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Scenmodul Idun 3 steg B60 (112240)</x:v>
-[...30 lines deleted...]
-      <x:c t="str">
         <x:v>Fixa podium björk triangel 42</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0099</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Toy furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
@@ -260,370 +292,370 @@
       </x:c>
       <x:c t="str">
         <x:v>Toy furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Osby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Marksöm lekmatta (2x100)x100x10 cm</x:v>
+        <x:v>Scenmodul Idun hörn 3 steg B120 (111804)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scenmodul Idun 3 steg B120 med hjul (111807)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scenmodul Idun hörn 3 steg B120 med hjul (111808)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scenmodul Idun B120 med hjul (111809)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scenmodul Idun 3 steg B60 med hjul (112243)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Marksöm lekmatta (2x70)x70x10 cm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3031 0084</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Toy furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>5</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Marksöm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Marksöm AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Djupdal 6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gånghester</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Scenmodul Idun hörn 3 steg B120 (111804)</x:v>
-[...158 lines deleted...]
-      <x:c t="str">
         <x:v>Fixa podium vitpigmenterad rektangel 59</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0099</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Toy furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Osby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Marksöm lekmatta (2x70)x70x10 cm</x:v>
+        <x:v>Scenmodul Idun 3 steg B120 (111803)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scenmodul Idun 3 steg B120 med spegel (111810)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Marksöm lekmatta 100x190x5 cm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3031 0084</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Toy furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>5</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Marksöm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Marksöm AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Djupdal 6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gånghester</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Scenmodul Idun 3 steg B120 (111803)</x:v>
-[...62 lines deleted...]
-      <x:c t="str">
         <x:v>Fixa podium björk rektangel 88</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0099</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Toy furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
@@ -644,805 +676,837 @@
       </x:c>
       <x:c t="str">
         <x:v>Toy furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Osby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Marksöm lekmatta 100x190x5 cm</x:v>
+        <x:v>Scenmodul Idun 2 steg B60 (112241)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scenmodul Idun 3 steg B60 med spegel (112244)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Soft Podium, Byggklossar Multi-Soft i varierande storlekar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3031 0084</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Toy furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>5</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Marksöm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Marksöm AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Djupdal 6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gånghester</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Scenmodul Idun 2 steg B60 (112241)</x:v>
-[...63 lines deleted...]
-        <x:v>Fixa Soft Podium, Byggklossar Multi-Soft i varierande storlekar</x:v>
+        <x:v>Hörngrop</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3031 0084</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Toy furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>5</x:v>
-[...2 lines deleted...]
-        <x:v/>
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marksöm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Marksöm AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Djupdal 6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gånghester</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Hörngrop</x:v>
+        <x:v>Lekmöbel 8-kantig Mysgrop-MS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3031 0084</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Toy furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>5</x:v>
-[...2 lines deleted...]
-        <x:v/>
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marksöm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Marksöm AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Djupdal 6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gånghester</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Lekmöbel 8-kantig Mysgrop-MS</x:v>
+        <x:v>Fixa podium björk pentagon 88</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa podium björk hexagon 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa podium vitpigmenterad hexagon 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scenmodul Idun 2 steg B120 (111805)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scenmodul Idun hörn 3 steg B120 med spegel (111811)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scenmodul Idun B60 (112242)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa podium björk kvadrat 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa podium vitpigmenterad kvadrat 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa podium vitpigmenterad kvadrat 59</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa podium vitpigmenterad triangel 42</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa podium vitpigmenterad pentagon 59</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hörnpodium Tryggve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sittdynor i varierande storlek</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3031 0084</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Toy furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>5</x:v>
-[...2 lines deleted...]
-        <x:v/>
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marksöm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Marksöm AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Djupdal 6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gånghester</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Scenmodul Idun hörn 3 steg B120 med spegel (111811)</x:v>
-[...191 lines deleted...]
-        <x:v>Sittdynor i varierande storlek</x:v>
+        <x:v>Croco, Byggklossar Multi-Soft i varierande storlekar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3031 0084</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Toy furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>5</x:v>
-[...2 lines deleted...]
-        <x:v/>
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marksöm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Marksöm AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Djupdal 6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gånghester</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Croco, Byggklossar Multi-Soft i varierande storlekar</x:v>
+        <x:v>Marksöm lekmatta 200x150x10 cm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3031 0084</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Toy furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>5</x:v>
-[...2 lines deleted...]
-        <x:v/>
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marksöm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Marksöm AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Djupdal 6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gånghester</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Fixa podium björk kvadrat 46</x:v>
-[...186 lines deleted...]
-        <x:v>Osby</x:v>
+        <x:v>Marksöm lekmatta 200x150x5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0084</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toy furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marksöm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marksöm AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Djupdal 6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gånghester</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Mjukhörnsoffa-MS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3031 0084</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Toy furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>5</x:v>
-[...2 lines deleted...]
-        <x:v/>
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marksöm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Marksöm AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Djupdal 6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gånghester</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Mysgrop</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3031 0084</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Toy furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>5</x:v>
-[...2 lines deleted...]
-        <x:v/>
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marksöm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Marksöm AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Djupdal 6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gånghester</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Byggklossar Multi-Soft i varierande storlekar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3031 0084</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Toy furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>5</x:v>
-[...2 lines deleted...]
-        <x:v/>
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marksöm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Marksöm AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Djupdal 6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gånghester</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Lekmöbel Bassäng-MS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3031 0084</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Toy furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>5</x:v>
-[...2 lines deleted...]
-        <x:v/>
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Marksöm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Marksöm AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Djupdal 6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gånghester</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Fixa podium björk triangel 59</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0099</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Toy furniture</x:v>
       </x:c>
       <x:c t="str">
@@ -1504,114 +1568,50 @@
         <x:v>5031 0099</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Toy furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Osby</x:v>
-      </x:c>
-[...62 lines deleted...]
-        <x:v>Gånghester</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Scenmodul Idun B120 (111806)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0099</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Toy furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">