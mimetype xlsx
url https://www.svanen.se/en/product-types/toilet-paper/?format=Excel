--- v0 (2025-12-16)
+++ v1 (2026-02-03)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8f37bfe24054c78" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36b84e51699b4e31" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R69beac0dcbaf4692"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R40335a55542547da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R69beac0dcbaf4692" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R40335a55542547da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -484,4954 +484,4954 @@
       </x:c>
       <x:c t="str">
         <x:v>Toilet paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>005 Tissue paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Essity Hygiene and Health AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Broplatsen 3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mölndal</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Katrin Toilet 640</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Katrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB - Katrinefors bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holländaregatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mariestad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lambi Limited Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0106, 3005 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lambi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Torqwell Fritids-toa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Careness</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lambi Classic toilet </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0106, 3005 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lambi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lotus Classic BRT 42/18p (101565)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lotus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>II BULKYSOFT (ET67550) 2V EP56</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5005 0059</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bulkysoft</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cartiere Carrara S.p.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Val Di Forfora, 27</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pietrabuona-Pescia</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop Nice&amp;Soft Toilet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0106, 3005 0002, 3005 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>422679 TT COOP LUXURY FSC® WTE 5P 4RX7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0071</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sofidel Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Katrin Toilet 360</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3005 0006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Toilet paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>005 Tissue paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Katrin</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Katrin Plus Toielt 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Katrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>63009 ICA Bad &amp; Toalett 8/6-R 3 Ply</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2005 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vajda-Papir Scandinavia AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4188</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>63015 Ooops! Sensitive Toilet Scan 48/24-R 3 Ply</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2005 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooops!</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vajda-Papir Scandinavia AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4188</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>63024 Ooops! Sensitive Toilet Scan 8/6-R 3 Ply 17m</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2005 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooops!</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vajda-Papir Scandinavia AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4188</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Megaclean toalettpapper 2-lag</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Megaclean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Megaclean toalettpapper Bas</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Megaclean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Megaclean toalettpapper mini</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Megaclean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cleanhouse toa 2-lag 60</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Enter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alloffice Toa Kompakt Excellent</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>413252 TT FIXA DELUXE FSC® WTE 4P 6RX7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0071</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sofidel Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Refin Toilet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0002, 3005 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skona Original BRT150/6p (25040)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dollarstore BRT 48/24p (485788)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Careness Jumbo Midi Excellent</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Careness</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lambi Classic Plus toilet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0106, 3005 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lambi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lotus Comfort</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lotus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lotus Comfort BRT 7/8-p (101552)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lotus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lotus Classic BRT 36/24-p (101731)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lotus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>422150 TT REGINA CARE FSC® WTE 3P 18RX1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0071</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Regina</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sofidel Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>422151 TT REGINA CARE FSC® WTE 3P 18RX2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0071</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Regina</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sofidel Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Katrin Gigant M Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0006, 4005 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Katrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Katrin Toilet 400</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Katrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Katrin Plus Toielt 285</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Katrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Katrin Gigant L 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Katrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Toilet paper RUSTA - 16 rolls - Toilet paper 2 plies - SWAN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4005 0082</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rusta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grigeo Tissue, UAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vilniaus st. 10, Grigiškės</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vilnius city municipality</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>63010 ICA Bad &amp; Toalett 192/6-R 3 Ply</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2005 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vajda-Papir Scandinavia AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4188</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>63003 ICA Bad &amp; Toalett 48/24-R 3 Ply</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2005 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vajda-Papir Scandinavia AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4188</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>63006 Ooops! Sensitive Toilet Scan 8/6-R 3 Ply</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2005 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooops!</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vajda-Papir Scandinavia AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4188</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>63014 Ooops! Sensitive Toilet Scan 96/12-R 3 Ply</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2005 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooops!</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vajda-Papir Scandinavia AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4188</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>63025 Ooops! Sensitive Toilet Scan 192/6-R 3 Ply 17m</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2005 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooops!</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vajda-Papir Scandinavia AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4188</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>63028 Ooops! Excellence Toilet 7/8-R 3-Ply</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2005 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooops!</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vajda-Papir Scandinavia AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4188</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>63026 Ooops! Sensitive Toilet Scan 7/8-R 3 Ply</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2005 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooops!</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vajda-Papir Scandinavia AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4188</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Megaclean toalettapper midi 2-lag</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Megaclean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alloffice Toalettpapper gigant small</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Enter 3-lags soft toa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmästarn</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Carepa Toalettpapper Gigant Premium M</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>P&amp;P Toilet Soft</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Salling Toilet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0106, 3005 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Godt Papir Toilet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0002, 3005 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Extra long BRT 210/4p (24371)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skona Original BRT 1/18p (23780)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Natur BRT 1/16p (23411)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Katrin Plus Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0106, 3005 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Katrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lotus Classic BRT 42/18p (485800)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lotus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>IG INT.BULKY PREM.2V 250X36X48</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5005 0059</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bulkysoft</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cartiere Carrara S.p.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Val Di Forfora, 27</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pietrabuona-Pescia</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Refin Extra Long BRT 210/4-p (101915)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Refin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>420587 TT FLORALYS BLUE FSC® WTE 3P 10RX1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0071</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floralys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sofidel Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Katrin Gigant S Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Katrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Katrin Toilet 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Katrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Floralys Toilet </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floralys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Unik Toilet </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>63029 Ooops! Excellence Toilet  6/8-R 3-Ply</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2005 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooops!</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vajda-Papir Scandinavia AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4188</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>63022 Ooops! Sensitive Toilet Scan 36/32-R 3 Ply</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2005 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooops!</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vajda-Papir Scandinavia AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4188</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Megaclean toalettpapper 100m 1-lag</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Megaclean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Megaclean toalettpapper maxi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Megaclean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tvättmästarn toa 3-lag</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmästarn</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WashTek-Jasteko toalettpapper Midi Gigant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WashTek</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eldorado BRT 8/8p (22928)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skona Kompakt BRT 7/8p (24973)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Refin BRT 48/24p (485750)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Katrin Plus Gigant S 2 Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Katrin</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Metsä Tissue AB - Katrinefors bruk</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Holländaregatan 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mariestad</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Katrin Toilet 640</x:v>
+        <x:v>Bruka Toilet Soft</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Careness</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Formo toalettpapper 2-lag</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleanhouse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cleanhouse toalettpapper Plus 40</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleanhouse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lambi Classic Plus toilet </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0106, 3005 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lambi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>IG.INT BULKY PREMIUM 2V 36X48</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5005 0059</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bulkysoft</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cartiere Carrara S.p.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Val Di Forfora, 27</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pietrabuona-Pescia</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Europris Maxi toilet</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3005 0006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Toilet paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>005 Tissue paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Europris</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Toilet Paper X-tra, recycled tissue paper, 2ply</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4005 0082</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Xtra</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grigeo Tissue, UAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vilniaus st. 10, Grigiškės</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vilnius city municipality</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Samelle Toilet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0106, 3005 0006, 3005 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>420586 TT FLORALYS PINK FSC® WTE 4P 10RX1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0071</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floralys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sofidel Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>420584 TT FIXA ORIGINAL FSC® WTE 3P 6RX1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0071</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sofidel Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>63018 ICA Bad &amp; Toalett 36/32-R 3-PLY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2005 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vajda-Papir Scandinavia AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4188</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>63019 ICA Bad &amp; Toalett Dekor 8/6-R 3 Ply</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2005 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vajda-Papir Scandinavia AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4188</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>63007 Ooops! Sensitive Toilet Scan 192/6-R 3 Ply</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2005 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooops!</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vajda-Papir Scandinavia AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4188</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>63008 Ooops! Smart Toilet 8/8-R 2 PLY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2005 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooops!</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vajda-Papir Scandinavia AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4188</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>63027 Ooops! Sensitive Toilet Scan 144/12-R 3 Ply</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2005 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooops!</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vajda-Papir Scandinavia AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4188</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>63021 Ooops! Sensitive Toilet Scan 72/24-R 3 Ply</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2005 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooops!</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vajda-Papir Scandinavia AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4188</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bruka Toilet </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bruka</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sunda Toalettpapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tensia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Formo toalettpapper jumbo Midi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Formo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Formo toalettpapper jumbo Mini</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Megaclean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Megaclean toalettpapper 3-lag</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Megaclean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>P&amp;P Toilet Soft </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>P&amp;P toilet gigant mellan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Formo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Carepa Toalettpapper Gigant Premium S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>422142 TT COOP NICE &amp; SOFT FSC® WTE 3P 24RX1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0071</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sofidel Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Mjukt &amp; Lent BRT 7/8p (488961)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Mjukt &amp; Lent BRT 105/8p (488960)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Extra long BRT 7/4p (100975)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skona X-lång BRT 7/4p (23408)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BULKYSOFT PREMIUM IGIENICA MINI JUMBO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5005 0059</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bulkysoft</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cartiere Carrara S.p.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Val Di Forfora, 27</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pietrabuona-Pescia</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Katrin Basic toalettpapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0106, 3005 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Katrin</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Metsä Tissue AB - Katrinefors bruk</x:v>
-[...10 lines deleted...]
-        <x:v>Lambi Limited Toilet paper</x:v>
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cleanhouse toalettpapper Mini</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleanhouse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lambi Classic toilet</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3005 0106, 3005 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Toilet paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>005 Tissue paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lambi</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Metsä Tissue AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Pauliströms Bruk</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Pauliström</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Torqwell Fritids-toa</x:v>
+        <x:v>Änglamark toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lambi Premium Toilet paper*</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lambi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REMA 1000 Toilet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>REMA 1000</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Refin Toilet 48x24p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lambi Classic Toilet </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lambi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>420577 TT FIXA ORIGINAL FSC® WTE 3P 24RX1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0071</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sofidel Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>414739 TT ICA EXTRA FINT FSC® WTE 5P 4RX7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0071</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sofidel Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>420571 TT FLORALYS PINK FSC® WTE 4P 6RX1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0047, 3005 0071</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floralys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sofidel Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Basic BRT 8/8p (22256)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Unik Toilet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0002, 3005 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Original BRT 1/18p (22946)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop Nice and Soft toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Katrin Plus Gigant M 2 Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Katrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>First Price Toilet </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>First Price</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>63013 Ooops! Sensitive Toilet Scan 8/8-R 3 Ply</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2005 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooops!</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vajda-Papir Scandinavia AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4188</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Carepa Toalettpapper Gigant Economy S Easy Flush</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3005 0044</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Toilet paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>005 Tissue paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Careness</x:v>
+        <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>P&amp;P AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Industrivägen 7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kisa</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Lambi Classic toilet </x:v>
-[...2 lines deleted...]
-        <x:v>3005 0106, 3005 0002</x:v>
+        <x:v>P&amp;P Toilet Plus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>RG toalettpapper gigant mellan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>420585 TT FIXA ORIGINAL FSC® WTE 3P 6RX8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0071</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sofidel Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lotus Comfort BRT 60/16p (101557)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lotus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>IG.INT BULKY  PREM.2V 250X36X24</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5005 0059</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bulkysoft</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cartiere Carrara S.p.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Val Di Forfora, 27</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pietrabuona-Pescia</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>IG.INT BULKY PREM 2V 250X36X56</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5005 0059</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bulkysoft</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cartiere Carrara S.p.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Val Di Forfora, 27</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pietrabuona-Pescia</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Katrin Plus Toilet 360</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Katrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Serla Smart toilet paper*</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Serla</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Budget Toilet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lambi Classic Toilet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Toilet paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>005 Tissue paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lambi</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Metsä Tissue AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Pauliströms Bruk</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Pauliström</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Katrin Plus Toielt 250</x:v>
+        <x:v>First Price Toilet</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3005 0006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Toilet paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>005 Tissue paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Katrin</x:v>
-[...13 lines deleted...]
-        <x:v>Lotus Classic BRT 42/18p (101565)</x:v>
+        <x:v>First Price</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Europris Delicate toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0002, 3005 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europris</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>63017 ICA Bad &amp; Toalett 4/24-R 3 PLY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2005 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vajda-Papir Scandinavia AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4188</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>63012 Ooops! Sensitive Toilet Scan 144/8-R 3 Ply</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2005 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooops!</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vajda-Papir Scandinavia AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4188</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ravelli Toilet </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bruka</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dereko toalettapper längre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Formo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Megaclean toalettpapper midi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Megaclean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>P&amp;P Toilet Compact  </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>P&amp;P Easy Flush</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>P&amp;P Toa Gigant Mellan Vit Easy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>RG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tvättmästarn Toalett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WashTek</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Carepa Toalettpapper Soft 2-lags</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Floralys Toilet paper, 24 rolls</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4005 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floralys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mänttä</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TOILETPAPIR PRISTINE 3V8R9 EP8+8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5005 0059</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cartiere Carrara S.p.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Val Di Forfora, 27</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pietrabuona-Pescia</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>422138 TT COOP NICE &amp; SOFT FSC® WTE 3P 6RX1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0071</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sofidel Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Mjukt &amp; Lent BRT 1/18p (25703)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3005 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Toilet paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>005 Tissue paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eldorado BRT 1/24p (22943)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skona Original BRT 8/6p (100765)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cleanhouse toalettpapper Midi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleanhouse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lotus Comfort BRT 60/16p (485801)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Lotus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Essity Hygiene and Health AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Broplatsen 3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mölndal</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>II BULKYSOFT (ET67550) 2V EP56</x:v>
+        <x:v>Lotus Comfort BRT 1/16p (101635)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lotus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>IG.INT BULKYSOFT 1V 300X36X24</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5005 0059</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Toilet paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>005 Tissue paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bulkysoft</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cartiere Carrara S.p.A.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Via Val Di Forfora, 27</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Pietrabuona-Pescia</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Coop Nice&amp;Soft Toilet</x:v>
-[...17 lines deleted...]
-        <x:v>Coop</x:v>
+        <x:v>Lambi Classic Decor toilet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0002, 3005 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lambi</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Metsä Tissue AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Pauliströms Bruk</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Pauliström</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>422679 TT COOP LUXURY FSC® WTE 5P 4RX7</x:v>
+        <x:v>422143 TT COOP NICE &amp; SOFT FSC® WTE 3P 24RX3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3005 0071</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Toilet paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>005 Tissue paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Coop</x:v>
+        <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Sofidel Sweden AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 124</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kisa</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>63009 ICA Bad &amp; Toalett 8/6-R 3 Ply</x:v>
-[...305 lines deleted...]
-        <x:v/>
+        <x:v>Serla Maximeter toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Serla</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Metsä Tissue AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Pauliströms Bruk</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Pauliström</x:v>
-      </x:c>
-[...4286 lines deleted...]
-        <x:v>Kisa</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>