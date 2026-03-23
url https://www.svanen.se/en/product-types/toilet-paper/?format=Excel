--- v1 (2026-02-03)
+++ v2 (2026-03-23)
@@ -1,5437 +1,5341 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36b84e51699b4e31" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0c9e59ad4344745" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R40335a55542547da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="products" sheetId="1" r:id="R85b617fa8ff1419a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R40335a55542547da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R85b617fa8ff1419a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brand</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensee</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c t="str">
         <x:v>City</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Coop Nice&amp;Soft Toilet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0106, 3005 0002, 3005 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alloffice Toalettpapper gigant medium</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Extra long BRT 7/4p (22923)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>63027 Ooops! Sensitive Toilet Scan 144/12-R 3 Ply</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2005 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooops!</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vajda-Papir Scandinavia AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4188</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lambi Classic toilet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0106, 3005 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lambi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglamark toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sunda Toalettpapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tensia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lotus Comfort BRT 60/16p (101557)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lotus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Carepa Toalettpapper Gigant Economy S Easy Flush</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>P&amp;P Toilet Plus </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Salling Toilet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0106, 3005 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Floralys Toilet </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floralys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>63014 Ooops! Sensitive Toilet Scan 96/12-R 3 Ply</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2005 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooops!</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vajda-Papir Scandinavia AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4188</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>63019 ICA Bad &amp; Toalett Dekor 8/6-R 3 Ply</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2005 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vajda-Papir Scandinavia AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4188</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skona X-lång BRT 7/4p (23408)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Mjukt &amp; Lent BRT 105/8p (488960)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Mjukt &amp; Lent BRT 48/18p (488959)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>422679 TT COOP LUXURY FSC® WTE 5P 4RX7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0071</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sofidel Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Enter 3-lags soft toa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmästarn</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Toilet paper RUSTA - 16 rolls - Toilet paper 2 plies - SWAN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4005 0082</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rusta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grigeo Tissue, UAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vilniaus st. 10, Grigiškės</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vilnius city municipality</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>63006 Ooops! Sensitive Toilet Scan 8/6-R 3 Ply</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2005 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooops!</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vajda-Papir Scandinavia AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4188</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lotus Classic BRT 42/18p (485800)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lotus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>63003 ICA Bad &amp; Toalett 48/24-R 3 Ply</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2005 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vajda-Papir Scandinavia AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4188</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Unik Toilet </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>420587 TT FLORALYS BLUE FSC® WTE 3P 10RX1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0071</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floralys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sofidel Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Floralys 10x160 4ply</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5005 0112, 5005 0039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floralys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WEPA Hygieneprodukte GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rönkhauser Str. 26</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Arnsberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Mjukt &amp; Lent BRT 7/8p (488961)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Extra long BRT 7/4p (100975)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lambi Limited Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0106, 3005 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lambi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Torqwell Fritids-toa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Careness</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lambi Classic toilet </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0106, 3005 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lambi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>II BULKYSOFT (ET67550) 2V EP56</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5005 0059</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bulkysoft</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cartiere Carrara S.p.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Val Di Forfora, 27</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pietrabuona-Pescia</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lotus Classic BRT 42/18p (101565)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lotus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WashTek-Jasteko toalettpapper Mini Gigant</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WashTek</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Katrin Plus Toielt 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Katrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>P&amp;P Toa Gigant Liten Vit Easy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Natur BRT 8/8p (22926)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Katrin Plus Toilet 360</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Katrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Serla Smart toilet paper*</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Serla</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>63013 Ooops! Sensitive Toilet Scan 8/8-R 3 Ply</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2005 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooops!</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vajda-Papir Scandinavia AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4188</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>RG toalettpapper gigant mellan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lambi Premium Toilet paper*</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lambi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Megaclean toalettpapper 3-lag</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Megaclean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>63021 Ooops! Sensitive Toilet Scan 72/24-R 3 Ply</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2005 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooops!</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vajda-Papir Scandinavia AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4188</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cleanhouse toalettpapper Mini</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleanhouse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>P&amp;P toilet gigant mellan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Formo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>First Price Toilet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>First Price</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>420585 TT FIXA ORIGINAL FSC® WTE 3P 6RX8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0071</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sofidel Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Megaclean toalettpapper mini</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Katrin Toilet 640</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Katrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB - Katrinefors bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holländaregatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mariestad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Natur BRT 144/8p (24373)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>63018 ICA Bad &amp; Toalett 36/32-R 3-PLY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2005 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vajda-Papir Scandinavia AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4188</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BULKYSOFT PREMIUM IGIENICA MINI JUMBO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5005 0059</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bulkysoft</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cartiere Carrara S.p.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Val Di Forfora, 27</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pietrabuona-Pescia</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>63007 Ooops! Sensitive Toilet Scan 192/6-R 3 Ply</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2005 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooops!</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vajda-Papir Scandinavia AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4188</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>63008 Ooops! Smart Toilet 8/8-R 2 PLY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2005 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooops!</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vajda-Papir Scandinavia AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4188</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>63028 Ooops! Excellence Toilet 7/8-R 3-Ply</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2005 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooops!</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vajda-Papir Scandinavia AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4188</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>63010 ICA Bad &amp; Toalett 192/6-R 3 Ply</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2005 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vajda-Papir Scandinavia AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4188</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Refin Extra Long BRT 210/4-p (101915)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Refin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skona Original BRT 1/18p (23780)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Natur BRT 1/16p (23411)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Katrin Toilet 360</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Katrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>RG toalettpapper gigant liten</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>RG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>P&amp;P Toilet Soft </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Katrin Plus Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0106, 3005 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Katrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>63026 Ooops! Sensitive Toilet Scan 7/8-R 3 Ply</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2005 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooops!</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vajda-Papir Scandinavia AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4188</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Budget Toilet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lambi Classic Toilet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lambi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skona Original BRT 48/18p (25037)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Careness Jumbo Mini Excellent</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3005 0044</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Toilet paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>005 Tissue paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sunda</x:v>
       </x:c>
       <x:c t="str">
         <x:v>P&amp;P AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Industrivägen 7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kisa</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>P&amp;P toilet gigant liten</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Careness Toilet Soft</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3005 0044</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Toilet paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>005 Tissue paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dereko</x:v>
       </x:c>
       <x:c t="str">
         <x:v>P&amp;P AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Industrivägen 7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kisa</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>63025 Ooops! Sensitive Toilet Scan 192/6-R 3 Ply 17m</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2005 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooops!</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vajda-Papir Scandinavia AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4188</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>IG INT.BULKY PREM.2V 250X36X48</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5005 0059</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bulkysoft</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cartiere Carrara S.p.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Val Di Forfora, 27</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pietrabuona-Pescia</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Katrin Toilet 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Katrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Extra long BRT 210/4p (24371)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Carepa Toalettpapper Gigant Premium M</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Katrin Gigant S Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Katrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Megaclean toalettapper midi 2-lag</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Megaclean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alloffice Toalettpapper gigant small</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Katrin Basic toalettpapper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0106, 3005 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Katrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lambi Classic Toilet </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lambi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>420584 TT FIXA ORIGINAL FSC® WTE 3P 6RX1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0071</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sofidel Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Carepa Toalettpapper Gigant Premium S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Formo toalettpapper jumbo Midi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Formo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REMA 1000 Toilet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>REMA 1000</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Refin Toilet 48x24p</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bruka Toilet </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bruka</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Godt Papir Toilet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0002, 3005 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Formo toalettpapper jumbo Mini</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Megaclean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>405027 TT DUGNADSIDEN FSC® WTE 3P 8RX7*</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0071</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sofidel Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>P&amp;P Toilet Soft</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lambi Classic Decor toilet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0002, 3005 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lambi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lotus Comfort BRT 60/16p (485801)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lotus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Carepa Toalettpapper Soft 2-lags</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Europris Delicate toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0002, 3005 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europris</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>IG.INT BULKYSOFT 1V 300X36X24</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5005 0059</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bulkysoft</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cartiere Carrara S.p.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Val Di Forfora, 27</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pietrabuona-Pescia</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>P&amp;P Toa Gigant Mellan Vit Easy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>RG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Mjukt &amp; Lent BRT 1/18p (25703)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Floralys Toilet paper, 24 rolls</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4005 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floralys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue Oyj</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P.O. Box 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mänttä</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TOILETPAPIR PRISTINE 3V8R9 EP8+8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5005 0059</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cartiere Carrara S.p.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Val Di Forfora, 27</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pietrabuona-Pescia</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eldorado BRT 1/24p (22943)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lotus Comfort BRT 1/16p (101635)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lotus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>414739 TT ICA EXTRA FINT FSC® WTE 5P 4RX7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0071</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sofidel Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop Nice and Soft toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lotus Classic BRT 36/24-p (101731)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lotus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>422150 TT REGINA CARE FSC® WTE 3P 18RX1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0071</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Regina</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sofidel Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Katrin Gigant L 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Katrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Basic BRT 8/8p (22256)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>420571 TT FLORALYS PINK FSC® WTE 4P 6RX1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0047, 3005 0071</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floralys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sofidel Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>63029 Ooops! Excellence Toilet  6/8-R 3-Ply</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2005 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooops!</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vajda-Papir Scandinavia AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4188</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Refin Toilet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0002, 3005 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Katrin Gigant M Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0006, 4005 0009</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Katrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Megaclean toalettpapper Bas</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Megaclean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cleanhouse toa 2-lag 60</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Enter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>420586 TT FLORALYS PINK FSC® WTE 4P 10RX1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0071</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floralys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sofidel Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>63022 Ooops! Sensitive Toilet Scan 36/32-R 3 Ply</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2005 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooops!</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vajda-Papir Scandinavia AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4188</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Katrin Plus Gigant M 2 Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Katrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cleanhouse toalettpapper Plus 40</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleanhouse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Formo toalettpapper 2-lag</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleanhouse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Megaclean toalettpapper maxi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Megaclean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tvättmästarn toa 3-lag</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tvättmästarn</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Samelle Toilet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0106, 3005 0006, 3005 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skona Kompakt BRT 7/8p (24973)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Refin BRT 48/24p (485750)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>63024 Ooops! Sensitive Toilet Scan 8/6-R 3 Ply 17m</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2005 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooops!</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vajda-Papir Scandinavia AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4188</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>IG.INT BULKY PREM 2V 250X36X56</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5005 0059</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bulkysoft</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cartiere Carrara S.p.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Val Di Forfora, 27</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pietrabuona-Pescia</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>63009 ICA Bad &amp; Toalett 8/6-R 3 Ply</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2005 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vajda-Papir Scandinavia AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4188</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lambi Classic Plus toilet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0106, 3005 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lambi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lotus Comfort BRT 7/8-p (101552)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lotus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Careness Jumbo Midi Excellent</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Careness</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Katrin Toilet 400</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Katrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skona Original BRT150/6p (25040)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Megaclean toalettpapper 2-lag</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Megaclean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>63017 ICA Bad &amp; Toalett 4/24-R 3 PLY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2005 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vajda-Papir Scandinavia AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4188</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cleanhouse toalettpapper Midi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleanhouse</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Megaclean toalettpapper midi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Megaclean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tvättmästarn Toalett</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WashTek</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Original BRT 1/18p (22946)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>First Price Toilet </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>First Price</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Toilet Paper X-tra, recycled tissue paper, 2ply</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4005 0082</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Xtra</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grigeo Tissue, UAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vilniaus st. 10, Grigiškės</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vilnius city municipality</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bruka Toilet Soft</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Careness</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Europris Maxi toilet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europris</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eldorado BRT 8/8p (22928)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>63015 Ooops! Sensitive Toilet Scan 48/24-R 3 Ply</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2005 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooops!</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vajda-Papir Scandinavia AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4188</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>422151 TT REGINA CARE FSC® WTE 3P 18RX2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0071</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Regina</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sofidel Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Katrin Plus Toielt 285</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Katrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alloffice Toa Kompakt Excellent</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>P&amp;P Easy Flush</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Serla Maximeter toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Serla</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dereko toalettapper längre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Formo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skona Original BRT 8/6p (100765)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Megaclean toalettpapper 100m 1-lag</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Megaclean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lotus Comfort</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lotus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Megaclean toalettpapper mini</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3005 0044</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Toilet paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>005 Tissue paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Megaclean</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dollarstore BRT 48/24p (485788)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ravelli Toilet </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bruka</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>63012 Ooops! Sensitive Toilet Scan 144/8-R 3 Ply</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2005 0021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ooops!</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vajda-Papir Scandinavia AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 4188</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Drammen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>IG.INT BULKY  PREM.2V 250X36X24</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5005 0059</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bulkysoft</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cartiere Carrara S.p.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Val Di Forfora, 27</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pietrabuona-Pescia</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>P&amp;P Toilet Compact  </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0044</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>P&amp;P</x:v>
       </x:c>
       <x:c t="str">
         <x:v>P&amp;P AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Industrivägen 7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kisa</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Alloffice Toalettpapper gigant medium</x:v>
+        <x:v>420577 TT FIXA ORIGINAL FSC® WTE 3P 24RX1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0071</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sofidel Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Unik Toilet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0002, 3005 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lambi Classic Plus toilet </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0106, 3005 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lambi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliströms Bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pauliström</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Katrin Plus Gigant S 2 Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3005 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Katrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB - Katrinefors bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holländaregatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mariestad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>IG.INT BULKY PREMIUM 2V 36X48</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5005 0059</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>005 Tissue paper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bulkysoft</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cartiere Carrara S.p.A.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Val Di Forfora, 27</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pietrabuona-Pescia</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WashTek-Jasteko toalettpapper Midi Gigant</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3005 0044</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Toilet paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>005 Tissue paper</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>P&amp;P</x:v>
+        <x:v>WashTek</x:v>
       </x:c>
       <x:c t="str">
         <x:v>P&amp;P AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Industrivägen 7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kisa</x:v>
-      </x:c>
-[...5246 lines deleted...]
-        <x:v>Pauliström</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>