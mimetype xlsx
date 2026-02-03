--- v0 (2025-12-15)
+++ v1 (2026-02-03)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbef3c6445864db5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re83f0c9701364a2d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Rdda8bdc1e83845aa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Re9e81642329b4b06"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rdda8bdc1e83845aa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re9e81642329b4b06" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -2052,15002 +2052,15610 @@
       </x:c>
       <x:c t="str">
         <x:v>Toilet paper and paper towels</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU04 Tissue paper and tissue products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Essity Hygiene and Health AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Broplatsen 3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mölndal</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Systeme U BRT 16-6 R 2P Aloe Vera FSC EU (344400)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>AH 2ply Warm Embossing HHT 3/4R XL FSC (600065)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BOSQUE VERDE BRT 1/6-R 2-Ply CPT FSC  (325401)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001, SE/004/010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DIA BRT 12-R 2p STD FSC (325476)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/010, SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>COLHOGAR HA NaturalPure 30/12x8 4p FSC (488092)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>BRT Cosy Pink 6/10 3ply (846104)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/004/001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Toilet paper and paper towels</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU04 Tissue paper and tissue products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Essity Hygiene and Health AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Broplatsen 3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mölndal</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>BOSQUE VERDE BRT 1/6-R 2-Ply CPT FSC  (325401)</x:v>
+        <x:v>COLHOGAR UltrSuave BRT 42/32R 2p FSC G (481644)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MIMOSA HHT 2P 150/2=4R BLANC FSC EU (338000)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MIMOSA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FLORALYS BRT PINK 2 Ply 1/180*12 EU (59637)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WeCare, centerfeed roll small</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vendor 1-ply (1x24 gsm) Tissue, 150 mtr compact rolls</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vendor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vendor B.V.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persephonestraat 38</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tilburg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WeCare Toiletpaper 1-ply, S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KBM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WeCare Toiletpaper 2-ply, white M</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KBM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NUA Z KATLI STANDARD HAVLU (1*20) (500533)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lila Kağıt Sanayi ve Ticaret A.Ş.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ulas OSB Neighborhood , 103. Street</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tekirdağ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Auchan BRT 6/16R 2P White FSC EU Flower "Mieux Vivre Environnment (339812)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Auchan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Plenty Easypull ECP HHT 6/1-R 2p recycl. (8390)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BOSQUE VERDE HHT 1/3-R 2-Ply Wh CPT FSC (326204)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>COLHOGAR JUST1 BRT 7/6-R 5 Ply Wht FSC  (488512)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colhogar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ECO+ TP Compact 7/4-R 2ply PINK (335701)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MIMOSA BRT 84/12-R 3-Ply White PEFC EU (331210)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mimosa HHT ECO+2 ply White X 3 (335810)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MIMOSA Toipa 30/48-R 2Ply White (335410)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MIMOSA TP 21/6-R 2-Ply White (300001)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SYSTEME U BRT 7/9-R 2P Maxi FSC EU (332901)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Système U</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Système U Toipa 21/6-R 2 ply decore FSC (332501)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Système U</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Système U Toipa 84/18-R 2Ply White FSC (310610)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Système U</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Système U TP COMP 18/48=96 2P White FSC (341901)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Système U</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>U NATURE BRT RECYCLED 7/4=12R 2P FSC EU (303101)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ue HHT HYB 55/6R=12 COMP.2P White FSC EU  (341210)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Caresse Facial 9/3x110 2P (485080)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Système U 4P 18/7*6 (346101)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Système U</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Système U Facial 21/180 2-ply Family FSC  (314501)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Système U</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ue Facial 27/80 4-ply White FSC EU (485086)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Esselunga BRT 6/8-R 3p Ecol M.Bi (568855)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Green Oasis BRT 7/4-R 2p 500sh-Ecolabel (568824)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ESSELT JUMBO HHT 6/1R 2p Absorbente FSC (326050)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FLORALYS toilet paper 3 ply 12 rolls white (568865)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floralys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ALDI JUMBO HHT 8/1R 2ply white FSC (326057)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Floralys handkerchiefs, 4-ply, 30er pack (28395)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floralys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>COLHOGAR Facials 33/66 3-Ply White FSC (482322)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solo 2ply kitchen paper 3 roll maxi (600059)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solo 2ply toilet paper 32-roll (56713)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sublimo Household Towel 2 ply 3 rolls white (333812)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zewa Deluxe BRT 72/18R Delicate Care FSC (7310361161993)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zewa Soft Embo 18 rll (7310361162013)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kitchen towel Mola 3 ply</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB - Katrinefors bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holländaregatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mariestad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tork Xpress Multifold HT Univ 2p Z (150298)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ZEWA Everyday BRT 120/12-R FSC (7310361164796)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zewa Everyday Jumbo HHT 6/1-R 440sh FSC (7310361165625)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solo 2ply Warm Emb. HHT 84/8R PEFC (600063)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solo 2ply HHT 168/4r Winter (600057)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Luxana 4ply Toipa 77x18r (5418)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ZEWA Jumbo Design 6/1R 325 sh 2PLY d.175 (7322540578669)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zewa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LOTUS P.NATURAL BRT 64/18 3P FSC (488941)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lotus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LOTUS P.NATURAL BRT 8/6R 3P FSC (488942)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lotus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zewa Comfort 3/20-R 3ply Yellow XXL (6672)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zewa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zewa Comfort 63/20-R 3ply Yellow XXL (6673)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zewa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hand Towel Katrin Plus System 2ply</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Katrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB - Katrinefors bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holländaregatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mariestad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zewa Comfort BRT 3/16 3p Yellow Standard (10634)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zewa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tork Jumbo toilet std 2-ply 250m (7322540658064)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tork</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tork HTR for Elec Dispenser (7322540656671)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tork</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zewa Everyday BRT 24-R (7310361174146)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lotus Lempi HHT 3 rll (7310361170933)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CARESSE FA 27/110 3P FSC EU (340014)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>AH 4ply BRT 12r (53960)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BOSQUE VERDE NA 180/200 1-Ply/30 FSC  (327768)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/004/001, SE/004/010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Toilet paper and paper towels</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU04 Tissue paper and tissue products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Essity Hygiene and Health AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Broplatsen 3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mölndal</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>DIA BRT 12-R 2p STD FSC (325476)</x:v>
+        <x:v>CLAREL HHT 6/3-R 2-Ply CPT FSC (326070)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/004/010, SE/004/001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Toilet paper and paper towels</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU04 Tissue paper and tissue products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Essity Hygiene and Health AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Broplatsen 3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mölndal</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>COLHOGAR HA NaturalPure 30/12x8 4p FSC (488092)</x:v>
+        <x:v>DIA BRT 12-R CPT FSC (325478)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/010, SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Industrial Towel Katrin 2ply (white &amp; blue)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Katrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB - Katrinefors bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holländaregatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mariestad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Floralys Household Towel 2 ply 6 rolls white (282214)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floralys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>GENTLY NATURA HHT 7/3R 2P ECOL REC. FSC (569322)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>GENTLY NATURA BRT 12/4R 2p ECOL REC. (569321)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BRT Cosy Pink 3/20 3ply (846204)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BONPREU Serv. 12/50u 2c 33x33 Mix 2 Colours (327308)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonpreu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BONPREU Serv. 12/50u 2c 33x33 Mix 3 Colours (327786)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonpreu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tork Conv TR Prem 2p 198s (12154)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tork</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>AH 2ply Warm Embossing HHT 6/2R XL FSC (600064)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MIMOSA BRT 7/6R 5P White PEFC EU (329411)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>U Nature BRT RECYCLED 6/4R 3P FSC EU  (309101)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>U Nature</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WeCare, industrial XL wiper</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WeCare Toiletpaper 2-ply, white 50 m</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KBM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WeCare Toiletpaper 3-ply, white 35 m</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KBM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WeCare Wipingpaper 1-ply, white 1000 m</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KBM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hoto Aro, 2-ply</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB - Katrinefors bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holländaregatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mariestad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hand Towel VICTORIA FINE ZZ 2P WHT 20x200, recycled fibre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB - Katrinefors bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holländaregatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mariestad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Toilet paper Initial System  2ply, recycled fibre + virgin  fibre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB - Katrinefors bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holländaregatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mariestad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FSC Mix Credit NUA PRO S V-HV 200*20 (500804)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lila Kağıt Sanayi ve Ticaret A.Ş.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ulas OSB Neighborhood , 103. Street</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tekirdağ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NUA PRO STANDARD V HAVLU (150*24) (500658)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lila Kağıt Sanayi ve Ticaret A.Ş.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ulas OSB Neighborhood , 103. Street</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tekirdağ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Aldi Solo Napkins (multi coloured + white)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>COLHOGAR Ultra Suave BRT 9/24-R 2p FSC  (481643)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colhogar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>APOSAN Basic Facials 18/150u 2p Wht FSC (329139)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/004/010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Toilet paper and paper towels</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU04 Tissue paper and tissue products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Essity Hygiene and Health AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Broplatsen 3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mölndal</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>COLHOGAR UltrSuave BRT 42/32R 2p FSC G (481644)</x:v>
-[...31 lines deleted...]
-        <x:v>WeCare, centerfeed roll small</x:v>
+        <x:v>COLHOGAR Adapt HHT 14/3R 2-Ply FSC HS HP  (481005)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colhogar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>COLHOGAR NA 27/90u 2ply 33x33 White FSC  (327789)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colhogar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>COLHOGAR Facials 33/66 3-Ply White FSC (482304)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colhogar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MIMOSA Toipa 124/9-R 3Ply White (327810)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MIMOSA Toipa 60/24-R 2-Ply White (300310)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Système U Toipa 126/12-R 2-Ply Pink FSC (297710)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Système U</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Système U Toipa 8/12-R 2-Ply Pink FSC (320301)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Système U</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Système U Toipa 8/12-R 2-Ply White FSC (320201)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Système U</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Système U Toipa 8/12-R 3-Ply White FSC (322801)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Système U</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ue HHT HYB 7/2R=4 COMP Wht  FSC1/2  cps EU  (341301)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ue HHT HYB 3/4R=8COMP 2P New MODERNE FSC EU (Nouveau decor)  (341207)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PRESTO Box FA 4/270 3Ply 90sh Trio FSC (28709)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Système U 3P 21/30 x90 Aloe (340010)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Système U</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>U Facial 21/150 3 ply white FSC EU (340016)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>AH 4 ply TP 3x16r décor (5437)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>AH Facial 12/100 3-ply (8046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>AH 48/14 x 3P150 + lotion (9667)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Esselunga FA 12/60 3-Ply col Ecolabel (568854)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Esselunga FA 18/80 4-Ply White Ecolabel (568845)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fiocco BRT 12/4R 2p ECOLABEL REC (568930)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fiocco HHT 7/3-R 2 Ply Ecolabel REC (568929)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SYSTEME U JUMBO 6/1R 2P Wht FSC d.175 EU (332701)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Système U</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>COSY Toipa 3/20-R 3ply Wht Standard (3453)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cosy BRT 45/24-R 3-ply White  (7271)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Caresse Cube Farm Box FA 30/60 3Ply FSC (339001)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BOSQUE VERDE HHT ABSORBENTE 60/1R 2ply White FSC  (326333)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>IPER BRT ECOLABEL iNATURALE 7/4-R 2ply (569125)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Floralys HHT Olives (963900)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floralys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SYSTÈME U HA Stand 48/6x9 4-ply FSC EU (338701)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Système U</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Green Oasis HK 24/10x9 3p std-Ecolabel (568821)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fiocco HA 24/10X9 3ply Ecolabel REC (569005)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solo 4ply TP summer 114/12r (51692)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>COLHOGAR US XXL BRT 3/12-R 2p G PT FSC (481699)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FIOCCO NA 40/50 2p Ecolabel RECYCLED FSC (569020)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BRT S-Budget 3ply 10 R (57461)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FLORALYS HHT 7/3R 2Ply ECOL REC. FSC (569282)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floralys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SYSTEME U HHT 8/6 R 2P BLANC FSC EU (341500)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SYSTEME U BRT 7/6-R 5-Ply (331101)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SYSTEME U BRT 7/6-R 4-Ply White (346101)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EROSKI BRT 7/6R 4p decoP FSC PCR (325565)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ZEWA Moll BRT 3/12-R 3-ply FSC (7322540744019)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zewa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LOTUS P.NAT BRT 18/64 3P FSC (489014)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lotus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hand towel Katrin Plus 1ply in roll M size, (white &amp; blue</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Katrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB - Katrinefors bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holländaregatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mariestad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hand Towel Katrin System 2ply</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Katrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB - Katrinefors bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holländaregatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mariestad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Industrial Towel Katrin 1ply (white &amp; blue)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Katrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB - Katrinefors bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holländaregatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mariestad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ZEWA Premium C-fold HHT 20/120sh (7310361144897)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zewa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tork HTR for Elec Dispenser (7322540656695)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tork</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tork Wiping Paper Plus Sfeed M2 (7310791213521)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tork</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LOTUS Emilia White HHT 1/2 sheet 4 rll (7310361137622)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lotus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>COLHOGAR ECO BRT 12/4-R 2P Wht FSC (480882)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001, SE/004/010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BONPREU Serv. 40/50u 2c 33x33 Various colours (327303)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonpreu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FLORALYS BRT 126/10x180/4 FR FSC ECO LU (569128)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zewa Everyday BRT 32-R (7310361174054)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lotus Lempi BRT 12 rll (7310361171176)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lotus Lempi HHT 12 rll (7310361171138)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BOSQUE VERDE HHT Jumbo RESISTENTE 60/1-R 2P FSC (326334)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>COLHOGAR Ultra Suave BRT 9/12R 2p TA FSC  (481560)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001, SE/004/010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colhogar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BOSQUE VERDE BRT 1/12-R 2ply STD FSC  (325396)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WeCare Toiletpaper 2-ply, white 70 m</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/004/005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Toilet paper and paper towels</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU04 Tissue paper and tissue products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v/>
+        <x:v>KBM</x:v>
       </x:c>
       <x:c t="str">
         <x:v>P&amp;P AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Industrivägen 7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kisa</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Vendor 1-ply (1x24 gsm) Tissue, 150 mtr compact rolls</x:v>
+        <x:v>Hand Towel VICTORIA FINE 1P MX WH 20x300, recycled fibre +   virgin fibre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB - Katrinefors bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holländaregatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mariestad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FSC Mix Credit NUA PRO S TK 35m 12*4 (500805)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lila Kağıt Sanayi ve Ticaret A.Ş.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ulas OSB Neighborhood , 103. Street</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tekirdağ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FSC Mix Credit NUA PRO S END HV 250m 1*6 (500784)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lila Kağıt Sanayi ve Ticaret A.Ş.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ulas OSB Neighborhood , 103. Street</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tekirdağ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FSC Mix Credit NUA PRO S JMB HV 75m 1*9 (500783)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lila Kağıt Sanayi ve Ticaret A.Ş.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ulas OSB Neighborhood , 103. Street</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tekirdağ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BOSQUE VERDE HHT Jumbo RESISTENTE 120/1R 2P FSC (326335)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>COLHOGAR Ult Suave BRT 18/6-R 2p FSC PRO  (481559)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colhogar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>COLHOGAR XXL BRT 14/6-R 2p Ta Us FSC  (481674)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colhogar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SPAR BRT 8/12-R 2ply CPT White  (325436)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SPAR Jumbo HHT 8/1-R 2-Ply WHT FSC (326690)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>COLHOGAR Style HA 18/12x8 3-P Pkt FSC (489097)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colhogar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>COLHOGAR Adapt HHT 21/2R 2-Ply FSC HS HP  (481004)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colhogar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EVELYN NA 40/50 2p Ecolabel RECYCLED (569042)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MIMOSA HHT COMPACT 105/3R 2P Printed FSC ( Decore 3=6)  (339110)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MIMOSA Toipa 126/12-R 2-Ply Pink (300110)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MIMOSA Toipa 186/6-R 3-Ply Blue (327410)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SYSTEME U BRT 8/18R 3P Wht OS FSC EU  (299701)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Système U</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>U NATURE HHT RECYCLED 6/2=6R 2P FSC EU (307101)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ue HHT HYB 7/2R=4 2P New CLASSIQUE FSCEU (Nouveau decor)  (340801)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BONPREU BRT 1/24-R 2Ply White CPT FSC (325480)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonpreu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Système U 3P 21/27 x 110 (340008)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Système U</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>U Nature Facial Recycled 27/100 3P EU FSC (340018)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ESSELUNGA BRT 8/12R 2-Ply 180sh. Ecolab. (56901500)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solo 2ply XXL HHT 1roll (37952)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>COSY Toipa 6/10-R 3ply Wht Standard (3116)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CLAREL JUMBO HHT 6/1R 2ply white FSC (326402)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>COLHOGAR Paratodo HHT 8/1R 2P Deco H FSC (488239)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colhogar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Toilet paper Tento 3 &amp; 4 ply, virgin fibre</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tento</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB - Katrinefors bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holländaregatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mariestad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ESSELT Napkins 36/200 1Ply/30 White FSC (327280)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Floralys handkerchiefs, 4-ply, 30er pack. 10 sheets per single pack (28395)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floralys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Floralys 144/12 R 3P (569156)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floralys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SYSTÈME U Hankies std 8/30x9 4-p OS FSC EU (331401)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Système U</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Iper Hankies 24/ 10x9 4p Std Ecolabel PEFC (568724)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CLAREL Basic BRT 9/12-R 2-P Wht STD FSC (325483)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Floralys HHT (282213)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floralys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>AH BRT 3/16-R 4ply (5437)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EROSKI HHT 3/6-R 2-Ply Dec CPT (326358)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SYSTEM U HA Pocket 18/15x9 4-ply FSC EU (317205)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EROSKI HHT 3/4-R 2-Ply White Compact FSC (326353)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EROSKI HHT 8/6r 2ply white STD FSC (326356)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EROSKI JUMBO HHT 6/1R 2ply white FSC (326351)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EROSKI JUMBO HHT 6/1R 2ply Nested FSC (326352)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solo 2ply FT 21/200sh (70192)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>AH 3ply Toilet Paper 12-roll (58690)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>COLHOGAR XXL BRT 7/6-R 2p FSC PCR (481713)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solo 2ply Warm Emb. HHT 168/4R PEFC (600062)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FLORALYS BRT 2P 1/80*24 pink FSC (58847)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SYSTÈME U BRT 84/18-R 2P White FSC EU (310610)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CLAREL HHT 6/2-R 3-P FSC (326400)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>COLHOGAR Style HA 30/12x8 3-P Pkt FSC (488329)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>COLHOGAR Compact HA 20/18x8 3-P Pkt FSC (488862)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ALDI SOLO Napkins 18/100u 2ply 33x33 Wht PEFC (327311)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Edet Soft Deluxe TP 115/6-R Extra Comfort (2223700)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Edet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ZEWA Nature Lover BRT 5/8-R 3-Ply FSC (7322540877878)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zewa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ZEWA Deluxe BRT 10/4-R Delicate Care FSC (7322540313369)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zewa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ZEWA Deluxe BRT 50/32R Delicate Care FSC (7322541033600)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zewa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Toilet paper Katrin System 2ply</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Katrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB - Katrinefors bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holländaregatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mariestad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kitchen towel Katrin Plus 2ply</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Katrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB - Katrinefors bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holländaregatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mariestad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hand towel Katrin 2ply folded, (white &amp; blue)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Katrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB - Katrinefors bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holländaregatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mariestad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hand Towel Katrin System 1ply</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Katrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB - Katrinefors bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holländaregatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mariestad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Toilet paper Katrin roll 2 ply</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Katrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB - Katrinefors bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holländaregatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mariestad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tork Xpress Multifold HT Univ 2p Z (7322540759204)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tork</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tork Wiping Paper Plus Sfeed M2 (10125058)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tork</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LOTUS Emilia Design HHT 8 rll (6413200034074)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lotus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LOTUS Luonnonystävän BRT 12 rll (7310361146570)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lotus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LOTUS Luonnonystävän HHT 3 rll (7322541323381)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lotus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LOTUS Nessu HA Muumi 45 sh (7322540908091)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lotus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BONPREU NA 40/50 2-Ply/33 Halloween (327306)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CARESSE FA 27/80 4P FSC EU (485083)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BOSQUE VERDE HHT 1/3-R 2-Ply Wh CPT FSC  (326204)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BONPREU Serv. 40/50u 2c 33x33 Various colours (327306)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonpreu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EROSKI HHT 6/3-R 2-Ply CPT FSC (326360)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FLORALYS BRT PINK 2 Ply 1/180*12 EU (59637)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floralys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WeCare, toilet roll small (2025010)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WeCare Wipingpaper 1-ply, 1030 m</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KBM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NUA PRO STANDARD CENTERONE TK 1*6 (500634)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lila Kağıt Sanayi ve Ticaret A.Ş.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ulas OSB Neighborhood , 103. Street</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tekirdağ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NUA PRO STANDARD ENDUSTRIYEL HV 510m 1x1 (500620)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lila Kağıt Sanayi ve Ticaret A.Ş.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ulas OSB Neighborhood , 103. Street</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tekirdağ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NUA PROFESSIONAL EXTRA AUTOMOTION TOWEL 6*1 (500593)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lila Kağıt Sanayi ve Ticaret A.Ş.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ulas OSB Neighborhood , 103. Street</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tekirdağ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NUA EXTRA TOILET PAPER(24*3) (500532)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lila Kağıt Sanayi ve Ticaret A.Ş.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ulas OSB Neighborhood , 103. Street</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tekirdağ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>COLHOGAR US XXL BRT 10/12-R 2p FSC  (481658)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colhogar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>COLHOGAR US XXL BRT 48/18-R TA FSC  (481672)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colhogar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SPAR BRT 8/12-R 2ply STD White  (325456)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SPAR HHT 12/4-R 2ply CPT White  (326323)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>COLHOGAR Mega XXL HHT 6/4-R 2-Ply FSC  (481016)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colhogar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>COLHOGAR NA 36/180u 1ply 30x30 Wht FSC  (327787)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colhogar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>COLHOGAR Patrulla HA 18/12x8 3p Pkt FSC (489096)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colhogar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>COLHOGAR PURE BRT 10/12-R 3P FSC  (488090)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colhogar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>COLHOGAR Ultra Suave BRT 42/32-R 2p FSC  (481644)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colhogar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MIMOSA HHT COMP 105/3 2P Wht  1/2  cps FSC (Blanc 1/2 feuille 3=6) (338210)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MIMOSA HHT Comp 105/3 WHT Glue color FSC (Colco bleue 3=6) (338110)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MIMOSA TP 84/12-R 2-Ply Wht Maxi (281610)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Système U HHT 15/2=4R 3ply RESISTANT FSC (338401)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Système U</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Système U Toipa 16/6-R 3-Ply decore FSC (276501)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Système U</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ue HHT HYB 3/ 4R=8 COMP 2P Wht  FSC EU  (341208)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SYST U HHT comp 22/12R=24 Wht FSC EU) (339411)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Système U</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MIMOSA HHT Comp 175/2R=4 White FSC (Blanc 2=4)  (337810)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ECO+ FA Value 27/150 2-ply White FSC EU (485084)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mimosa TP 20/7x6 5ply White PEFC (329411)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Esselunga TP 4/12R 3p EcpLabel BI (568779)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Caresse Cube Box FA 30/70 3-Ply FSC (339002)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PRESTO HA 4/42x10 4-ply FSC (668308)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ALDI ESSELT BRT 66/12R 2p White CPT PEFC (325156)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ALDI Esselt BRT 144/6R 2p CPT FSC PCR (325475)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MIMOSA BRT 60/24R - 2P WhT PEFC EU (240295)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Floralys HHT Provence (282213)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floralys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Esselunga HA 24/10x9 4Ply STD ECO Mbi (568852)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CLAREL BRT 14/6-R 2p WHT CPT FSC (325482)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>AH 3ply toilet paper 8-roll (53967)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Toilet paper Mola roll 2 ply</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB - Katrinefors bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holländaregatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mariestad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>COLHOGAR US XXL BRT 10/12-R 2p FSC (481695)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Floralys BRT 2p 12x185 rose (5671400)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floralys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>AH 4ply Toilet paper 170x8r maxi FSC (56918)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ZEWA Everyday HHT 5/4-R FSC (7310361162860)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SOLO BRT 48/32-R 2-Ply (56713)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tork Conv TR Prem 2P 600s (110777)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ZEWA Jumbo Double 4/2R 325 sh 2PLY d.175 (7322540896992)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zewa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zewa Soft Embo BRT</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zewa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lotus Nessu Pocket HA 24/6x10 4ply (480577)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lotus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LOTUS Emilia White HHT 8 rll (6413200034036)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lotus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LOTUS Emilia White HHT 16 rll (6413200034043)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lotus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LOTUS Luonnonystävän HA 45 sh (7322541442327)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lotus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LOTUS Soft Embo BRT 18 rll (7322541399492)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lotus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LOTUS Soft Embo BRT 24 rll (6413200557825)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lotus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tork Xpress Soft Multifold Nat HT Adv (130299)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tork</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lotus Just1 PUR Natural 6RLX 5P FSC  (485780)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lotus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ZEWA Nature Lover HHT 5/4-R 2-Ply FSC (7322540877953)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zewa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ZEWA Nature Lover BRT 2/16-R FSC (7322540996289)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zewa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Toilet paper Katrin Plus roll 2 ply</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Katrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB - Katrinefors bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holländaregatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mariestad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Toilet paper Katrin Plus roll 3ply</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Katrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB - Katrinefors bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holländaregatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mariestad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Toilet paper Katrin Plus System 3ply</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Katrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB - Katrinefors bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holländaregatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mariestad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hand towel Katrin 2ply in roll, S size, (white &amp; blue) </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Katrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB - Katrinefors bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holländaregatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mariestad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hand towel Katrin Plus 2ply folded, (white &amp; blue)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Katrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB - Katrinefors bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holländaregatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mariestad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zewa Comfort BRT 3/16 3p white Standard (10633)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zewa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>U Nature BRT Recycled 7/4=12R 2P FSC EU (308000)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>U Nature</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EROSKI HHT 1/3-R 2-Ply CPT FSC (326361)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BOSQUE VERDE BRT 1/12-R 2-Ply CPT FSC  (325397)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001, SE/004/010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DIA BRT 6-R CPT FSC (325477)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/010, SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OKAY Coreless 1/2F HHT 6/2R (2=4) 2P W FSC (480012)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zewa Moll BRT 32-R (7310361173941)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>COLHOGAR Deluxe BRT 4/9-R 3P FSC (489158)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>U FACIAL CUBE ZOO 30/60 3-Ply FSC EU  (326701)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Système U</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>COLHOGAR ULTRA SUAVE BRT 9/12R 2p FSC G (481560)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ALBOR BRT 9/12r 4808812ply STD  (480881)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WeCare Toiletpaper 1-ply, L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KBM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WeCare Centerfeed roll 1-ply, white M (10019359)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Toti Rochambeau 3ply</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB - Katrinefors bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holländaregatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mariestad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Toti Boni Eco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB - Katrinefors bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holländaregatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mariestad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NUA PRO V KH 150*24 (501246)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lila Kağıt Sanayi ve Ticaret A.Ş.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ulas OSB Neighborhood , 103. Street</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tekirdağ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FSC Mix Credit NUA PRO E TK 22m 12*4 (500806)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lila Kağıt Sanayi ve Ticaret A.Ş.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ulas OSB Neighborhood , 103. Street</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tekirdağ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>COLHOGAR Adapt HHT 28/3-R 2-Ply FSC White  (481005)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colhogar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>COLHOGAR Mega XXL HHT 12/2R 2p FSC White  (481023)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colhogar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>APOSAN HA 10x10 pocket extrasuaves  (328211)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BOSQUE VERDE NA 12/100 2-P33x32 Deco (327790)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>COLHOGAR Compact HA 15/24x8 3-P Pkt FSC (489092)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colhogar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>COLHOGAR family pack 18/140u 2p Wht FSC (329140)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colhogar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>COLHOGAR Natural Pure FA 12/80u 3p FSC (482319)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colhogar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Auchan Essuie tout 7/2R 2P white (336701)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Auchan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Auchan papier toilette 72/16-R 2-ply White (339810)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Auchan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MIMOSA BRT 162/6=12R 2P maxi wht PEFC EU (331710)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MIMOSA BRT 84/12-R 3-Ply Pink PEFC EU (331610)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SYSTEME U BRT 16/6-R 2-plies White FSC EU Aloe Vera (344301)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Système U</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>U HHTHYB 7/2R=4COMP 2P Wht  FSC EU  (340701)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MIMOSA HHT 80/6 R 2P White FSC (Blanc 6 Rlx)  (339010)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MIMOSA HHT COMP 105/3R 2-Ply Wht FSC (Blanc 3=6)  (338310)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MIMOSA HHT COMPACT 75/4R 2-P White FSC (Blanc4=8)  (339210)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ALDI ESSELT JUMBO HHT 6/1R 2ply white FSC (326048)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BONPREU BRT 1/12-R 2p White CPT FSC (325486)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonpreu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Systeme U facial 27/100 3P Ecolabel FSC (340011)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Système U</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco TP Natural 198/4R 2P ECO Label - IPER (568674)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ESSELUNGA FA 18/80 4-Ply White ECOLABEL  (568877)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ESSELUNGA FA 12/60 3-Ply COL. ECOL (568854)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BONPREU BRT 7/6-R White 2p Compact FSC (325487)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonpreu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CLAREL JUMBO HHT 6/1R 2ply Nested FSC (326403)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Colhogar Expert HHT 12/2R 3-Ply FSC (481030)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colhogar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solo 4ply TP 138/9r (51659)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>AH 4ply toilet paper 12-roll (53960)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Toilet paper Mola roll 3 ply</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB - Katrinefors bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holländaregatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mariestad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Clarel BRT 8/12-R 3-PI FSC DECO (325490)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>COLHOGAR Facials family pack 18/140u 2p Wht FSC (329154)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ALDI Esselt BRT 150/6R 2p CPT FSC PCR (325475)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EROSKI HHT 50/6-R 2-Ply Dec CPT FSC (326355)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SUBLIMO BRT 144/12-R 3P Mixed FSC (339627)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kitchen towel Mola 2 ply</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB - Katrinefors bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holländaregatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mariestad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SYSTEME U BRT 6/6-R 5-Ply XXL (341703)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SYSTÈME U HHT 7/3R=6 COMP. 2P Wht FSC EU (340901)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>COLHOGAR Compact HA 15/24x8 3-P Pkt FSC (488863)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>193-653 Tork Nap 2P 4F McCafe FSC 220/12 (509514)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tork</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Edet Soft Deluxe TP 7/6-R Extra Comfort (2223500)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Edet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zewa Comfort 63/20-R 3Ply White XXL (6679)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zewa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ZEWA Deluxe BRT 2/16-R Delicate Care FSC (7322540313321)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zewa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Toilet paper Katrin Gigant roll 2 ply</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Katrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB - Katrinefors bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holländaregatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mariestad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Toilet paper Katrin Plus Gigant 2 ply </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Katrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB - Katrinefors bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holländaregatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mariestad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hand towel Katrin 1 ply in roll, M size, (white &amp; blue)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Katrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB - Katrinefors bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holländaregatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mariestad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hand towel Katrin 2ply in roll, M size, (white &amp; blue)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Katrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB - Katrinefors bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holländaregatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mariestad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tork SmartOne Mini TR Adv 2p 620s (73286656841)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tork</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LOTUS Nessu Sensitive HA 75 sh (6413200953894)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lotus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LOTUS Emilia White HHT 4 rll (6413200340205)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lotus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LOTUS Emilia Design HHT 4 rll Muumi (7322540808001)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lotus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LOTUS Emilia Handtowel 120 sh (7310361146068)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lotus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LOTUS Soft Embo BRT 16 rll (6413200330404)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lotus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>U FACIAL CUBE 30/70 3-Ply FSC EU  (324001)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Système U</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CARESSE FA 21/180 2P FAMILY FSC EU (341201)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>COLHOGAR US XXL BRT 36/24R 2p FSC G (481661)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tork Conv TR Prem 2p 198s (12134)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tork</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>AMO ESSERE ECO BRT 15/4R 2p ECOL REC (569346)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BONPREU HA 15/10x10 4p Suaves Pckt FSC (328224)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>COSY Toipa 63/20-R 3ply Wht Standard (6840)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cosy BRT 6/10-R 3-ply White Print (8461)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cosy BRT 6/10-R 3-ply White Print (8462)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ALDI SOLO BR 126/12-R 2-Ply Wht STD PEFC  (325462)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DIA BRT 6-R ACOLCHADO FSC (325479)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ESSELT x 24 CPT display PROMO  (325474)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EVELYN HHT 14/2-R 2Ply-Ecolabel Recycled (56913200)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>COLHOGAR US XXL BRT 24/30+6-R 2p FSC PR (481685)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colhogar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Floralys HHT Olives (282211)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floralys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SYSTÈME U Hankies std 16/15x9 4p EU FSC (323502)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Système U</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Solo 2ply HHT 168/4r summer edition (600051)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TOTI FLORALYS RC 3P 180/8X200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floralys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB - Katrinefors bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holländaregatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mariestad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NUA PRO FSC MIX CREDIT V KH 200*18 (501611)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lila Kağıt Sanayi ve Ticaret A.Ş.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ulas OSB Neighborhood , 103. Street</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tekirdağ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>AH 3ply toilet paper 6-roll (53952)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>AH 3ply Toilet paper 170x8r maxi FSC (56941)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>COLH PURE Nat BRT 14/4-R 3P Wht FSC (489069)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EROSKI HHT 6/3r 2ply White CPT FS (326354)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mimosa BRT138/6-R 4-ply (346103)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EROSKI HHT 8/1-R 3P FSC (326350)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>COLHOGAR US XXL BRT 3/12-R 2p FSC PCR (481712)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tork Conv TR Prem 7/6 2P 400s (12324)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SOLO HHT 168/4-R-2p Summer PEFC (600051)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SOLO HHT 168/4-R-2p Winter PEFC (600057)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SYSTÈME U BRT 7/6-R 2P Maxi FSC EU (322701)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SYSTÈME U HHT 3/4R=8 COMP. 2P Wht FSC EU (341208)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wecare, centerfeed roll large</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NUA PROFESSIONAL STANDARD MINI JUMBO TOILET PAPER 1*12 (500592)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/007</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lila Kağıt Sanayi ve Ticaret A.Ş.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ulas OSB Neighborhood , 103. Street</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tekirdağ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>COSY Toipa 126/10-R 3ply Wht Standard (3117)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Auchan HHT M.V 115/3 2P WH EU "Mieux Vivre Environnment (336702)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Auchan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SPAR HHT 2R CPT (326689)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BONPREU FA 3c Cubo  (329069)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonpreu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BONPREU Facials 18/100u 2ply Cube (329138)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonpreu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BONPREU Napkins 240/100u 2ply/30 White (327785)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonpreu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>COLHOGAR MEGA XXL HHT 12/2R 2-Ply FSC HP  (481011)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colhogar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ESSELT FA 21/200u 2P White FSC (329142)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Auchan BRT 72/16R 2P White FSC EU Flower "Mieux Vivre Environnment (339811)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Auchan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MIMOSA Toipa 126/12-R 2-Ply White  (300210)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Système U Toipa 21/6-R 2-Ply White FSC (297001)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Système U</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Système U Toipa 45/32-R 2-P OS White FSC (313010)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Système U</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Système U Toipa 8/12-R 3 Ply Pink FSC (322901)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Système U</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ue HHT HYB 7/3R=6COMP 2P Wht  FSC EU  (340901)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ue HHT HYB 55/6R=12 2P New CLASSIQUE FSC EU (Nouveau decor)  (341410)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MIMOSA HHT Compact 175/2R 2P Kitchen FSC (Decore 2=4)  (337910)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MIMOSA HHT 20/ 24R 2P White PROMO FSC (Blanc 6 Rlx Prom o 24Rl) (340031)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Caresse Fa Lotion 27/90 SP (485056)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Système U 5 plis 20/7*6 - FSC (331101)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Système U</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ALDI SOLO FA 14/90 3-ply Summer FSC  (329077)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Luxana 3ply toipa 24 roll  (8264)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Green Oasis HHT 7/2-R 2p-Ecolabel (568823)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tork Conv TR Uni 2p 306s (6413200943062)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tork</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LOTUS Nessu Aloe Vera HA 75 sh (6413200953726)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lotus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LOTUS Emilia Design HHT 4 rll (6413200034067)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lotus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LOTUS Nessu HA 45 sh (6413200953580)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lotus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LOTUS Nessu HA 100 sh (6413200995399)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lotus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LOTUS Soft Embo BRT 32 rll (6413200330503)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lotus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ZEWA Soft Embo 8 rll (7322540877861)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zewa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zewa Comfort 3/20-R 3Ply White XXL (6678)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zewa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ZEWA Deluxe BRT 60/24-R Delicate Care (7322540698527)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zewa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Toilet paper Katrin Plus System 2 ply</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Katrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB - Katrinefors bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holländaregatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mariestad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hand towel Katrin 1ply folded, (white &amp; blue)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Katrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB - Katrinefors bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holländaregatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mariestad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hand towel Katrin Plus 1ply folded, (white &amp; blue)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Katrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB - Katrinefors bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holländaregatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mariestad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tork Xpress Soft Multifold HT Univ 2p Z-fold (150290)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tork</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zewa Comfort BRT 63/16 3p white Standard (10636)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zewa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ZEWA Premium HHT 10/2-R 2-ply FSC (7322540029987)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zewa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CARESSE FA 21/150 3P FSC EU (340017)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>COLHOGAR Patrulla HA 30/12x8 3p Pkt FSC (488586)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MIMOSA HHT 2P 150/2=4R DECORE FSC EU (338100)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>MIMOSA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MIMOSA BRT 144/6-R 4-ply White PEFC EU (346104)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BONPREU JUMBO HHT 6/1R 2ply Nested FSC  (326049)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonpreu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BOSQUE VERDE BRT 1/8-R 4-P DECO But FSC (325399)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CLH PARATODO HHT 4/(5+1)R 2-Ply FSC (481029)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>AH 3ply toilet paper 12-roll (53957)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>AH 4ply toilet paper 6-roll (53958)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>COLHOGAR US XXL BRT 7/6-R 2p FSC (481693)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Green Oasis NA 40/50 2p/33-Ecolabel (568822)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BENNET NA 40/50 2p Ecolabel RECYCLED (568911)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SYSTEME U HA Fantasy Des4 18/15x9 EU FSC (317402)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FLORALYS HHT 184/3-R 2-Ply ECOL REC. fsc (569249)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floralys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FLORALYS BRT 12/4R 2p ECOLABEL REC (569248)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Floralys</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ZEWA Everyday BRT 7/6-R FSC (7310361162839)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>AH 4ply Toilet Paper 12-roll (58691)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vendor 2-ply (2x 16.5 gsm) Tissue, 100 mtr compact rolls</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/004/001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Toilet paper and paper towels</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU04 Tissue paper and tissue products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vendor</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vendor B.V.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Persephonestraat 38</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tilburg</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>WeCare Toiletpaper 1-ply, S</x:v>
+        <x:v>WeCare Centerfeed roll 1-ply, white S (10019358)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/004/005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Toilet paper and paper towels</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU04 Tissue paper and tissue products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>P&amp;P AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kisa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>WeCare Toiletpaper 2-ply, white S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>KBM</x:v>
       </x:c>
       <x:c t="str">
         <x:v>P&amp;P AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Industrivägen 7</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kisa</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>WeCare Toiletpaper 2-ply, white M</x:v>
-[...31 lines deleted...]
-        <x:v>NUA Z KATLI STANDARD HAVLU (1*20) (500533)</x:v>
+        <x:v>FSC Mix Credit NUA PRO E PCT 33*33 50*12 (500802)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/004/007</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Toilet paper and paper towels</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU04 Tissue paper and tissue products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Lila Kağıt Sanayi ve Ticaret A.Ş.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ulas OSB Neighborhood , 103. Street</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tekirdağ</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Auchan BRT 6/16R 2P White FSC EU Flower "Mieux Vivre Environnment (339812)</x:v>
+        <x:v>Caresse Hankies Lotion Aloe Vera 12 X11 (316201)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PRESTO Box FA 4/3x100 4ply FSC (258044)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Auchan papier toilette 6/16-R 2-ply White (340101)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/004/001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Toilet paper and paper towels</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU04 Tissue paper and tissue products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Auchan</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Essity Hygiene and Health AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Broplatsen 3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mölndal</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Plenty Easypull ECP HHT 6/1-R 2p recycl. (8390)</x:v>
-[...31 lines deleted...]
-        <x:v>BOSQUE VERDE HHT 1/3-R 2-Ply Wh CPT FSC (326204)</x:v>
+        <x:v>COLHOGAR Mega XXL HHT 6/4R 2p FSC White  (481024)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colhogar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SPAR NAPKIN 72/80 1-ply 30x30 Wht  (327297)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SPAR Toipa 8/24-r 2ply STD White  (325457)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BONPREU Napkins 27/100u 2ply 30x30 White (327295)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/004/010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Toilet paper and paper towels</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU04 Tissue paper and tissue products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
-        <x:v/>
-[...16 lines deleted...]
-        <x:v>SE/004/001</x:v>
+        <x:v>Bonpreu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ALBOR BRT 9/12-R 2P White Std (480881)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BOSQUE VERDE NA 30/50u 2p 33x33 Ciliegia FSC  (327292)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>COLHOGAR Compact HA 60/6x8 3-p Pkt FSC (489094)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Toilet paper and paper towels</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU04 Tissue paper and tissue products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Colhogar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Essity Hygiene and Health AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Broplatsen 3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mölndal</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>ECO+ TP Compact 7/4-R 2ply PINK (335701)</x:v>
-[...159 lines deleted...]
-        <x:v>SYSTEME U BRT 7/9-R 2P Maxi FSC EU (332901)</x:v>
+        <x:v>COLHOGAR GIGANTE HHT 12/2R 2-Ply FSC HP  (481025)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colhogar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ALDI SOLO HA 28/15x10 4p Pocket(ES/PT) PEFC (328198)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/011</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MIMOSA PH 186/6 R 3 PLIS DECORE (278510)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MIMOSA Toipa 21/6-R 2Ply Pink (301201)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MIMOSA Toipa 60/24-R 2-Ply Pink (335510)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sublimo BRT 144/12-R 3P Mixed FSC-Ecolab (339623)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Système U TP COMP 36/24=48R White FSC (339510)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/004/001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Toilet paper and paper towels</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU04 Tissue paper and tissue products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Système U</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Essity Hygiene and Health AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Broplatsen 3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mölndal</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Système U Toipa 21/6-R 2 ply decore FSC (332501)</x:v>
+        <x:v>CARESSE FA Lotion 24/90 3-Ply White FSC (316301)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PRESTO Box 4/240 4P 80sh Lotion Trio FSC (28708)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Système U 21/9 x (3 x 110) (340009)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/004/001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Toilet paper and paper towels</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU04 Tissue paper and tissue products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Système U</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Essity Hygiene and Health AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Broplatsen 3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mölndal</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Système U Toipa 84/18-R 2Ply White FSC (310610)</x:v>
-[...383 lines deleted...]
-        <x:v>FLORALYS toilet paper 3 ply 12 rolls white (568865)</x:v>
+        <x:v>Luxana 4ply toipa 18 roll  (5184)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>AH 4ply FT 80s (830501)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EVELYN HHT 7/2-R 2Ply-Ecolabel RECYCLED (569040)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bennet BRT 12/4R 2p Ecolabel RECYCLED  (568901)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bennet HHT 7/3-R 2ply- Ecolabel RECYCLED (568902)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SUBLIMO FA 14/90 3-ply FSC (seasonal) (339614)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Toilet paper Katrin Gigant roll 1 ply</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Katrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB - Katrinefors bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holländaregatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mariestad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hand towel Katrin Plus 1ply in roll S size, (white &amp; blue)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Katrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB - Katrinefors bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holländaregatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mariestad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hand Towel Katrin Plus System 1ply</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Katrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB - Katrinefors bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holländaregatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mariestad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Industrial Towel Katrin 1ply (white &amp; blue), recycled</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Katrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB - Katrinefors bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holländaregatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mariestad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Toilet paper Katrin roll 3 ply</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Katrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Metsä Tissue AB - Katrinefors bruk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holländaregatan 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mariestad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zewa Comfort BRT 63/16 3p Yellow Standard (10637)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zewa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ZEWA Jumbo 6/1R 325 sh 2PLY d.175 (7322540292176)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zewa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ZEWA Super Jumbo 3/1R 600 sh 2PLY d.235 (7322540909609)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zewa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tork SmartOne Mini TR Adv 2p 620s (3133200054133)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tork</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tork Xpress Multifold HT Univ 2p Z (7322540759006)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tork</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LOTUS Luonnonystävän BRT 6 rll (7322541323541)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lotus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LOTUS Luonnonystävän Handtowel 120 sh (6413200953221)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lotus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LOTUS Soft Embo BRT 4 rll (7322540807974)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lotus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BONPREU Serv. 40/50u 2c 33x33 Abisso (327303)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lotus Lempi BRT 6 rll (7310361170964)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lotus Lempi Handtowel 120 sh (7310361171329)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Floralys HHT (282214)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/004/001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Toilet paper and paper towels</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU04 Tissue paper and tissue products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Floralys</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Essity Hygiene and Health AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Broplatsen 3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mölndal</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>ALDI JUMBO HHT 8/1R 2ply white FSC (326057)</x:v>
-[...13841 lines deleted...]
-        <x:v>Floralys</x:v>
+        <x:v>Systeme U HHT 4 R 2P décoré FSC EU (341400)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Systeme U HHT 7/3R=6 2P DECORE FSC EU (341300)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Essity Hygiene and Health AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Broplatsen 3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mölndal</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>COLHOGAR US XXL BRT 3/12-R 2p FSC G (481695)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/004/001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Toilet paper and paper towels</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU04 Tissue paper and tissue products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Essity Hygiene and Health AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Broplatsen 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mölndal</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>U Nature BRT Recycled 6/4R 3P FSC EU (310000)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/004/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toilet paper and paper towels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU04 Tissue paper and tissue products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>U Nature</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Essity Hygiene and Health AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Broplatsen 3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mölndal</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>