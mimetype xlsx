--- v0 (2025-12-24)
+++ v1 (2026-02-13)
@@ -1,85 +1,149 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08a1a15371ac4994" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6785dae0abf4f14" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R04d3417a93584d70"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Rb1e70526e988403b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R04d3417a93584d70" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb1e70526e988403b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brand</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensee</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c t="str">
         <x:v>City</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Axfood, Intuition Tampong Super, 64 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0022, 5023 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Intuition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Axfood, Intuition Tampong Normal, 64 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0022, 5023 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Intuition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Ekologisk Bomull Införingshylsa Tampong Silvercare, Normal 16 st</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5023 0068</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tampons</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Suztain</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cotton HIGH TECH</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Colonia La Rabeia, s/n</x:v>
@@ -196,1946 +260,1882 @@
       </x:c>
       <x:c t="str">
         <x:v>Tampons</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gunry</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bella Spółka z o.o.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ul. Szosa Lubicka 157a</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Toruń</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Axfood, Intuition Tampong Normal, 64 st</x:v>
-[...2 lines deleted...]
-        <x:v>5023 0022, 3023 0022</x:v>
+        <x:v>Apotekt Hjärtat Tamponger Super Plus, 16 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjärtats</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tosama d.o.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vir, Saranoviceva Cesta 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Domzale</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Apotek Hjärtat Tamponger Normal, 100 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjärtats</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tosama d.o.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vir, Saranoviceva Cesta 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Domzale</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Renée Voltaire Lingonvecka Tampong Super, 16 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0033</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Renée Voltaire</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Corman s.p.a</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Liguria 3/b</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lacchiarella (MI)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Organic Cotton Cardboard Applicator Tampons GingerOrganic, Mini 16 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0068</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GingerOrganic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton HIGH TECH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colonia La Rabeia, s/n</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barcelona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Tamponger Vårt Hållbara Val Super, 16 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0022, 5023 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Intuition, Regular, 32 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0022, 5023 0022</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tampons</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Intuition</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ontex BV (Aalst Office)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Genthof 5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Buggenhout</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Axfood, Intuition Tampong Super, 64 st</x:v>
-[...2 lines deleted...]
-        <x:v>5023 0022, 3023 0022</x:v>
+        <x:v>Rainbow Tampong Mini, 16 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rainbow</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tosama d.o.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vir, Saranoviceva Cesta 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Domzale</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rainbow Tampong Super, 32 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rainbow</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tosama d.o.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vir, Saranoviceva Cesta 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Domzale</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop Tamponger Super Plus, 16 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tosama d.o.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vir, Saranoviceva Cesta 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Domzale</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Apotek Hjärtat Tamponger Plus, 16 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjärtats</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tosama d.o.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vir, Saranoviceva Cesta 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Domzale</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Apotek Hjärtat Tamponger Normal, 16 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjärtats</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tosama d.o.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vir, Saranoviceva Cesta 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Domzale</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Organic cotton tampons SUPER with bio-based applicator tube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tosama d.o.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vir, Saranoviceva Cesta 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Domzale</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hygienical tampons without applicator Mini 32</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gunry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bella Spółka z o.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ul. Szosa Lubicka 157a</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toruń</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hygienical tampons without applicator Super 16</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gunry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bella Spółka z o.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ul. Szosa Lubicka 157a</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toruń</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hygienical tampons without applicator Super 32</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gunry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bella Spółka z o.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ul. Szosa Lubicka 157a</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toruń</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop Tamponger Mini, 16 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tosama d.o.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vir, Saranoviceva Cesta 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Domzale</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop Tamponger Normal, 16 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tosama d.o.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vir, Saranoviceva Cesta 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Domzale</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ekologisk Bomull Digital Tamponger Silvercare, Normal 18 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0068</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Suztain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton HIGH TECH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colonia La Rabeia, s/n</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barcelona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop Tamponger Super, 16 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tosama d.o.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vir, Saranoviceva Cesta 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Domzale</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop Tamponger Normal, 32 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tosama d.o.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vir, Saranoviceva Cesta 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Domzale</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Renée Voltaire Lingonvecka Tampong Super+, 16 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0033</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Renée Voltaire</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Corman s.p.a</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Liguria 3/b</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lacchiarella (MI)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gunry Tampons Super, 32 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0022, 5023 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gunry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Apoliva Tampong Extra Plus, 50 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0022, 5023 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Apoliva</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Apoliva Tampong Normal, 100 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0022, 5023 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Apoliva</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Apoliva Tampong Plus, 100 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0022, 5023 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Apoliva</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ekologisk Bomull Digital  Tamponger Silvercare, Super Plus 15 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0068</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Suztain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton HIGH TECH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colonia La Rabeia, s/n</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barcelona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Organic Cotton Digital Tampons GingerOrganic, Normal 18 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0068</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GingerOrganic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton HIGH TECH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colonia La Rabeia, s/n</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barcelona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Organic Cotton Digital Tampons GingerOrganic, Super 15 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0068</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GingerOrganic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton HIGH TECH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colonia La Rabeia, s/n</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barcelona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Organic cotton tampons NORMAL with bio-based applicator tube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tosama d.o.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vir, Saranoviceva Cesta 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Domzale</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Tamponger Normal, 56 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0022, 5023 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Intuition, Super, 16 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0022, 5023 0022</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tampons</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Intuition</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ontex BV (Aalst Office)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Genthof 5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Buggenhout</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Apotekt Hjärtat Tamponger Super Plus, 16 st</x:v>
+        <x:v>Ekologisk Bomull InföringshylsaTampongSilvercare, Super Plus 14 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0068</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Suztain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton HIGH TECH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colonia La Rabeia, s/n</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barcelona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ekologisk Bomull Digital Tamponger Silvercare, Super 18 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0068</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Suztain</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton HIGH TECH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colonia La Rabeia, s/n</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barcelona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Organic Cotton Cardboard Applicator Tampons GingerOrganic, Super 14 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0068</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GingerOrganic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton HIGH TECH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colonia La Rabeia, s/n</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barcelona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hygienical tampons without applicator Mini 16</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gunry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bella Spółka z o.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ul. Szosa Lubicka 157a</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toruń</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gunry Tampons Normal, 32 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0022, 5023 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gunry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Tamponger Super Plus, 16 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0022, 5023 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Tamponger Super, 16 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0022, 5023 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Tamponger Vårt Hållbara Val Normal, 16 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0022, 5023 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rainbow Tampong Normal, 32 st</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0039</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tampons</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Rainbow</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tosama d.o.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vir, Saranoviceva Cesta 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Domzale</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop Tamponger Normal, 80 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tosama d.o.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vir, Saranoviceva Cesta 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Domzale</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Organic Cotton Cardboard Applicator Tampons GingerOrganic, Normal 14 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0068</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GingerOrganic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cotton HIGH TECH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Colonia La Rabeia, s/n</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Barcelona</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hygienical tampons without applicator Normal 32</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gunry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bella Spółka z o.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ul. Szosa Lubicka 157a</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toruń</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hygienical tampons without applicator Normal 16</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gunry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bella Spółka z o.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ul. Szosa Lubicka 157a</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Toruń</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gunry Tampons Mini, 16 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0022, 5023 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gunry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Tamponger Normal, 16 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0022, 5023 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Tamponger Mini, 16 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0022, 5023 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Intuition, Super+, 16 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0022, 5023 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Intuition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Tamponger Normal, 32 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0022, 5023 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Apoliva Tampong Mini, 50 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0022, 5023 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Apoliva</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Intuition, Regular, 16 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0022, 5023 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Intuition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Axfood, Intuition Mini x 16</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5023 0022, 5023 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ontex BV (Aalst Office)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genthof 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Buggenhout</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop Tamponger Super, 32 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tosama d.o.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vir, Saranoviceva Cesta 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Domzale</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop Tamponger Super, 64 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tosama d.o.o</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vir, Saranoviceva Cesta 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Domzale</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Apotek Hjärtat Tamponger Plus, 100 st</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3023 0039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampons</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>023 Protective and Absorbent Hygiene Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Hjärtats</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tosama d.o.o</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vir, Saranoviceva Cesta 35</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Domzale</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Apotek Hjärtat Tamponger Normal, 100 st</x:v>
+        <x:v>Apotek Hjärtat Tamponger Mini, 16 st</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0039</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tampons</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hjärtats</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tosama d.o.o</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vir, Saranoviceva Cesta 35</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Domzale</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Renée Voltaire Lingonvecka Tampong Super, 16 st</x:v>
+        <x:v>Renée Voltaire Lingonvecka Tampong Regular, 16 st</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0033</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tampons</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Renée Voltaire</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Corman s.p.a</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Via Liguria 3/b</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lacchiarella (MI)</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Organic Cotton Cardboard Applicator Tampons GingerOrganic, Mini 16 st</x:v>
-[...95 lines deleted...]
-        <x:v>Rainbow Tampong Mini, 16 st</x:v>
+        <x:v>Organic cotton tampons LIGHT with bio-based applicator tube</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3023 0039</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tampons</x:v>
       </x:c>
       <x:c t="str">
         <x:v>023 Protective and Absorbent Hygiene Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Rainbow</x:v>
+        <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Tosama d.o.o</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vir, Saranoviceva Cesta 35</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Domzale</x:v>
-      </x:c>
-[...1630 lines deleted...]
-        <x:v>Buggenhout</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>