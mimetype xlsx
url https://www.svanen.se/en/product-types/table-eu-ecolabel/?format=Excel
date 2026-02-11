--- v0 (2025-12-16)
+++ v1 (2026-02-11)
@@ -1,26621 +1,27165 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f4bf1c26f1b4d34" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e65f741487b4b31" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Rd88f226327974d27"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Raa51c590ea0348b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd88f226327974d27" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Raa51c590ea0348b8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brand</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensee</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c t="str">
         <x:v>City</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Arland Mind 160 x 80 cm laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland 180 x 80 cm laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rectangular Table L200-0712, 120x70 cm Birch Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rectangular Table L200-0718, 180x70 cm Birch Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rectangular Table L200-0818, 180x80 cm Birch Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rectangular Table L200-T-0716, 160x70 cm Oak Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rectangular Table L200-T-0812, 120x80 cm Oak Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rectangular Table L200-T-0912, 120x90 cm Oak Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rectangular Table L200-C-0812, 120x80 cm Birch Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rectangular Table L200-C-0914, 140x90 cm Birch Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rectangular Table L200-C-T-0614, 140x60 cm Oak Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rectangular Table L200-C-T-0707, 70x70 cm Oak Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rectangular Table L200-C-T-0808, 80x80 cm Oak Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rectangular Table L200-C-T-0818, 180x80 cm Oak Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Semicircular Table L200PP-0612, Ø 1200 cm, Birch Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Semicircular Table L200PP-C-T-0612, Ø 1200 cm, Oak Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trapezoid Table L200S-T-0409, 97,5x49,5 cm, Oak Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trapezoid Table L200S-T-0612, 120x60 cm, Oak Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>In Between SK5 Nano Laminate, Bianca Male, 200x90 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bella Coffee - Ø45 X H39 Eucoalyptus - WB lacquered oak</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bella Coffee - Ø45 X H49 Blue Charcoal - WB lacquered oak</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bella Coffee - Ø80 X H32 Oak - WB lacquered</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bella Coffee - Ø80 X H32 Oak - oiled</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bella Coffee - Ø80 X H32 Black - WB lacquered oak</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bella Coffee - Ø60 X H32 Oak - oiled</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bella Coffee - Ø60 X H39 Black - WB lacquered oak</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland 140 x 110 cm finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland 160 x 110 cm finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland 160 x 70 cm finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland 160 x 90 cm finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland 180 x 90 cm finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland 70 x 70 cm finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Meet 100 x 100 cm finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Meet 100 x 80 cm finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Meet 160 x 70 cm finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Mind 120 x 90 cm finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Mind 140 x 110 cm finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Mind 140 x 120 cm finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Mind 70 x 70 cm finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland 100 x 80 cm linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland 100 x 90 cm  linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland 120 x 100 cm linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland 160 x 110 cm linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Meet 120 x 70 cm linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Meet 140 x 140 cm linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Meet 140 x 70 cm linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Meet 160 x 100 cm linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Meet 70 x 70 cm linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Mind 100 x 100 cm linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Mind 70 x 70 cm linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Mind 80 x 80 cm linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>T10 Cross Table, 120 x 75 cm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Takt</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kvist Industries A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Siggårdsvej 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Årre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Multi Café</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Montana</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Montana Furniture A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akkerupvej 16</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haarby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Multi Table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Montana</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Montana Furniture A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akkerupvej 16</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haarby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY Pastis Table Ø70xH74</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SOFT SIDE TABLE / Ø 41 H: 48 CM / Ø 16.1" H: 18.9" Solid Smoked Oak/Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/027, DK/049/027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Muuto</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Muuto A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Østergade 36-38, 3. og 4. sal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København K</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SOFT SIDE TABLE / Ø 48 H: 48 CM / Ø 18.9" H: 18.9" Orange Laminate/Orange</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/027, DK/049/027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Muuto</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Muuto A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Østergade 36-38, 3. og 4. sal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København K</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SOFT SIDE TABLE / Ø 48 H: 48 CM / Ø 18.9" H: 18.9" Solid Oak/Off-White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/027, DK/049/027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Muuto</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Muuto A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Østergade 36-38, 3. og 4. sal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København K</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SOFT SIDE TABLE / Ø 48 H: 48 CM / Ø 18.9" H: 18.9" Solid Smoked Oak/Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/027, DK/049/027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Muuto</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Muuto A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Østergade 36-38, 3. og 4. sal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København K</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SOFT SIDE TABLE / 45 X 45 H: 40 CM / 17.7 X 17.7 H: 15.7" Solid Smoked Oak/Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/027, DK/049/027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Muuto</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Muuto A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Østergade 36-38, 3. og 4. sal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København K</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Table HW59, 190x80x74 cm, Castoro Ottawa 0717/Light Brown Glossy edge/Bronzed Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Counter Table HW61, 190x50x95 cm, Castoro Ottawa 0717/Light Brown Glossy edge/Bronzed Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Counter Table HW62, 190x80x95 cm, Castoro Ottawa 0717/Light Brown Glossy edge/Black Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Bar Table HW63, 190x50x105 cm, Azzurro Naxos 0771/Light Blue Glossy edge/Black Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Bar Table HW63, 190x50x105 cm, Azzurro Naxos 0771/Light Blue Glossy edge/Bronzed Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Counter Table HW112, 140x80x95 cm, Cacao Orinoco 0749/Grey Brown Glossy edge/Black Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Counter Table HW112, 140x80x95 cm, Castoro Ottawa 0717/Light Brown Glossy edge/Bronzed Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Bar Table HW114, 140x80x105, Azzurro Naxos 0771/Light Blue Glossy edge/Bronzed Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Table HW58, 140x80x74 cm, Bianco Male 0029/Off White Glossy edge//Bronzed Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Table HW60, 250x100x74 cm, Veneer MTO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Counter Table HW61, 190x50x95 cm, Nano Laminate MTO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Counter Table HW62, 190x80x95 cm, Nano Laminate MTO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Bar Table HW63, 190x50x105 cm, Nero Ingo 0720/Black Glossy edge//Bronzed Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Table CUS, 171-200x80x74 cm, Nano Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Table CUS, 251-300x110x74 cm, Nano Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Table CUS, 351-400x110x74 cm, Nano Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Table CUS, 401-450x110x74 cm, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Table CUS, 401-450x120x74 cm, Nano Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Counter Table HW112, 140x80x95 cm, Bianco Male 0029/Off White Glossy edge//Bronzed Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Bar Table HW114, 140x80x105, Nero Ingo 0720/Black Glossy edge//Bronzed Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Bar Table HW114, 140x80x105, Bianco Male 0029/Off White Glossy edge//Bronzed Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>AVANTI Dining table – Table top: Thermo ash. Frame: Black. 83x98 cm. Item no. 24151-1515-12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOUE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOUE ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rodelundvej 4a</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ry</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>AVANTI Dining table – Table top: Pine. Frame: Black. 153x98 cm. Item no. 24152-3030-12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOUE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOUE ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rodelundvej 4a</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ry</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ville Table AV25, Small, 150x90 cm, Warm Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/042</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY Passerelle Table 1400x750x740</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Væghængt Bord uden / bænk 1400 mm. mellem</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>One Wood Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>One Wood Future A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odensevej 28</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kværndrup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY CPH 25, Ø120xH74</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002, 5031 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel, Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>In Between SK25 Fenix NTM nano laminate Smoked Oak, Oak, Black Oak L: 401-500 x W:90 x H73 cm - L: 401-500 x W:120 x H73 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>In Between SK25 Oak veneer Smoked Oak, Oak, Black Oak L: 401-500 x W:90 x H73 cm - L: 401-500 x W:120 x H73 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rotate SC73, W35 x D35 x H59 cm, Merlot</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/042</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>T25 Studio Table Fenix Laminate Black Tube H74</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Takt</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kvist Industries A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Siggårdsvej 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Årre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Drip Counter Table HW61, 190x50x95 cm, Castoro Ottawa 0717/Light Brown Glossy edge/Bronzed Legs</x:v>
+        <x:v>HAY ANNEX FLUSH 160x80</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002, 5031 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel, Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY ANNEX FLUSH 80x80</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002, 5031 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel, Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY ANNEX ROUND Ø110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002, 5031 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel, Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Meet 120 x 90 cm laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Meet 140 x 100 cm laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Meet 140 x 120 cm laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Meet 180 x 80 cm laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Panton Table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Montana</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Montana Furniture A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akkerupvej 16</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haarby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SOFT SIDE TABLE / Ø 41 H: 40 CM / Ø 16.1" H: 15.7" Solid Smoked Oak/Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/027, DK/049/027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Muuto</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Muuto A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Østergade 36-38, 3. og 4. sal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København K</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SOFT SIDE TABLE / Ø 48 H: 48 CM / Ø 18.9" H: 18.9" Black Nanolaminate/Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/027, DK/049/027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Muuto</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Muuto A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Østergade 36-38, 3. og 4. sal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København K</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SOFT SIDE TABLE / 45 X 45 H: 40 CM / 17.7 X 17.7 H: 15.7" Dusty Green Laminate/Dusty Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/027, DK/049/027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Muuto</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Muuto A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Østergade 36-38, 3. og 4. sal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København K</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SOFT SIDE TABLE / 45 X 45 H: 40 CM / 17.7 X 17.7 H: 15.7" Black Nanolaminate/Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/027, DK/049/027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Muuto</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Muuto A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Østergade 36-38, 3. og 4. sal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København K</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boa Table oak veneer tabletop, 280 x 128 x 75 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havnen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Horsens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boa Table oak veneer tabletop, 420 x 110 x 75 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havnen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Horsens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boa Table walnut veneer tabletop, 220 x 110 x 95 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havnen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Horsens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boa Table laminate tabletop, 280 x 110 x 75 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havnen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Horsens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boa Table laminate tabletop, 280 x 110 x 95 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havnen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Horsens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boa Table laminate tabletop, 280 x 110 x 105 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havnen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Horsens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Table HW58, 140x80x74 cm, Cacao Orinoco 0749/Grey Brown Glossy edge/Black Legs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/039</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>&amp;Tradition</x:v>
       </x:c>
       <x:c t="str">
         <x:v>&amp;Tradition A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kronprinsessegade 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>København</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Drip Counter Table HW62, 190x80x95 cm, Castoro Ottawa 0717/Light Brown Glossy edge/Black Legs</x:v>
+        <x:v>Drip Table HW58, 140x80x74 cm, Verde Comodoro 0750/Grey Glossy edge/Bronzed Legs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/039</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>&amp;Tradition</x:v>
       </x:c>
       <x:c t="str">
         <x:v>&amp;Tradition A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kronprinsessegade 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>København</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Drip Bar Table HW63, 190x50x105 cm, Azzurro Naxos 0771/Light Blue Glossy edge/Black Legs</x:v>
+        <x:v>Drip Table HW59, 190x80x74 cm, Cacao Orinoco 0749/Grey Brown Glossy edge/Black Legs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/039</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>&amp;Tradition</x:v>
       </x:c>
       <x:c t="str">
         <x:v>&amp;Tradition A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kronprinsessegade 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>København</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Drip Bar Table HW63, 190x50x105 cm, Azzurro Naxos 0771/Light Blue Glossy edge/Bronzed Legs</x:v>
+        <x:v>Drip Table HW59, 190x80x74 cm, Azzurro Naxos 0771/Light Blue Glossy edge/Bronzed Legs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/039</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>&amp;Tradition</x:v>
       </x:c>
       <x:c t="str">
         <x:v>&amp;Tradition A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kronprinsessegade 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>København</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Drip Counter Table HW112, 140x80x95 cm, Cacao Orinoco 0749/Grey Brown Glossy edge/Black Legs</x:v>
+        <x:v>Drip Table HW60, 250x100x74 cm, Azzurro Naxos 0771/Light Blue Glossy edge/Black Legs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/039</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>&amp;Tradition</x:v>
       </x:c>
       <x:c t="str">
         <x:v>&amp;Tradition A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kronprinsessegade 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>København</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Drip Counter Table HW112, 140x80x95 cm, Castoro Ottawa 0717/Light Brown Glossy edge/Bronzed Legs</x:v>
+        <x:v>Drip Counter Table HW61, 190x50x95 cm, Castoro Ottawa 0717/Light Brown Glossy edge/Black Legs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/039</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>&amp;Tradition</x:v>
       </x:c>
       <x:c t="str">
         <x:v>&amp;Tradition A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kronprinsessegade 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>København</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Drip Bar Table HW114, 140x80x105, Azzurro Naxos 0771/Light Blue Glossy edge/Bronzed Legs</x:v>
+        <x:v>Drip Counter Table HW61, 190x50x95 cm, Azzurro Naxos 0771/Light Blue Glossy edge/Bronzed Legs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/039</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>&amp;Tradition</x:v>
       </x:c>
       <x:c t="str">
         <x:v>&amp;Tradition A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kronprinsessegade 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>København</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Drip Table HW58, 140x80x74 cm, Bianco Male 0029/Off White Glossy edge//Bronzed Legs</x:v>
+        <x:v>Drip Bar Table HW63, 190x50x105 cm, Castoro Ottawa 0717/Light Brown Glossy edge/Black Legs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/039</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>&amp;Tradition</x:v>
       </x:c>
       <x:c t="str">
         <x:v>&amp;Tradition A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kronprinsessegade 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>København</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Drip Table HW60, 250x100x74 cm, Veneer MTO</x:v>
+        <x:v>Drip Bar Table HW63, 190x50x105 cm, Verde Comodoro 0750/Grey Glossy edge/Black Legs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/039</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>&amp;Tradition</x:v>
       </x:c>
       <x:c t="str">
         <x:v>&amp;Tradition A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kronprinsessegade 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>København</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Drip Counter Table HW61, 190x50x95 cm, Nano Laminate MTO</x:v>
+        <x:v>Drip Bar Table HW64, 190x80x105 cm, Verde Comodoro 0750/Grey Glossy edge/Black Legs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/039</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>&amp;Tradition</x:v>
       </x:c>
       <x:c t="str">
         <x:v>&amp;Tradition A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kronprinsessegade 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>København</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Drip Counter Table HW62, 190x80x95 cm, Nano Laminate MTO</x:v>
+        <x:v>Drip Counter Table HW111, 140x50x95 cm, Castoro Ottawa 0717/Light Brown Glossy edge/Black Legs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/039</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>&amp;Tradition</x:v>
       </x:c>
       <x:c t="str">
         <x:v>&amp;Tradition A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kronprinsessegade 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>København</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Drip Bar Table HW63, 190x50x105 cm, Nero Ingo 0720/Black Glossy edge//Bronzed Legs</x:v>
+        <x:v>Drip Counter Table HW111, 140x50x95 cm, Verde Comodoro 0750/Grey Glossy edge/Black Legs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/039</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>&amp;Tradition</x:v>
       </x:c>
       <x:c t="str">
         <x:v>&amp;Tradition A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kronprinsessegade 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>København</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Drip Table CUS, 171-200x80x74 cm, Nano Laminate</x:v>
+        <x:v>Drip Bar Table HW113, 140x50x105 cm, Cacao Orinoco 0749/Grey Brown Glossy edge/Bronzed Legs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/039</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>&amp;Tradition</x:v>
       </x:c>
       <x:c t="str">
         <x:v>&amp;Tradition A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kronprinsessegade 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>København</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Drip Table CUS, 251-300x110x74 cm, Nano Laminate</x:v>
+        <x:v>Drip Bar Table HW114, 140x80x105, Castoro Ottawa 0717/Light Brown Glossy edge/Bronzed Legs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/039</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>&amp;Tradition</x:v>
       </x:c>
       <x:c t="str">
         <x:v>&amp;Tradition A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kronprinsessegade 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>København</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Drip Table CUS, 351-400x110x74 cm, Nano Laminate</x:v>
+        <x:v>Drip Bar Table HW114, 140x80x105, Cacao Orinoco 0749/Grey Brown Glossy edge/Bronzed Legs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/039</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>&amp;Tradition</x:v>
       </x:c>
       <x:c t="str">
         <x:v>&amp;Tradition A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kronprinsessegade 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>København</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Drip Table CUS, 401-450x110x74 cm, Veneer</x:v>
+        <x:v>Drip Table HW58, 140x80x74 cm, Nero Ingo 0720/Black Glossy edge//Bronzed Legs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/039</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>&amp;Tradition</x:v>
       </x:c>
       <x:c t="str">
         <x:v>&amp;Tradition A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kronprinsessegade 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>København</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Drip Table CUS, 401-450x120x74 cm, Nano Laminate</x:v>
+        <x:v>Drip Table HW58, 140x80x74 cm, Veneer MTO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/039</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>&amp;Tradition</x:v>
       </x:c>
       <x:c t="str">
         <x:v>&amp;Tradition A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kronprinsessegade 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>København</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Drip Counter Table HW112, 140x80x95 cm, Bianco Male 0029/Off White Glossy edge//Bronzed Legs</x:v>
+        <x:v>Drip Table HW60, 250x100x74 cm, Nero Ingo 0720/Black Glossy edge//Black Legs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/039</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>&amp;Tradition</x:v>
       </x:c>
       <x:c t="str">
         <x:v>&amp;Tradition A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kronprinsessegade 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>København</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Drip Bar Table HW114, 140x80x105, Nero Ingo 0720/Black Glossy edge//Bronzed Legs</x:v>
+        <x:v>Drip Table HW60, 250x100x74 cm, Nano Laminate MTO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/039</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>&amp;Tradition</x:v>
       </x:c>
       <x:c t="str">
         <x:v>&amp;Tradition A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kronprinsessegade 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>København</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Drip Bar Table HW114, 140x80x105, Bianco Male 0029/Off White Glossy edge//Bronzed Legs</x:v>
+        <x:v>Drip Counter Table HW61, 190x50x95 cm, Veneer MTO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/039</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>&amp;Tradition</x:v>
       </x:c>
       <x:c t="str">
         <x:v>&amp;Tradition A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kronprinsessegade 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>København</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>AVANTI Dining table – Table top: Thermo ash. Frame: Black. 83x98 cm. Item no. 24151-1515-12</x:v>
+        <x:v>Drip Counter Table HW62, 190x80x95 cm, Nero Ingo 0720/Black Glossy edge//Black Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Bar Table HW64, 190x80x105 cm, Bianco Male 0029/Off White Glossy edge//Bronzed Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Bar Table HW64, 190x80x105 cm, Nano Laminate MTO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Table CUS, 251-300x110x74 cm, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Table CUS, 551-600x110x74 cm, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Table CUS, 201-250x120x74 cm, Nano Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Table CUS, 251-300x120x74 cm, Nano Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Table CUS, 551-600x120x74 cm, Nano Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Counter Table HW111, 140x50x95 cm, Bianco Male 0029/Off White Glossy edge//Bronzed Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Counter Table HW112, 140x80x95, Veneer MTO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Bar Table HW113, 140x50x105, Veneer MTO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Bar Table HW114, 140x80x105, Nano Laminate MTO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Thorvald Café Table SC96, Round Ø70 cm, Black Frame/Black Tabletop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/054</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Thorvald Café Table SC96, Round Ø70 cm, Ivory Frame/Ivory Tabletop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/054</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Thorvald Café Table SC97, Square 70x70 cm, Black Frame/Black Tabletop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/054</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Thorvald Dining Table SC98, Round Ø115 cm, Black Frame/Black Tabletop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/054</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Thorvald Side Table SC102, Warm Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/054</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY Passerelle Table 1600x850x740</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY Passerelle Table 2000x800x950</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Earnest Extendable Table - 205x100 - Solid D.O Oak</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/057</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Muuto</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Muuto A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Østergade 36-38, 3. og 4. sal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København K</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Earnest Extendable Leafs - 100x44 - Solid Oak</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/057</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Muuto</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Muuto A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Østergade 36-38, 3. og 4. sal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København K</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Væghængt Bord uden / bænk 1200 mm. mellem</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>One Wood Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>One Wood Future A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odensevej 28</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kværndrup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Væghængt Bord uden / bænk 1200 mm. stor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>One Wood Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>One Wood Future A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odensevej 28</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kværndrup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>In Between SK6 Black Lacquered Oak 250x100cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rotate SC73, W35 x D35 x H59 cm, Hunter</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/042</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sebra Wall moun. Changing Table, Wood Edition, FSC™ Mix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sebra</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sebra Interiør ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lillebæltsvej 93</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Esbjerg N</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Meet 100 x 80 cm laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Meet 120 x 80 cm laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Meet 140 x 80 cm laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Meet 140 x 90 cm laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Meet 140 x 140 cm laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Meet 160 x 80 cm laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Meet 160 x 110 cm laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Meet 160 x 120 cm laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Meet 180 x 90 cm laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Mind 100 x 80 cm laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Mind 120 x 120 cm laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Mind 120 x 80 cm laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Mind 140 x 90 cm laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland 90 x 90 cm laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland 100 x 80 cm laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland 100 x 100 cm laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland 120 x 90 cm laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland 160 x 100 cm laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland 160 x 110 cm laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ville Outdoor Coffee Table AV50 L90 W90 H30 cm Bronze Green frame Teak</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/042</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rectangular Table L200-0612, 120x60 cm Birch Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rectangular Table L200-T-0616, 160x60 cm Oak Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rectangular Table L200-T-0814, 140x80 cm Oak Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rectangular Table L200-T-0909, 90x90 cm Oak Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rectangular Table L200-T-1010, 100x100 cm Oak Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rectangular Table L200-T-1212, 120x120 cm Oak Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rectangular Table L200-C-0616, 160x60 cm Birch Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rectangular Table L200-C-0718, 180x70 cm Birch Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rectangular Table L200-C-T-0618, 180x60 cm Oak Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rectangular Table L200-C-T-0909, 90x90 cm Oak Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Round Table L200P-C-1250, Ø 125 cm Birch Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trapezoid Table L200MS-0612, 120x60 cm, Birch Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>In Between SK6 Nano Laminate, Beige Luxor, 250x100 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bella Coffee - Ø45 X H39 Oak - WB lacquered</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland 120 x 100 cm finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland 140 x 100 cm finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland 180 x 80 cm finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland 90 x 90 cm finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Meet 120 x 90 cm finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Meet 140 x 80 cm finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Meet 160 x 80 cm finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Mind 120 x 70 cm finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Mind 160 x 70 cm finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Mind 180 x 70 cm finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Mind 80 x 80 cm finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Meet 180 x 80 cm linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Meet 90 x 90 cm linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Mind 100 x 70 cm linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Mind 120 x 100 cm linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Mind 160 x 90 cm linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Thorvald Outdoor Dining Table SC113 L160 Warm Black frame Steel Warm Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/054</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Thorvald Outdoor Coffee Table SC108 Ø70 cm Warm Black frame Steel Warm Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/054</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Deville Tilt Table D50</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/066</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havnen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Horsens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Retangulær bord 1200 x 1200 mm. med 4 ben (9009)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>One Wood Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>One Wood Future A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odensevej 28</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kværndrup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Mind 160 x 80 cm finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Mind 180 x 90 cm finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland 120 x 70 cm linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland 140 x 70 cm linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland 160 x 70 cm linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland 70 x 70 cm linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland 90 x 90 cm linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Meet 100 x 80 cm linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Meet 120 x 110 cm linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Meet 120 x 120 cm linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Meet 140 x 90 cm linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Mind 100 x 80 cm linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Mind 140 x 100 cm linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Mind 140 x 80 cm linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Mind 90 x 90 cm linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Develius Coffee Table EV3 L89 W89 H40 cm Steel Stone Grey</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/042</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Thorvald Outdoor Coffee Table SC108 Ø70 cm Ivory frame Steel Ivory</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/054</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Thorvald Outdoor Coffee Table SC109 Ø115 cm Warm Black frame Steel Warm Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/054</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Deville Tilt Table Rectangular 60x70</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/066</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havnen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Horsens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skyline Table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Montana</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Montana Furniture A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akkerupvej 16</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haarby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JW Table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Montana</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Montana Furniture A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akkerupvej 16</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haarby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Slender w/veneer 80x220 cm (7100-14)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/016</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Magnus Olesen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Magnus Olesen A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Agertoft 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Roslev</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Slender w/veneer 90x140 cm (7100-13)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/016</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Magnus Olesen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Magnus Olesen A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Agertoft 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Roslev</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>T17 Cross Table B2B 90 x 180</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SOFT SIDE TABLE / Ø 41 H: 40 CM / Ø 16.1" H: 15.7" Dusty Green Laminate/Dusty Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/027, DK/049/027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Muuto</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Muuto A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Østergade 36-38, 3. og 4. sal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København K</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SOFT SIDE TABLE / Ø 48 H: 40 CM / Ø 18.9" H: 15.7" Dusty Green Laminate/Dusty Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/027, DK/049/027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Muuto</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Muuto A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Østergade 36-38, 3. og 4. sal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København K</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boa Table oak veneer tabletop, 220 x 110 x 95 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havnen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Horsens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boa Table oak veneer tabletop, 350 x 128 x 75 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havnen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Horsens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Table HW59, 190x80x74 cm, Verde Comodoro 0750/Grey Glossy edge/Bronzed Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Table HW60, 250x100x74 cm, Cacao Orinoco 0749/Grey Brown Glossy edge/Black Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Counter Table HW62, 190x80x95 cm, Cacao Orinoco 0749/Grey Brown Glossy edge/Bronzed Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Bar Table HW63, 190x50x105 cm, Cacao Orinoco 0749/Grey Brown Glossy edge/Bronzed Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Bar Table HW63, 190x50x105 cm, Verde Comodoro 0750/Grey Glossy edge/Bronzed Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Bar Table HW113, 140x50x105 cm, Verde Comodoro 0750/Grey Glossy edge/Bronzed Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Table HW59, 190x80x74 cm, Nero Ingo 0720/Black Glossy edge//Bronzed Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Table HW60, 250x100x74 cm, Bianco Male 0029/Off White Glossy edge//Black Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Counter Table HW61, 190x50x95 cm, Nero Ingo 0720/Black Glossy edge//Bronzed Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Counter Table HW62, 190x80x95 cm, Bianco Male 0029/Off White Glossy edge//Bronzed Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Counter Table HW62, 190x80x95 cm, Veneer MTO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Bar Table HW63, 190x50x105 cm, Bianco Male 0029/Off White Glossy edge//Bronzed Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Table CUS, 171-200x80x74 cm, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Table CUS, 451-500x120x74 cm, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Table CUS, 551-600x120x74 cm, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Bar Table HW114, 140x80x105, Nero Ingo 0720/Black Glossy edge//Black Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Bar Table HW114, 140x80x105, Bianco Male 0029/Off White Glossy edge//Black Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ville Table AV25, Small, 150x90 cm, Bronze Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/042</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SUPERELLIPSE™ B617</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritz Hansen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SUPERELLIPSE™ B611</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritz Hansen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SUPERELLIPSE™ B619</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritz Hansen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CIRCULAR A222</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritz Hansen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Thorvald Café Table SC97, Square 70x70 cm, Bronze Green Frame/Bronze Green Tabletop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/054</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Thorvald Side Table SC102, Bronze Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/054</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY Passerelle Table 2500x800x950</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY Passerelle Table 3000x950x740</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Væghængt Bord med / bænk 1400 mm. lille</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>One Wood Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>One Wood Future A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odensevej 28</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kværndrup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Væghængt Bord med / bænk 1400 mm. mellem</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>One Wood Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>One Wood Future A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odensevej 28</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kværndrup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Væghængt Bord med / bænk 1400 mm. stor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>One Wood Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>One Wood Future A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odensevej 28</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kværndrup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>In Between SK5 Smoked Lacquered Oak 200x90cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rotate SC73, W35 x D35 x H59 cm, Terracotta</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/042</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sebra Wall moun. Changing Table, White, FSC™ Mix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sebra</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sebra Interiør ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lillebæltsvej 93</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Esbjerg N</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY ANNEX OVERHANG 260x90</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002, 5031 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel, Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY ANNEX ROUND Ø160</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002, 5031 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel, Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Meet 140 x 70 cm laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Mind 100 x 100 cm laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Mind 120 x 90 cm laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Mind 140 x 120 cm laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Mind 160 x 110 cm laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland 120 x 110 cm laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland 160 x 90 cm laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rectangular Table L200-0812, 120x80 cm Birch Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rectangular Table L200-C-0912, 120x90 cm Birch Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rectangular Table L200-C-T-0616, 160x60 cm Oak Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rectangular Table L200-C-T-0814, 140x80 cm Oak Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Round Table L200P-1250, Ø 125 cm Birch Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Round Table L200P-T-1250, Ø 125 cm Oak Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Semicircular Table L200PP-C-0612, Ø 1200 cm, Birch Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trapezoid Table L200MS-C-0409, 97,5x49,5 cm, Birch Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trapezoid Table L200MS-T-0612, 120x60 cm, Oak Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trapezoid Table L200MS-C-T-0409, 97,5x49,5 cm, Oak Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Parallelogram-shaped Table L200MV-0612, 125,8x60, Birch Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trapezoid Table L200S-0409, 97,5x49,5 cm, Birch Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>In Between SK5 Nano Laminate, Nero Ingo, 200x90 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>In Between SK5 Nano Laminate, Beige Luxor, 200x90 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>In Between SK6 Nano Laminate, Nero Ingo, 250x100 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bella Coffee - Ø45 X H39 Black - WB lacquered oak</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bella Coffee - Ø45 X H49 Oak - oiled</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bella Coffee - Ø45 X H49 Tile Red - WB lacqured oak</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bella Coffee - Ø60 X H32 White - WB lacqured oak</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bella Coffee - Ø60 X H39 Oak - oiled</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland 100 x 70 cm finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland 120 x 70 cm finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland 180 x 70 cm finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Meet 140 x 110 cm finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Meet 160 x 100 cm finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Meet 160 x 110 cm finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Mind 140 x 100 cm finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Mind 140 x 140 cm finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Retangulær bord 800 x 1200 mm. med 4 ben (9035)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>One Wood Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>One Wood Future A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odensevej 28</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kværndrup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bella Coffee - Ø45 X H49 Oak - WB lacquered</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bella Coffee - Ø45 X H49 White - WB lacqured oak</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bella Coffee - Ø60 X H39 White - WB lacqured oak</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland 100 x 80 cm finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland 120 x 120 cm finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland 160 x 80 cm finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Meet 100 x 70 cm finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Meet 140 x 120 cm finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Meet 140 x 140 cm finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Meet 140 x 90 cm finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Meet 160 x 90 cm finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Mind 100 x 100 cm finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Mind 140 x 70 cm finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Mind 160 x 100 cm finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland 140 x 110 cm linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland 140 x 90 cm linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Meet 100 x 70 cm linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Meet 100 x 90 cm  linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Meet 120 x 100 cm linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Meet 140 x 120 cm linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Meet 160 x 90 cm linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Mind 140 x 110 cm linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Mind 160 x 70 cm linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Slender w/veneer 90x90 cm (7100-6)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/016</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Magnus Olesen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Magnus Olesen A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Agertoft 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Roslev</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>T17 Cross Table 100x240</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>T17 Cross Table B2B Ø 125</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SOFT SIDE TABLE / Ø 41 H: 40 CM / Ø 16.1" H: 15.7" Black Nanolaminate/Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/027, DK/049/027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Muuto</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Muuto A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Østergade 36-38, 3. og 4. sal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København K</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SOFT SIDE TABLE / Ø 41 H: 48 CM / Ø 16.1" H: 18.9" Black Nanolaminate/Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/027, DK/049/027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Muuto</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Muuto A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Østergade 36-38, 3. og 4. sal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København K</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SOFT SIDE TABLE / Ø 41 H: 48 CM / Ø 16.1" H: 18.9" Solid Oak/Off-White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/027, DK/049/027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Muuto</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Muuto A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Østergade 36-38, 3. og 4. sal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København K</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SOFT SIDE TABLE / 45 X 45 H: 40 CM / 17.7 X 17.7 H: 15.7" Solid Oak/Off-White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/027, DK/049/027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Muuto</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Muuto A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Østergade 36-38, 3. og 4. sal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København K</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SOFT SIDE TABLE / 45 X 45 H: 48 CM / 17.7 X 17.7 H: 18.9" Solid Oak/Off-White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/027, DK/049/027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Muuto</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Muuto A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Østergade 36-38, 3. og 4. sal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København K</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SOFT SIDE TABLE / Ø 41 H: 48 CM / Ø 16.1" H: 18.9" Dusty Green Laminate/Dusty Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/027, DK/049/027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Muuto</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Muuto A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Østergade 36-38, 3. og 4. sal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København K</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TAKT T23 Turn Table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boa Table oak veneer tabletop, 220 x 110 x 75 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havnen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Horsens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boa Table laminate tabletop, 420 x 110 x 75 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havnen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Horsens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Table HW58, 140x80x74 cm, Castoro Ottawa 0717/Light Brown Glossy edge/Black Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Table HW58, 140x80x74 cm, Verde Comodoro 0750/Grey Glossy edge/Black Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Table HW59, 190x80x74 cm, Castoro Ottawa 0717/Light Brown Glossy edge/Black Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Table HW60, 250x100x74 cm, Castoro Ottawa 0717/Light Brown Glossy edge/Bronzed Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Bar Table HW63, 190x50x105 cm, Cacao Orinoco 0749/Grey Brown Glossy edge/Black Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Bar Table HW64, 190x80x105 cm, Castoro Ottawa 0717/Light Brown Glossy edge/Black Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Bar Table HW64, 190x80x105 cm, Azzurro Naxos 0771/Light Blue Glossy edge/Black Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Counter Table HW112, 140x80x95 cm, Verde Comodoro 0750/Grey Glossy edge/Black Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Table HW58, 140x80x74 cm, Nero Ingo 0720/Black Glossy edge/Black Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Table HW60, 250x100x74 cm, Nero Ingo 0720/Black Glossy edge//Bronzed Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Bar Table HW63, 190x50x105 cm, Nano Laminate MTO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Table CUS, 251-300x100x74 cm, Nano Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Table CUS, 251-300x100x74 cm, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Table CUS, 351-400x110x74 cm, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Table CUS, 501-550x110x74 cm, Nano Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Table CUS, 201-250x120x74 cm, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Table CUS, 301-350x120x74 cm, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Table CUS, 401-450x120x74 cm, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Table CUS, 501-550x120x74 cm, Nano Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Table CUS, 501-550x120x74 cm, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>AVANTI Dining table – Table top: Thermo ash. Frame: Black. 153x98 cm. Item no. 24152-1515-12</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HOUE</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HOUE ApS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rodelundvej 4a</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ry</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>AVANTI Dining table – Table top: Pine. Frame: Black. 153x98 cm. Item no. 24152-3030-12</x:v>
+        <x:v>AVANTI Dining table – Table top: Pine. Frame: Black. 83x98 cm. Item no. 24151-3030-12</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HOUE</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HOUE ApS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rodelundvej 4a</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ry</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Ville Table AV25, Small, 150x90 cm, Warm Black</x:v>
+        <x:v>AVANTI Dining table – Table top: Pine. Frame: Black. 222x98 cm. Item no. 24153-3030-12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOUE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOUE ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rodelundvej 4a</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ry</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ville Table AV26, Large, 220x90 cm , Warm Black</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/042</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>&amp;Tradition</x:v>
       </x:c>
       <x:c t="str">
         <x:v>&amp;Tradition A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kronprinsessegade 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>København</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HAY Passerelle Table 1400x750x740</x:v>
+        <x:v>SUPERCIRCULAR™ A902</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Fritz Hansen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SUPERCIRCULAR™ A202</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritz Hansen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CIRCULAR A922</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritz Hansen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SUPERELLIPSE™ B620</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritz Hansen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SUPERCIRCULAR™ A602</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritz Hansen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SUPERELLIPSE™ B612</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritz Hansen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY Passerelle Table 2000x800x1050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>HAY</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kvist Industries A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Siggårdsvej 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Årre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Væghængt Bord uden / bænk 1400 mm. mellem</x:v>
+        <x:v>HAY Passerelle Table 1400x650x740</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Earnest Extendable Table - 260x100 - Solid D.O Oak</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/057</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Muuto</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Muuto A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Østergade 36-38, 3. og 4. sal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København K</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bed Side Table, Forest Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moebe</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moebe</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandlodsvej 42A, 1. sal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København S</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bed Side Table, Beige</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moebe</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moebe</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandlodsvej 42A, 1. sal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København S</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bed Side Table, Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moebe</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moebe</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandlodsvej 42A, 1. sal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København S</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>In Between SK6 Smoked Lacquered Oak 250x100cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>In Between SK25 Oak veneer Smoked Oak, Oak, Black Oak L: 301-400 x W:90 x H73 cm - L: 301-400 x W:120 x H73 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rotate SC73, W35 x D35 x H59 cm, Ivory</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/042</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rotate SC73, W35 x D35 x H59 cm, Cobalt Blue</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/042</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rotate SC73, W35 x D35 x H59 cm, Stone Grey</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/042</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>T25 Studio Table Fenix Laminate Black Tube H95</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY ANNEX ROUND Ø120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002, 5031 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel, Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY ANNEX OBLONG 240x95</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002, 5031 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel, Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Meet 120 x 110 cm laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Meet 120 x 120 cm laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Mind 160 x 90 cm laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland 100 x 70 cm laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland 140 x 110 cm laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland 180 x 70 cm laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rectangular Table L200-0614, 140x60 cm Birch Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rectangular Table L200-0707, 70x70 cm Birch Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rectangular Table L200-0714, 140x70 cm Birch Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rectangular Table L200-0814, 140x80 cm Birch Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rectangular Table L200-1010, 100x100 cm Birch Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rectangular Table L200-T-0606, 60x60 cm Oak Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rectangular Table L200-T-0914, 140x90 cm Oak Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rectangular Table L200-C-0814, 140x80 cm Birch Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rectangular Table L200-C-0909, 90x90 cm Birch Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rectangular Table L200-C-T-0918, 180x90 cm Oak Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Round Table L200P-C-T-1250, Ø 125 cm Oak Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trapezoid Table L200MS-T-0409, 97,5x49,5 cm, Oak Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trapezoid Table L200S-C-0409, 97,5x49,5 cm, Birch Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>T10 Cross Table, 75 x 75 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Slender w/veneer 80x140 cm (7100-12)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/016</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Magnus Olesen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Magnus Olesen A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Agertoft 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Roslev</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Slender w/veneer 90x200 cm (7100-10)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/016</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Magnus Olesen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Magnus Olesen A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Agertoft 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Roslev</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Slender w/veneer 90x220 cm (7100-15)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/016</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Magnus Olesen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Magnus Olesen A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Agertoft 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Roslev</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>T17 Cross Table B2B 100 x 300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SOFT SIDE TABLE / Ø 41 H: 40 CM / Ø 16.1" H: 15.7" Solid Oak/Off-White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/027, DK/049/027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Muuto</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Muuto A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Østergade 36-38, 3. og 4. sal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København K</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SOFT SIDE TABLE / Ø 48 H: 40 CM / Ø 18.9" H: 15.7" Black Nanolaminate/Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/027, DK/049/027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Muuto</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Muuto A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Østergade 36-38, 3. og 4. sal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København K</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SOFT SIDE TABLE / 45 X 45 H: 48 CM / 17.7 X 17.7 H: 18.9" Solid Smoked Oak/Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/027, DK/049/027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Muuto</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Muuto A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Østergade 36-38, 3. og 4. sal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København K</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Moser Table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Montana</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Montana Furniture A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akkerupvej 16</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haarby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boa Table oak veneer tabletop, 280 x 110 x 75 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havnen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Horsens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boa Table walnut veneer tabletop, 280 x 110 x 105 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havnen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Horsens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boa Table walnut veneer tabletop, 350 x 128 x 75 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havnen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Horsens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boa Table walnut veneer tabletop, 420 x 110 x 75 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havnen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Horsens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boa Table laminate tabletop, 420 x 128 x 75 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havnen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Horsens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Table HW58, 140x80x74 cm, Castoro Ottawa 0717/Light Brown Glossy edge/Bronzed Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Table HW60, 250x100x74 cm, Cacao Orinoco 0749/Grey Brown Glossy edge/Bronzed Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Table HW60, 250x100x74 cm, Azzurro Naxos 0771/Light Blue Glossy edge/Bronzed Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Counter Table HW62, 190x80x95 cm, Cacao Orinoco 0749/Grey Brown Glossy edge/Black Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Counter Table HW62, 190x80x95 cm, Castoro Ottawa 0717/Light Brown Glossy edge/Bronzed Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Counter Table HW62, 190x80x95 cm, Azzurro Naxos 0771/Light Blue Glossy edge/Bronzed Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Bar Table HW64, 190x80x105 cm, Verde Comodoro 0750/Grey Glossy edge/Bronzed Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Counter Table HW111, 140x50x95 cm, Verde Comodoro 0750/Grey Glossy edge/Bronzed Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Counter Table HW112, 140x80x95 cm, Azzurro Naxos 0771/Light Blue Glossy edge/Black Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Bar Table HW113, 140x50x105 cm, Azzurro Naxos 0771/Light Blue Glossy edge/Black Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Bar Table HW114, 140x80x105, Verde Comodoro 0750/Grey Glossy edge/Bronzed Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Table HW60, 250x100x74 cm, Bianco Male 0029/Off White Glossy edge//Bronzed Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Counter Table HW61, 190x50x95 cm, Bianco Male 0029/Off White Glossy edge//Black Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Bar Table HW63, 190x50x105 cm, Bianco Male 0029/Off White Glossy edge//Black Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Table CUS, 301-350x110x74 cm, Nano Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Counter Table HW111, 140x50x95 cm, Nero Ingo 0720/Black Glossy edge//Black Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Counter Table HW111, 140x50x95 cm, Nero Ingo 0720/Black Glossy edge//Bronzed Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Counter Table HW112, 140x80x95 cm, Nero Ingo 0720/Black Glossy edge//Black Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Mind 140 x 140 cm linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Mind 140 x 70 cm linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Mind 180 x 90 cm linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>RECTANGULAR B638</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritz Hansen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CIRCULAR A825</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritz Hansen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Thorvald Café Table SC97, Square 70x70 cm, Ivory Frame/Ivory Tabletop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/054</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY Passerelle Table 2000x900x740</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Væghængt Bord med / bænk 1200 mm. stor</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/034</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>One Wood Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>One Wood Future A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Odensevej 28</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kværndrup</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>In Between SK25 Fenix NTM nano laminate Smoked Oak, Oak, Black Oak L: 401-500 x W:90 x H73 cm - L: 401-500 x W:120 x H73 cm</x:v>
+        <x:v>Væghængt Bord uden / bænk 1400 stor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>One Wood Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>One Wood Future A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odensevej 28</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kværndrup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>In Between SK5 Black Lacquered Oak 200x90cm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>&amp;Tradition</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kvist Industries A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Siggårdsvej 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Årre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>In Between SK25 Oak veneer Smoked Oak, Oak, Black Oak L: 401-500 x W:90 x H73 cm - L: 401-500 x W:120 x H73 cm</x:v>
+        <x:v>In Between SK6 Clear Lacquered Oak 250x100cm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>&amp;Tradition</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kvist Industries A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Siggårdsvej 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Årre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Rotate SC73, W35 x D35 x H59 cm, Merlot</x:v>
+        <x:v>Rotate SC73, W35 x D35 x H59 cm, Dark Plum</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/042</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>&amp;Tradition</x:v>
       </x:c>
       <x:c t="str">
         <x:v>&amp;Tradition A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kronprinsessegade 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>København</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Arland Meet 120 x 90 cm laminat</x:v>
+        <x:v>Thorvald Outdoor Dining Table SC99 Square L220 W90 H74 cm Warm Black frame Steel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/054</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Thorvald Outdoor Dining Table SC99 Square L220 W90 H74 cm Ivory frame Steel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/054</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY ANNEX FLUSH 180x80</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002, 5031 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel, Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY ANNEX OVERHANG 240x90</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002, 5031 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel, Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY ANNEX OVERHANG 220x90</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002, 5031 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel, Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Meet 100 x 100 cm laminat</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Daarbak Design</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Daarbak Design A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gugvej 120</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aalborg SÆ</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Arland Meet 140 x 100 cm laminat</x:v>
+        <x:v>Arland Meet 160 x 70 cm laminat</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Daarbak Design</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Daarbak Design A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gugvej 120</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aalborg SÆ</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Arland Meet 140 x 120 cm laminat</x:v>
+        <x:v>Arland Meet 180 x 70 cm laminat</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Daarbak Design</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Daarbak Design A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gugvej 120</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aalborg SÆ</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Arland Meet 180 x 80 cm laminat</x:v>
+        <x:v>Arland Mind 100 x 70 cm laminat</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Daarbak Design</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Daarbak Design A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gugvej 120</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aalborg SÆ</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Arland Mind 160 x 80 cm laminat</x:v>
+        <x:v>Arland Mind 120 x 110 cm laminat</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Daarbak Design</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Daarbak Design A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gugvej 120</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aalborg SÆ</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Arland 180 x 80 cm laminat</x:v>
+        <x:v>Arland Mind 140 x 140 cm laminat</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Daarbak Design</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Daarbak Design A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gugvej 120</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aalborg SÆ</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Multi Café</x:v>
+        <x:v>Arland Mind 160 x 120 cm laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland 70 x 70 cm laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland 80 x 80 cm laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland 100 x 90 cm  laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland 120 x 80 cm laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland 140 x 70 cm laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland 140 x 120 cm laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland 140 x 140 cm laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland 160 x 70 cm laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rectangular Table L200-0606, 60x60 cm Birch Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rectangular Table L200-0716, 160x70 cm Birch Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rectangular Table L200-0808, 80x80 cm Birch Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rectangular Table L200-0909, 90x90 cm Birch Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rectangular Table L200-T-0612, 120x60 cm Oak Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rectangular Table L200-T-0618, 180x60 cm Oak Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rectangular Table L200-T-0707, 70x70 cm Oak Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rectangular Table L200-T-0714, 140x70 cm Oak Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rectangular Table L200-T-0718, 180x70 cm Oak Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rectangular Table L200-T-0808, 80x80 cm Oak Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rectangular Table L200-C-0716, 160x70 cm Birch Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rectangular Table L200-C-0816, 160x80 cm Birch Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rectangular Table L200-C-0918, 180x90 cm Birch Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rectangular Table L200-C-1010, 100x100 cm Birch Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rectangular Table L200-C-T-0714, 140x70 cm Oak Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rectangular Table L200-C-T-0716, 160x70 cm Oak Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rectangular Table L200-C-T-0718, 180x70 cm Oak Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rectangular Table L200-C-T-0812, 120x80 cm Oak Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trapezoid Table L200MS-0409, 97,5x49,5 cm, Birch Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Parallelogram-shaped Table L200MV-T-0612, 125,8x60, Oak Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bella Coffee - Ø45 X H49 Black - WB lacquered oak</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bella Coffee - Ø45 X H49 Eucoalyptus - WB lacquered oak</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bella Coffee - Ø60 X H32 Black - WB lacquered oak</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland 140 x 140 cm finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland 140 x 70 cm finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland 140 x 80 cm finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland 80 x 80 cm finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Meet 120 x 120 cm finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Meet 140 x 100 cm finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Meet 140 x 70 cm finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Meet 70 x 70 cm finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Mind 160 x 120 cm finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Mind 180 x 80 cm finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland 120 x 110 cm linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland 140 x 80 cm linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland 180 x 70 cm linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Meet 100 x 100 cm linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Meet 140 x 100 cm linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Meet 140 x 80 cm linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Meet 160 x 110 cm linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Meet 160 x 120 cm linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Meet 180 x 70 cm linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Mind 100 x 90 cm  linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Mind 120 x 120 cm linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Mind 120 x 70 cm linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Retangulær bord 800 x 1200 mm. med 4 ben (9007)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>One Wood Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>One Wood Future A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odensevej 28</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kværndrup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>T14 Plint Coffee Table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Multi Speaker</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Montana</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Montana Furniture A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Akkerupvej 16</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haarby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Multi Table</x:v>
-[...31 lines deleted...]
-        <x:v>HAY Pastis Table Ø70xH74</x:v>
+        <x:v>Slender w/veneer 80x180 cm (7100-4)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/016</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Magnus Olesen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Magnus Olesen A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Agertoft 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Roslev</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Slender w/veneer 90x120 cm (7100-7)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/016</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Magnus Olesen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Magnus Olesen A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Agertoft 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Roslev</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY Pastis Table Ø46xH52</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAY</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kvist Industries A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Siggårdsvej 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Årre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>SOFT SIDE TABLE / Ø 41 H: 48 CM / Ø 16.1" H: 18.9" Solid Smoked Oak/Black</x:v>
+        <x:v>SOFT SIDE TABLE / Ø 48 H: 48 CM / Ø 18.9" H: 18.9" Dusty Green Laminate/Dusty Green</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/027, DK/049/027</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Muuto</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Muuto A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Østergade 36-38, 3. og 4. sal</x:v>
       </x:c>
       <x:c t="str">
         <x:v>København K</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>SOFT SIDE TABLE / Ø 48 H: 48 CM / Ø 18.9" H: 18.9" Orange Laminate/Orange</x:v>
+        <x:v>SOFT SIDE TABLE / 45 X 45 H: 48 CM / 17.7 X 17.7 H: 18.9" Dusty Green Laminate/Dusty Green</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/027, DK/049/027</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Muuto</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Muuto A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Østergade 36-38, 3. og 4. sal</x:v>
       </x:c>
       <x:c t="str">
         <x:v>København K</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>SOFT SIDE TABLE / Ø 48 H: 48 CM / Ø 18.9" H: 18.9" Solid Oak/Off-White</x:v>
+        <x:v>Boa Table oak veneer tabletop, 420 x 128 x 75 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havnen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Horsens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boa Table walnut veneer tabletop, 220 x 110 x 75 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havnen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Horsens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boa Table walnut veneer tabletop, 280 x 110 x 95 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havnen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Horsens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boa Table walnut veneer tabletop, 350 x 110 x 75 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havnen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Horsens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boa Table laminate tabletop, 280 x 128 x 75 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havnen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Horsens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boa Table laminate tabletop, 350 x 110 x 75 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havnen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Horsens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boa Table laminate tabletop, 220 x 110 x 75 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havnen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Horsens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Table HW59, 190x80x74 cm, Azzurro Naxos 0771/Light Blue Glossy edge/Black Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Table HW59, 190x80x74 cm, Cacao Orinoco 0749/Grey Brown Glossy edge/Bronzed Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Table HW60, 250x100x74 cm, Verde Comodoro 0750/Grey Glossy edge/Bronzed Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Counter Table HW62, 190x80x95 cm, Verde Comodoro 0750/Grey Glossy edge/Black Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Counter Table HW62, 190x80x95 cm, Verde Comodoro 0750/Grey Glossy edge/Bronzed Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Counter Table HW112, 140x80x95 cm, Cacao Orinoco 0749/Grey Brown Glossy edge/Bronzed Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Counter Table HW112, 140x80x95 cm, Azzurro Naxos 0771/Light Blue Glossy edge/Bronzed Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Bar Table HW113, 140x50x105 cm, Verde Comodoro 0750/Grey Glossy edge/Black Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Bar Table HW114, 140x80x105, Castoro Ottawa 0717/Light Brown Glossy edge/Black Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Table HW58, 140x80x74 cm, Nano Laminate MTO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Table HW59, 190x80x74 cm, Bianco Male 0029/Off White Glossy edge//Black Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Table HW59, 190x80x74 cm, Bianco Male 0029/Off White Glossy edge//Bronzed Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Table HW59, 190x80x74 cm, Nano Laminate MTO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Counter Table HW62, 190x80x95 cm, Bianco Male 0029/Off White Glossy edge//Black Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Counter Table HW62, 190x80x95 cm, Nero Ingo 0720/Black Glossy edge//Bronzed Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Bar Table HW64, 190x80x105 cm, Bianco Male 0029/Off White Glossy edge//Black Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Table CUS, 141-170x80x74 cm, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Table CUS, 201-250x110x74 cm, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Table CUS, 301-350x110x74 cm, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Table CUS, 451-500x110x74 cm, Nano Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Counter Table HW111, 140x50x95 cm, Bianco Male 0029/Off White Glossy edge//Black Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Counter Table HW112, 140x80x95 cm, Nero Ingo 0720/Black Glossy edge//Bronzed Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Counter Table HW112, 140x80x95, Nano Laminate MTO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Bar Table HW113, 140x50x105 cm, Nero Ingo 0720/Black Glossy edge//Bronzed Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Bar Table HW113, 140x50x105, Nano Laminate MTO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SUPERELLIPSE™ B616</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritz Hansen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Thorvald Dining Table SC98, Round Ø115 cm, Ivory Frame/Ivory Tabletop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/054</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY Passerelle Table 2600x950x740</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Earnest Extendable Table - 205x100 - Solid Oak</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/057</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Muuto</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Muuto A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Østergade 36-38, 3. og 4. sal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København K</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rund bord - Ø1200 mm. med 4 ben</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>One Wood Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>One Wood Future A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odensevej 28</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kværndrup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>T25 Studio Table Fenix Laminate Black Tube H105</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Thorvald Outdoor Dining Table SC99 Square L220 W90 H74 cm Bronze Green frame Steel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/054</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY ANNEX FLUSH 200x80</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002, 5031 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel, Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY ANNEX ROUND Ø140</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002, 5031 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel, Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Meet 100 x 90 cm  laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Meet 120 x 100 cm laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Meet 160 x 100 cm laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Mind 70 x 70 cm laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Mind 80 x 80 cm laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland 140 x 90 cm laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland 140 x 100 cm laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland 160 x 120 cm laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Meet 70 x 70 cm laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rectangular Table L200-0616, 160x60 cm Birch Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rectangular Table L200-0912, 120x90 cm Birch Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rectangular Table L200-T-0818, 180x80 cm Oak Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rectangular Table L200-C-0606, 60x60 cm Birch Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rectangular Table L200-C-0612, 120x60 cm Birch Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rectangular Table L200-C-0707, 70x70 cm Birch Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rectangular Table L200-C-T-0816, 160x80 cm Oak Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rectangular Table L200-C-T-0914, 140x90 cm Oak Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rectangular Table L200-C-T-1212, 120x120 cm Oak Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Semicircular Table L200PP-T-0612, Ø 1200 cm, Oak Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trapezoid Table L200MS-C-T-0612, 120x60 cm, Oak Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trapezoid Table L200S-C-0612, 120x60 cm, Birch Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bella Coffee - Ø45 X H39 Oak - oiled</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bella Coffee - Ø45 X H39 Tile Red - WB lacqured oak</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bella Coffee - Ø45 X H39 Blue Charcoal - WB lacquered oak</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bella Coffee - Ø80 X H32 White - WB lacqured oak</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bella Coffee - Ø60 X H32 Oak - WB lacquered</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Mind 90 x 90 cm laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland 140 x 120 cm finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland 160 x 100 cm finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Meet 120 x 110 cm finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Meet 120 x 70 cm finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Meet 160 x 120 cm finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Meet 180 x 80 cm finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Meet 80 x 80 cm finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Mind 120 x 120 cm finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Mind 120 x 80 cm finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Mind 140 x 90 cm finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Mind 160 x 90 cm finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Mind 90 x 90 cm finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland 100 x 100 cm linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland 140 x 100 cm linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland 160 x 120 cm linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland 180 x 80 cm linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland 180 x 90 cm linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland 80 x 80 cm linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Meet 120 x 80 cm linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Meet 180 x 90 cm linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Mind 120 x 80 cm linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Mind 120 x 90 cm linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Mind 140 x 90 cm linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Mind 160 x 110 cm linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Mind 160 x 80 cm linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Thorvald Outdoor Dining Table SC113 L160 Bronze Green frame Steel Bronze Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/054</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Thorvald Outdoor Coffee Table SC108 Ø70 cm Bronze Green frame Steel Bronze Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/054</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Thorvald Outdoor Coffee Table SC109 Ø115 cm Bronze Green frame Steel Bronze Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/054</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Deville Tilt Table Square 55x55</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/066</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havnen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Horsens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Retangulær bord 900 x 1200 mm. med 4 ben (9036)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>One Wood Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>One Wood Future A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odensevej 28</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kværndrup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Retangulær bord 1200 x 1200 mm. med 4 ben (9037)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>One Wood Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>One Wood Future A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odensevej 28</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kværndrup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SOFT SIDE TABLE / Ø 48 H: 40 CM / Ø 18.9" H: 15.7" Solid Oak/Off-White</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/027, DK/049/027</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Muuto</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Muuto A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Østergade 36-38, 3. og 4. sal</x:v>
       </x:c>
       <x:c t="str">
         <x:v>København K</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>SOFT SIDE TABLE / Ø 48 H: 48 CM / Ø 18.9" H: 18.9" Solid Smoked Oak/Black</x:v>
+        <x:v>SOFT SIDE TABLE / Ø 48 H: 40 CM / Ø 18.9" H: 15.7" Solid Smoked Oak/Black</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/027, DK/049/027</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Muuto</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Muuto A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Østergade 36-38, 3. og 4. sal</x:v>
       </x:c>
       <x:c t="str">
         <x:v>København K</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>SOFT SIDE TABLE / 45 X 45 H: 40 CM / 17.7 X 17.7 H: 15.7" Solid Smoked Oak/Black</x:v>
+        <x:v>SOFT SIDE TABLE / 45 X 45 H: 48 CM / 17.7 X 17.7 H: 18.9" Black Nanolaminate/Black</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/027, DK/049/027</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Muuto</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Muuto A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Østergade 36-38, 3. og 4. sal</x:v>
       </x:c>
       <x:c t="str">
         <x:v>København K</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Drip Table HW59, 190x80x74 cm, Castoro Ottawa 0717/Light Brown Glossy edge/Bronzed Legs</x:v>
+        <x:v>Boa Table oak veneer tabletop, 350 x 110 x 75 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havnen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Horsens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Table HW58, 140x80x74 cm, Azzurro Naxos 0771/Light Blue Glossy edge/Black Legs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/039</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>&amp;Tradition</x:v>
       </x:c>
       <x:c t="str">
         <x:v>&amp;Tradition A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kronprinsessegade 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>København</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>In Between SK5 Nano Laminate, Bianca Male, 200x90 cm</x:v>
+        <x:v>Drip Table HW58, 140x80x74 cm, Azzurro Naxos 0771/Light Blue Glossy edge/Bronzed Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Table HW60, 250x100x74 cm, Verde Comodoro 0750/Grey Glossy edge/Black Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Counter Table HW61, 190x50x95 cm, Verde Comodoro 0750/Grey Glossy edge/Black Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Counter Table HW61, 190x50x95 cm, Azzurro Naxos 0771/Light Blue Glossy edge/Black Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Counter Table HW61, 190x50x95 cm, Cacao Orinoco 0749/Grey Brown Glossy edge/Bronzed Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Bar Table HW64, 190x80x105 cm, Cacao Orinoco 0749/Grey Brown Glossy edge/Black Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Bar Table HW64, 190x80x105 cm, Castoro Ottawa 0717/Light Brown Glossy edge/Bronzed Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Counter Table HW111, 140x50x95 cm, Cacao Orinoco 0749/Grey Brown Glossy edge/Black Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Counter Table HW111, 140x50x95 cm, Castoro Ottawa 0717/Light Brown Glossy edge/Bronzed Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Counter Table HW111, 140x50x95 cm, Azzurro Naxos 0771/Light Blue Glossy edge/Bronzed Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Bar Table HW113, 140x50x105 cm, Azzurro Naxos 0771/Light Blue Glossy edge/Bronzed Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Table HW58, 140x80x74 cm, Bianco Male 0029/Off White Glossy edge/Black Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Table HW59, 190x80x74 cm, Veneer MTO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Counter Table HW61, 190x50x95 cm, Nero Ingo 0720/Black Glossy edge//Black Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Bar Table HW63, 190x50x105 cm, Nero Ingo 0720/Black Glossy edge//Black Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Bar Table HW63, 190x50x105 cm, Veneer MTO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Bar Table HW64, 190x80x105 cm, Nero Ingo 0720/Black Glossy edge//Black Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Table CUS, 201-250x110x74 cm, Nano Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Table CUS, 501-550x110x74 cm, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Table CUS, 551-600x110x74 cm, Nano Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Table CUS, 251-300x120x74 cm, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Table CUS, 351-400x120x74 cm, Nano Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Counter Table HW111, 140x50x95, Nano Laminate MTO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Bar Table HW113, 140x50x105 cm, Nero Ingo 0720/Black Glossy edge//Black Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Bar Table HW114, 140x80x105, Veneer MTO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>AVANTI Dining table – Table top: Thermo ash. Frame: Black. 222x98 cm. Item no. 24153-1515-12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOUE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HOUE ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rodelundvej 4a</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ry</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SUPERCIRCULAR™ B603</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Fritz Hansen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SUPERELLIPSE™ B613</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritz Hansen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Thorvald Café Table SC96, Round Ø70 cm, Bronze Green Frame/Bronze Green Tabletop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/054</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>&amp;Tradition</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY Passerelle Table 2500x800x1050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Kvist Industries A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Siggårdsvej 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Årre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Rectangular Table L200-T-0716, 160x70 cm Oak Legs</x:v>
+        <x:v>Earnest Extendable Table - 260x100 - Solid Oak</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/057</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Muuto</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Muuto A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Østergade 36-38, 3. og 4. sal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København K</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Earnest Extendable Leafs - 100x44 - Solid D.O. Oak</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/057</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Muuto</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Muuto A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Østergade 36-38, 3. og 4. sal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København K</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Væghængt Bord med / bænk 1200 mm. lille</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>One Wood Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>One Wood Future A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odensevej 28</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kværndrup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Væghængt Bord med / bænk 1200 mm. mellem</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>One Wood Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>One Wood Future A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odensevej 28</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kværndrup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bed Side Table, Dusty Rose</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moebe</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Moebe</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Strandlodsvej 42A, 1. sal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København S</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>In Between SK5 Clear Lacquered Oak 200x90cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY ANNEX OBLONG 220x95</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002, 5031 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel, Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Meet 120 x 70 cm laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Mind 180 x 90 cm laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Meet 90 x 90 cm laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Mind 140 x 80 cm laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Mind 140 x 110 cm laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Mind 160 x 100 cm laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Mind 180 x 70 cm laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Mind 180 x 80 cm laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland 120 x 70 cm laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland 120 x 100 cm laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland 120 x 120 cm laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland 160 x 80 cm laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland 180 x 90 cm laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rectangular Table L200-0618, 180x60 cm Birch Legs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>FI/049/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Woodi</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kuopion Woodi Oy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ankkuritie 3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kuopio</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Rectangular Table L200-T-0812, 120x80 cm Oak Legs</x:v>
+        <x:v>Rectangular Table L200-T-0712, 120x70 cm Oak Legs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>FI/049/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Woodi</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kuopion Woodi Oy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ankkuritie 3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kuopio</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Rectangular Table L200-T-0912, 120x90 cm Oak Legs</x:v>
+        <x:v>Rectangular Table L200-T-0918, 180x90 cm Oak Legs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>FI/049/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Woodi</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kuopion Woodi Oy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ankkuritie 3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kuopio</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Rectangular Table L200-C-0812, 120x80 cm Birch Legs</x:v>
+        <x:v>Rectangular Table L200-C-0614, 140x60 cm Birch Legs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>FI/049/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Woodi</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kuopion Woodi Oy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ankkuritie 3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kuopio</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Rectangular Table L200-C-0914, 140x90 cm Birch Legs</x:v>
+        <x:v>Rectangular Table L200-C-0618, 180x60 cm Birch Legs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>FI/049/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Woodi</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kuopion Woodi Oy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ankkuritie 3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kuopio</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Rectangular Table L200-C-T-0614, 140x60 cm Oak Legs</x:v>
+        <x:v>Rectangular Table L200-C-0818, 180x80 cm Birch Legs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>FI/049/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Woodi</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kuopion Woodi Oy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ankkuritie 3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kuopio</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Rectangular Table L200-C-T-0707, 70x70 cm Oak Legs</x:v>
+        <x:v>Rectangular Table L200-C-0916, 160x90 cm Birch Legs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>FI/049/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Woodi</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kuopion Woodi Oy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ankkuritie 3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kuopio</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Rectangular Table L200-C-T-0808, 80x80 cm Oak Legs</x:v>
+        <x:v>Rectangular Table L200-C-1212, 120x120 cm Birch Legs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>FI/049/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Woodi</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kuopion Woodi Oy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ankkuritie 3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kuopio</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Rectangular Table L200-C-T-0818, 180x80 cm Oak Legs</x:v>
+        <x:v>Rectangular Table L200-C-T-0712, 120x70 cm Oak Legs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>FI/049/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Woodi</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kuopion Woodi Oy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ankkuritie 3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kuopio</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Semicircular Table L200PP-0612, Ø 1200 cm, Birch Legs</x:v>
+        <x:v>Rectangular Table L200-C-T-0916, 160x90 cm Oak Legs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>FI/049/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Woodi</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kuopion Woodi Oy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ankkuritie 3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kuopio</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Semicircular Table L200PP-C-T-0612, Ø 1200 cm, Oak Legs</x:v>
+        <x:v>Rectangular Table L200-C-T-1010, 100x100 cm Oak Legs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>FI/049/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Woodi</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kuopion Woodi Oy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ankkuritie 3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kuopio</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Trapezoid Table L200S-T-0409, 97,5x49,5 cm, Oak Legs</x:v>
+        <x:v>Trapezoid Table L200MS-C-0612, 120x60 cm, Birch Legs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>FI/049/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Woodi</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kuopion Woodi Oy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ankkuritie 3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kuopio</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Trapezoid Table L200S-T-0612, 120x60 cm, Oak Legs</x:v>
+        <x:v>Parallelogram-shaped Table L200MV-C-0612, 125,8x60, Birch Legs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>FI/049/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Woodi</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kuopion Woodi Oy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ankkuritie 3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kuopio</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Rectangular Table L200-0712, 120x70 cm Birch Legs</x:v>
+        <x:v>Parallelogram-shaped Table L200MV-C-T-0612, 125,8x60, Oak Legs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>FI/049/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Woodi</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kuopion Woodi Oy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ankkuritie 3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kuopio</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Rectangular Table L200-0718, 180x70 cm Birch Legs</x:v>
+        <x:v>Trapezoid Table L200S-C-T-0409, 97,5x49,5 cm, Oak Legs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>FI/049/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Woodi</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kuopion Woodi Oy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ankkuritie 3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kuopio</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Rectangular Table L200-0818, 180x80 cm Birch Legs</x:v>
+        <x:v>In Between SK5 Nano Laminate, Grigio Bromo, 200x90 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland 100 x 90 cm  finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland 120 x 110 cm finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Mind 120 x 100 cm finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Mind 160 x 110 cm finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland 100 x 70 cm linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland 120 x 120 cm linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland 140 x 120 cm linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland 140 x 140 cm linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland 160 x 100 cm linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland 160 x 80 cm linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Meet 140 x 110 cm linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Meet 160 x 80 cm linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Meet 80 x 80 cm linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Mind 180 x 80 cm linoleum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Thorvald Outdoor Dining Table SC113 L160 Ivory frame Steel Ivory</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/054</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Thorvald Outdoor Coffee Table SC109 Ø115 cm Ivory frame Steel Ivory</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/054</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Deville Tilt Table D80</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/066</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havnen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Horsens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Slender w/veneer 80x120 cm (7100-2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/016</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Magnus Olesen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Magnus Olesen A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Agertoft 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Roslev</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Slender w/veneer 80x200 cm (7100-5)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/016</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Magnus Olesen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Magnus Olesen A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Agertoft 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Roslev</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Slender w/veneer 90x160 cm (7100-8)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/016</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Magnus Olesen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Magnus Olesen A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Agertoft 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Roslev</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY Pastis Table Ø90xH74</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY Pastis Table Ø50xH40</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TAKT T18 Arc Dining Table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SOFT SIDE TABLE / Ø 41 H: 48 CM / Ø 16.1" H: 18.9" Orange Laminate/Orange</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/027, DK/049/027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Muuto</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Muuto A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Østergade 36-38, 3. og 4. sal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København K</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SOFT SIDE TABLE / Ø 48 H: 40 CM / Ø 18.9" H: 15.7" Orange Laminate/Orange</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/027, DK/049/027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Muuto</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Muuto A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Østergade 36-38, 3. og 4. sal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København K</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Retangulær bord 800 x 1400 mm. med 4 ben (9040)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>One Wood Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>One Wood Future A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odensevej 28</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kværndrup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Table CUS, 401-450x110x74 cm, Nano Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Table CUS, 451-500x110x74 cm, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Table CUS, 301-350x120x74 cm, Nano Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Table CUS, 351-400x120x74 cm, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Table CUS, 451-500x120x74 cm, Nano Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Counter Table HW111, 140x50x95, Veneer MTO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Counter Table HW112, 140x80x95 cm, Bianco Male 0029/Off White Glossy edge//Black Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Bar Table HW113, 140x50x105 cm, Bianco Male 0029/Off White Glossy edge//Black Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Bar Table HW113, 140x50x105 cm, Bianco Male 0029/Off White Glossy edge//Bronzed Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ville Table AV26, Large, 220x90 cm, Bronze Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/042</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SUPERELLIPSE™ B614</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritz Hansen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CIRCULAR A826</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritz Hansen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>RECTANGULAR B637</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fritz Hansen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Thorvald Side Table SC102, Ivory</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/054</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Thorvald Dining Table SC98, Round Ø115 cm, Bronze Green Frame/Bronze Green Tabletop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/054</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Væghængt Bord uden / bænk 1200 mm. lille</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>One Wood Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>One Wood Future A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odensevej 28</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kværndrup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Væghængt Bord uden / bænk 1400 mm. lille</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>One Wood Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>One Wood Future A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odensevej 28</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kværndrup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Halvbue bord 600x1200 mm med 4 ben</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>One Wood Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>One Wood Future A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odensevej 28</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kværndrup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Halvbue bord 800x1200 mm med 4 ben</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>One Wood Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>One Wood Future A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Odensevej 28</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kværndrup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>In Between SK25 Fenix NTM nano laminate Smoked Oak, Oak, Black Oak L: 301-400 x W:90 x H73 cm - L: 301-400 x W:120 x H73 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY ANNEX FLUSH 240x80</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002, 5031 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel, Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HAY ANNEX OVERHANG 300x90</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002, 5031 0121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel, Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Meet 80 x 80 cm laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Meet 100 x 70 cm laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Meet 140 x 110 cm laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Meet 160 x 90 cm laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Mind 120 x 70 cm laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Mind 100 x 90 cm  laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Mind 120 x 100 cm laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Mind 140 x 70 cm laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Mind 140 x 100 cm laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Mind 160 x 70 cm laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland 140 x 80 cm laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ville Outdoor Coffee Table AV50 L90 W90 H30 cm Warm Black frame Teak</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/042</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rectangular Table L200-0816, 160x80 cm Birch Legs</x:v>
       </x:c>
       <x:c t="str">
         <x:v>FI/049/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Woodi</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kuopion Woodi Oy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ankkuritie 3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kuopio</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Bella Coffee - Ø45 X H39 Eucoalyptus - WB lacquered oak</x:v>
+        <x:v>Rectangular Table L200-0914, 140x90 cm Birch Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rectangular Table L200-0916, 160x90 cm Birch Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rectangular Table L200-0918, 180x90 cm Birch Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rectangular Table L200-1212, 120x120 cm Birch Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rectangular Table L200-T-0614, 140x60 cm Oak Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rectangular Table L200-T-0816, 160x80 cm Oak Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rectangular Table L200-T-0916, 160x90 cm Oak Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rectangular Table L200-C-0712, 120x70 cm Birch Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rectangular Table L200-C-0714, 140x70 cm Birch Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rectangular Table L200-C-0808, 80x80 cm Birch Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rectangular Table L200-C-T-0606, 60x60 cm Oak Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rectangular Table L200-C-T-0612, 120x60 cm Oak Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rectangular Table L200-C-T-0912, 120x90 cm Oak Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trapezoid Table L200S-0612, 120x60 cm, Birch Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trapezoid Table L200S-C-T-0612, 120x60 cm, Oak Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Woodi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopion Woodi Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ankkuritie 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kuopio</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>In Between SK6 Nano Laminate, Grigio Bromo, 250x100 cm</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>In Between SK6 Nano Laminate, Bianco Male, 250x100 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bella Coffee - Ø45 X H39 White - WB lacqured oak</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>HAY</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kvist Industries A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Siggårdsvej 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Årre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Bella Coffee - Ø45 X H49 Blue Charcoal - WB lacquered oak</x:v>
+        <x:v>Bella Coffee - Ø45 X H39 Dark Bordeaux - WB lacqured oak</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAY</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kvist Industries A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Siggårdsvej 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Årre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Bella Coffee - Ø80 X H32 Oak - oiled</x:v>
+        <x:v>Bella Coffee - Ø45 X H49 Dark Bordeaux - WB lacqured oak</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAY</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kvist Industries A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Siggårdsvej 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Årre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Bella Coffee - Ø80 X H32 Black - WB lacquered oak</x:v>
+        <x:v>Bella Coffee - Ø60 X H39 Oak - WB lacquered</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAY</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kvist Industries A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Siggårdsvej 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Årre</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Bella Coffee - Ø60 X H32 Oak - oiled</x:v>
+        <x:v>Arland 100 x 100 cm finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland 120 x 80 cm finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland 120 x 90 cm finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland 140 x 90 cm finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland 160 x 120 cm finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Meet 100 x 90 cm  finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Meet 120 x 100 cm finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Meet 120 x 80 cm finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Meet 180 x 70 cm finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Meet 180 x 90 cm finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Meet 90 x 90 cm finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Mind 100 x 70 cm finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Mind 100 x 80 cm finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Mind 100 x 90 cm  finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Mind 120 x 110 cm finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland Mind 140 x 80 cm finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Daarbak Design A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gugvej 120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aalborg SÆ</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>T08 Sling Side Table</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Takt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>T09 Sling Coffee Table</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Takt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kvist Industries A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Siggårdsvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Årre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Slender w/veneer 80x80 cm (7100-1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/016</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Magnus Olesen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Magnus Olesen A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Agertoft 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Roslev</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Slender w/veneer 80x160 cm (7100-3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/016</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Magnus Olesen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Magnus Olesen A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Agertoft 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Roslev</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Slender w/veneer 90x180 cm (7100-9)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/016</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Magnus Olesen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Magnus Olesen A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Agertoft 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Roslev</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SOFT SIDE TABLE / Ø 41 H: 40 CM / Ø 16.1" H: 15.7" Orange Laminate/Orange</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/027, DK/049/027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Muuto</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Muuto A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Østergade 36-38, 3. og 4. sal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København K</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SOFT SIDE TABLE / 45 X 45 H: 40 CM / 17.7 X 17.7 H: 15.7" Orange Laminate/Orange</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/027, DK/049/027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Muuto</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Muuto A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Østergade 36-38, 3. og 4. sal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København K</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SOFT SIDE TABLE / 45 X 45 H: 48 CM / 17.7 X 17.7 H: 18.9" Orange Laminate/Orange</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/027, DK/049/027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Muuto</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Muuto A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Østergade 36-38, 3. og 4. sal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København K</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boa Table oak veneer tabletop, 220 x 110 x 105 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>HAY</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Kvist Industries A/S</x:v>
-[...27 lines deleted...]
-      <x:c t="str">
         <x:v>HAY</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Kvist Industries A/S</x:v>
-[...16 lines deleted...]
-        <x:v>EU Ecolabel, Nordic Swan Ecolabel</x:v>
+        <x:v>Havnen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Horsens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boa Table oak veneer tabletop, 280 x 110 x 95 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAY</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Kvist Industries A/S</x:v>
-[...27 lines deleted...]
-      <x:c t="str">
         <x:v>HAY</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Kvist Industries A/S</x:v>
-[...16 lines deleted...]
-        <x:v>EU Ecolabel, Nordic Swan Ecolabel</x:v>
+        <x:v>Havnen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Horsens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boa Table oak veneer tabletop, 280 x 110 x 105 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAY</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Kvist Industries A/S</x:v>
-[...27 lines deleted...]
-      <x:c t="str">
         <x:v>HAY</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Kvist Industries A/S</x:v>
-[...10 lines deleted...]
-        <x:v>Arland 160 x 110 cm finer</x:v>
+        <x:v>Havnen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Horsens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boa Table walnut veneer tabletop, 220 x 110 x 105 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havnen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Horsens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boa Table walnut veneer tabletop, 280 x 110 x 75 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havnen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Horsens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boa Table walnut veneer tabletop, 280 x 128 x 75 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havnen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Horsens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boa Table walnut veneer tabletop, 420 x 128 x 75 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havnen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Horsens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boa Table laminate tabletop, 220 x 110 x 95 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havnen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Horsens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boa Table laminate tabletop, 220 x 110 x 105 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havnen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Horsens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Boa Table laminate tabletop, 350 x 128 x 75 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/038</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havnen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Horsens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Table HW58, 140x80x74 cm, Cacao Orinoco 0749/Grey Brown Glossy edge/Bronzed Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Table HW59, 190x80x74 cm, Verde Comodoro 0750/Grey Glossy edge/Black Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Table HW60, 250x100x74 cm, Castoro Ottawa 0717/Light Brown Glossy edge/Black Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Counter Table HW61, 190x50x95 cm, Cacao Orinoco 0749/Grey Brown Glossy edge/Black Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Counter Table HW61, 190x50x95 cm, Verde Comodoro 0750/Grey Glossy edge/Bronzed Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Counter Table HW62, 190x80x95 cm, Azzurro Naxos 0771/Light Blue Glossy edge/Black Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Bar Table HW63, 190x50x105 cm, Castoro Ottawa 0717/Light Brown Glossy edge/Bronzed Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Bar Table HW64, 190x80x105 cm, Cacao Orinoco 0749/Grey Brown Glossy edge/Bronzed Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Bar Table HW64, 190x80x105 cm, Azzurro Naxos 0771/Light Blue Glossy edge/Bronzed Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Counter Table HW111, 140x50x95 cm, Azzurro Naxos 0771/Light Blue Glossy edge/Black Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Counter Table HW111, 140x50x95 cm, Cacao Orinoco 0749/Grey Brown Glossy edge/Bronzed Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Counter Table HW112, 140x80x95 cm, Castoro Ottawa 0717/Light Brown Glossy edge/Black Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Counter Table HW112, 140x80x95 cm, Verde Comodoro 0750/Grey Glossy edge/Bronzed Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Bar Table HW113, 140x50x105 cm, Castoro Ottawa 0717/Light Brown Glossy edge/Black Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Bar Table HW113, 140x50x105 cm, Cacao Orinoco 0749/Grey Brown Glossy edge/Black Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Bar Table HW113, 140x50x105 cm, Castoro Ottawa 0717/Light Brown Glossy edge/Bronzed Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Bar Table HW114, 140x80x105, Cacao Orinoco 0749/Grey Brown Glossy edge/Black Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Bar Table HW114, 140x80x105, Verde Comodoro 0750/Grey Glossy edge/Black Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Bar Table HW114, 140x80x105, Azzurro Naxos 0771/Light Blue Glossy edge/Black Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Table HW59, 190x80x74 cm, Nero Ingo 0720/Black Glossy edge//Black Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Counter Table HW61, 190x50x95 cm, Bianco Male 0029/Off White Glossy edge//Bronzed Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Bar Table HW64, 190x80x105 cm, Nero Ingo 0720/Black Glossy edge//Bronzed Legs</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Bar Table HW64, 190x80x105 cm, Veneer MTO</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Table CUS, 141-170x80x74 cm, Nano Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Table CUS, 201-250x100x74 cm, Nano Laminate</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Drip Table CUS, 201-250x100x74 cm, Veneer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/039</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Table (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>&amp;Tradition A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronprinsessegade 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Arland 120 x 80 cm linoleum</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Daarbak Design</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Daarbak Design A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gugvej 120</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aalborg SÆ</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Arland 140 x 110 cm finer</x:v>
+        <x:v>Arland 120 x 90 cm linoleum</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Daarbak Design</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Daarbak Design A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gugvej 120</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aalborg SÆ</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Arland 160 x 70 cm finer</x:v>
+        <x:v>Arland 160 x 90 cm linoleum</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Daarbak Design</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Daarbak Design A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gugvej 120</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aalborg SÆ</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Arland Meet 120 x 70 cm linoleum</x:v>
+        <x:v>Arland Meet 120 x 90 cm linoleum</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Daarbak Design</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Daarbak Design A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gugvej 120</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aalborg SÆ</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Arland Meet 140 x 70 cm linoleum</x:v>
+        <x:v>Arland Meet 160 x 70 cm linoleum</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Daarbak Design</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Daarbak Design A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gugvej 120</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aalborg SÆ</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Arland Mind 70 x 70 cm finer</x:v>
+        <x:v>Arland Mind 120 x 110 cm linoleum</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Daarbak Design</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Daarbak Design A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gugvej 120</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aalborg SÆ</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Arland 160 x 110 cm linoleum</x:v>
+        <x:v>Arland Mind 140 x 120 cm linoleum</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Daarbak Design</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Daarbak Design A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gugvej 120</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aalborg SÆ</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Arland 100 x 90 cm  linoleum</x:v>
+        <x:v>Arland Mind 160 x 100 cm linoleum</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Daarbak Design</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Daarbak Design A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gugvej 120</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aalborg SÆ</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Arland 100 x 80 cm linoleum</x:v>
+        <x:v>Arland Mind 160 x 120 cm linoleum</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Daarbak Design</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Daarbak Design A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gugvej 120</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aalborg SÆ</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Arland 120 x 100 cm linoleum</x:v>
+        <x:v>Arland Mind 180 x 70 cm linoleum</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Daarbak Design</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Daarbak Design A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gugvej 120</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aalborg SÆ</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Arland Meet 160 x 100 cm linoleum</x:v>
-[...514 lines deleted...]
-        <x:v>DK/049/039</x:v>
+        <x:v>Develius Coffee Table EV3 L89 W89 H40 cm Steel Ivory</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/042</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>&amp;Tradition</x:v>
       </x:c>
       <x:c t="str">
         <x:v>&amp;Tradition A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kronprinsessegade 4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>København</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Drip Bar Table HW114, 140x80x105, Castoro Ottawa 0717/Light Brown Glossy edge/Bronzed Legs</x:v>
-[...831 lines deleted...]
-        <x:v>Væghængt Bord uden / bænk 1200 mm. mellem</x:v>
+        <x:v>Retangulær bord 900 x 1200 mm. med 4 ben (9008)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/034</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>One Wood Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>One Wood Future A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Odensevej 28</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kværndrup</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Væghængt Bord uden / bænk 1200 mm. stor</x:v>
+        <x:v>Retangulær bord 800 x 1400 mm. med 4 ben (9012)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/034</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Table (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>One Wood Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>One Wood Future A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Odensevej 28</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kværndrup</x:v>
-      </x:c>
-[...22494 lines deleted...]
-        <x:v>København</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>