--- v0 (2025-12-16)
+++ v1 (2026-02-25)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18ae4e000f31472f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38a09616b8d2448d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Rfd887332b9e24da1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Rd7fa5ac086734fd1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfd887332b9e24da1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd7fa5ac086734fd1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -772,914 +772,1170 @@
       </x:c>
       <x:c t="str">
         <x:v>T shirts and tops</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>H2O Sportswear</x:v>
       </x:c>
       <x:c t="str">
         <x:v>H2O Sportswear A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Balticagade 10.2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aarhus</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Baby merino wool long sleeve top with Nordic pattern - FG-5242-0112-076</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool long sleeve top with Nordic pattern - FG-7542-0112-076</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool long sleeve top with Nordic pattern - FG-9942-0112-076</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool raglan sleeves - FG-7536-0412-053</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool raglan sleeves - FG-7536-0412-281</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool long sleeve top - FG-0536-0113-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool long sleeve top - FG-0591-0112-341</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool long sleeve top - FG-7536-0313-053</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool long sleeve top - FG-7536-0313-681</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool long sleeve top - FG-7536-0413-241</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool long sleeve top - FG-7536-0413-494</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women’s merino wool long sleeve top - FG-7536-0512-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool long sleeve top - FG-7539-0113-353</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool long sleeve top - FG-7561-0112-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool long sleeve top - FG-9916-0112-002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool long sleeve top - FG-9916-0112-185</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool half-zip top - FG-9917-0115-081</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool half-zip top - FG-9917-0115-655</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool half-zip top - FG-9917-0115-869</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool half-zip top - FG-9917-0115-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women’s merino wool high neck top - FG-7539-0317-495</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool high-neck top - FG-7539-0417-480</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool high-neck top - FG-7539-0417-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Baby cotton long sleeve top - FG-5238-0112-486</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool long sleeve V-neck top - FG-0536-0120-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool V-neck top - FG-7561-0120-655</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool V-neck top - FG-7561-0120-869</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Plus size women's merino wool long sleeve top - FG-0536-0812-441</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Plus size women's merino wool strap top - FG-7536-0801-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Plus size women's merino wool t-shirt - FG-7536-0802-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Plus size men's merino wool T-shirt - FG-9916-0802-002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool poncho - FG-7538-0141-554</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's premium cotton long sleve top - FG-1000-0235-314</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool roll neck top - FG-7536-0117-441</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Women's merino wool roll neck top - FG-7536-0117-999</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>T shirts and tops</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Herning</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Women's merino wool long sleeve top - FG-7536-0313-681</x:v>
-[...830 lines deleted...]
-      <x:c t="str">
         <x:v>Women's merino wool strap top - FG-0536-0301-481</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>T shirts and tops</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
@@ -2148,338 +2404,1874 @@
       </x:c>
       <x:c t="str">
         <x:v>T shirts and tops</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Herning</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Baby merino wool long sleeve top with Nordic pattern - FG-5242-0112-076</x:v>
-[...254 lines deleted...]
-      <x:c t="str">
         <x:v>Men's premium classic cotton T-shirt - FG-1000-0102-001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>T shirts and tops</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Herning</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Women's exclusive organic merino wool tank top - FG-9926-0211-849</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool tank top - FG-0535-0101-362</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool tank top - FG-7535-0111-568</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool strap top - FG-7535-0201-461</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool V-neck T-shirt - FG-9916-0120-281</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Girls' organic cotton racerback top - FG-5307-0161-001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's cotton tank top with racerback - FG-7574-0111-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's premium classic cotton tank top  - FG-1000-0101-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's cotton long sleeve top - FG-7534-0112-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's premium classic cotton long sleeve top - FG-1000-0135-001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's premium classic cotton long sleeve top - FG-1000-0135-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool T-shirt - FG-9926-0402-058</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool T-shirt - FG-9926-0402-112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool T-shirt - FG-9926-0402-678</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool tank top - FG-0535-0101-068</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool tank top - FG-7535-0101-082</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool T-shirt - FG-7535-0102-533</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FG-7574-0111-524 - Women's cotton tank top with racerback</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BOOMERANG MEN'S BRUSHED T-SHIRT, STONE GREEN, Size (S, M, L, XL, XXL, XXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EARTH KARMA BRUSHED T-SHIRT, LAPIS BLUE, Size (XS, S, M, L, XL, XXL, XXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EARTH KARMA BRUSHED T-SHIRT, STONE GREEN, Size (XS, S, M, L, XL, XXL, XXXL, XXXXL, XXXXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ELSK MAP BRUSHED T-SHIRT, SMOKEY OLIVE, Size (S, M, L, XL, XXL, XXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ELSK® BUNKERS BRUSHED MEN'S TEE , DARK NAVY, Size (S, M, L, XL, XXL, XXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ELSK® BAAL BRUSHED MEN'S TEE, DARK NAVY, Size (S, M, L, XL, XXL, XXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ESSENTIAL MEN'S BRUSHED T-SHIRT, BORDEAUX, Size (XS, S, M, L, XL, XXL, XXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>GLOBE MEN'S BRUSHED T-SHIRT, DARK NAVY, Size (S, M, L, XL, XXL, XXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>GLOBE MEN'S BRUSHED T-SHIRT, VAPOR GREY, Size (S, M, L, XL, XXL, XXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SIGNED KIDS BRUSHED T-SHIRT, DARK NAVY, Size (80/86, 92/98, 104/110, 116/122, 128/134)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SINGLE ESTATE MEN'S BRUSHED T-SHIRT, OPTIC WHITE, Size (S, M, L, XL, XXL, XXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STATEMENT GLOBE MEN'S BRUSHED T-SHIRT, IVY GREEN, Size (S, M, L, XL, XXL, XXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STÆRK VIND CH MEN'S BRUSHED T-SHIRT, DARK NAVY, Size (S, M, L, XL, XXL, XXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SUNSIGN MEN'S BRUSHED T-SHIRT, SMOKEY OLIVE, Size (S, M, L, XL, XXL, XXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lyø Organic Tee - Navy/Blue</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>H2O Sportswear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>H2O Sportswear A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Balticagade 10.2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aarhus</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lyø Organic Tee - Salsa/Dark Red</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>H2O Sportswear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>H2O Sportswear A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Balticagade 10.2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aarhus</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Base Tee - Warm Grey</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>H2O Sportswear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>H2O Sportswear A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Balticagade 10.2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aarhus</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Logo Tee - White/Cactus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>H2O Sportswear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>H2O Sportswear A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Balticagade 10.2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aarhus</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool raglan sleeves - FG-0536-0412-681</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool long sleeve top - FG-0536-0313-653</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool long sleeve top - FG-7536-0313-520</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool long sleeve top - FG-7536-0413-655</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool long sleeve top - FG-7536-0413-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women’s merino wool long sleeve top - FG-7536-0512-653</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool long sleeve top - FG-9916-0112-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool high neck top - FG-7536-0217-653</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool high neck top - FG-7536-0417-684</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool high neck top - FG-7561-0117-075</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool long sleeve top - FG-0916-0212-887</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Plus size women's merino wool long sleeve top - FG-7536-0812-441</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women’s cotton strap top - FG-7527-0101-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool strap top - FG-0536-0301-441</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool strap top - FG-0536-0301-797</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool strap top - FG-7536-0301-183</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool t-shirt - FG-0536-0202-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool t-shirt - FG-7536-0302-553</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool T-shirt - FG-9916-0102-053</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BOOMERANG CH MEN'S BRUSHED T-SHIRT, DARK NAVY, Size (S, M, L, XL, XXL, XXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Lolland Tee -  Oak Camou</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>T shirts and tops</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>H2O Sportswear</x:v>
       </x:c>
       <x:c t="str">
         <x:v>H2O Sportswear A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Balticagade 10.2</x:v>
@@ -2692,14322 +4484,14738 @@
       </x:c>
       <x:c t="str">
         <x:v>T shirts and tops</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ELSK</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Elsk Aps</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kai Lindbergs Gade 200</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hanstholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>BOOMERANG CH MEN'S BRUSHED T-SHIRT, DARK NAVY, Size (S, M, L, XL, XXL, XXXL)</x:v>
+        <x:v>Lolland Tee - Army</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>H2O Sportswear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>H2O Sportswear A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Balticagade 10.2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aarhus</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lolland Tee L/S - Oak Camou</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>H2O Sportswear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>H2O Sportswear A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Balticagade 10.2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aarhus</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Logo Tee - Navy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>H2O Sportswear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>H2O Sportswear A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Balticagade 10.2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aarhus</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HUG MEN'S BRUSHED T-SHIRT, OPTIC WHITE, Size (S, M, L, XL, XXL, XXXL)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>T shirts and tops</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ELSK</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Elsk Aps</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kai Lindbergs Gade 200</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hanstholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>BOOMERANG MEN'S BRUSHED T-SHIRT, STONE GREEN, Size (S, M, L, XL, XXL, XXXL)</x:v>
+        <x:v>BOOMERANG CH MEN'S BRUSHED T-SHIRT, OPTIC WHITE, Size (S, M, L, XL, XXL, XXXL)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>T shirts and tops</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ELSK</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Elsk Aps</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kai Lindbergs Gade 200</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hanstholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>EARTH KARMA BRUSHED T-SHIRT, LAPIS BLUE, Size (XS, S, M, L, XL, XXL, XXXL)</x:v>
+        <x:v>BAAL MEN'S BRUSHED T-SHIRT, DARK NAVY, Size (S, M, L, XL, XXL, XXXL)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>T shirts and tops</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ELSK</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Elsk Aps</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kai Lindbergs Gade 200</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hanstholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>EARTH KARMA BRUSHED T-SHIRT, STONE GREEN, Size (XS, S, M, L, XL, XXL, XXXL, XXXXL, XXXXXL)</x:v>
+        <x:v>ELSK ISBJERG  BRUSHED T-SHIRT, SMOKEY OLIVE, Size (S, M, L, XL, XXL, XXXL)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>T shirts and tops</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ELSK</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Elsk Aps</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kai Lindbergs Gade 200</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hanstholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>ELSK MAP BRUSHED T-SHIRT, SMOKEY OLIVE, Size (S, M, L, XL, XXL, XXXL)</x:v>
+        <x:v>ELSK TECH STAG BRUSHED T-SHIRT, PIRATE BLACK, Size (S, M, L, XL, XXL, XXXL)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>T shirts and tops</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ELSK</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Elsk Aps</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kai Lindbergs Gade 200</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hanstholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>ELSK® BUNKERS BRUSHED MEN'S TEE , DARK NAVY, Size (S, M, L, XL, XXL, XXXL)</x:v>
+        <x:v>ELSK THY MAP BRUSHED T-SHIRT, OPTIC WHITE, Size (S, M, L, XL, XXL, XXXL)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>T shirts and tops</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ELSK</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Elsk Aps</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kai Lindbergs Gade 200</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hanstholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>ELSK® BAAL BRUSHED MEN'S TEE, DARK NAVY, Size (S, M, L, XL, XXL, XXXL)</x:v>
+        <x:v>ELSK® BUNKERS BRUSHED MEN'S TEE , DUSTY GREEN, Size (S, M, L, XL, XXL, XXXL)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>T shirts and tops</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ELSK</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Elsk Aps</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kai Lindbergs Gade 200</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hanstholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>ESSENTIAL MEN'S BRUSHED T-SHIRT, BORDEAUX, Size (XS, S, M, L, XL, XXL, XXXL)</x:v>
+        <x:v>EVERYDAY MEN'S BRUSHED T-SHIRT, HONEY YELLOW, Size (S, M, L, XL, XXL, XXXL)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>T shirts and tops</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ELSK</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Elsk Aps</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kai Lindbergs Gade 200</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hanstholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>GLOBE MEN'S BRUSHED T-SHIRT, DARK NAVY, Size (S, M, L, XL, XXL, XXXL)</x:v>
+        <x:v>NATIONAL PARK MEN'S BRUSHED T-SHIRT, IVY GREEN, Size (S, M, L, XL, XXL, XXXL)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>T shirts and tops</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ELSK</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Elsk Aps</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kai Lindbergs Gade 200</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hanstholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>GLOBE MEN'S BRUSHED T-SHIRT, VAPOR GREY, Size (S, M, L, XL, XXL, XXXL)</x:v>
+        <x:v>PURE MEN'S BRUSHED T-SHIRT, STONE GREEN, Size (XS, S, M, L, XL, XXL, XXXL)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>T shirts and tops</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ELSK</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Elsk Aps</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kai Lindbergs Gade 200</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hanstholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>SIGNED KIDS BRUSHED T-SHIRT, DARK NAVY, Size (80/86, 92/98, 104/110, 116/122, 128/134)</x:v>
+        <x:v>SOMEWHERE BP MEN'S BRUSHED T-SHIRT, OPTIC WHITE, Size (S, M, L, XL, XXL, XXXL)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>T shirts and tops</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ELSK</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Elsk Aps</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kai Lindbergs Gade 200</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hanstholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>SINGLE ESTATE MEN'S BRUSHED T-SHIRT, OPTIC WHITE, Size (S, M, L, XL, XXL, XXXL)</x:v>
+        <x:v>STATEMENT GLOBE MEN'S BRUSHED T-SHIRT, STONE GREEN, Size (S, M, L, XL, XXL, XXXL)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>T shirts and tops</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ELSK</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Elsk Aps</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kai Lindbergs Gade 200</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hanstholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>STATEMENT GLOBE MEN'S BRUSHED T-SHIRT, IVY GREEN, Size (S, M, L, XL, XXL, XXXL)</x:v>
+        <x:v>STATEMENT GLOBE WOMEN'S BRUSHED T-SHIRT, LAPIS BLUE, Size (XS, S, M, L, XL, XXL)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>T shirts and tops</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ELSK</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Elsk Aps</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kai Lindbergs Gade 200</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hanstholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>STÆRK VIND CH MEN'S BRUSHED T-SHIRT, DARK NAVY, Size (S, M, L, XL, XXL, XXXL)</x:v>
+        <x:v>SUNSIGN PCH MEN'S BRUSHED T-SHIRT, DESERT ORANGE, Size (S, M, L, XL, XXL, XXXL)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>T shirts and tops</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ELSK</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Elsk Aps</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kai Lindbergs Gade 200</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hanstholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>SUNSIGN MEN'S BRUSHED T-SHIRT, SMOKEY OLIVE, Size (S, M, L, XL, XXL, XXXL)</x:v>
+        <x:v>Vesterland Crew Tee - Storm/Linned</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>H2O Sportswear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>H2O Sportswear A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Balticagade 10.2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aarhus</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lyø Organic Tee - Chalk/Dark Chalk</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>H2O Sportswear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>H2O Sportswear A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Balticagade 10.2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aarhus</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Logo Tee - Flamingo/Salsa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>H2O Sportswear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>H2O Sportswear A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Balticagade 10.2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aarhus</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lyø Organic Tee - Flamingo/Dark Flamingo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>H2O Sportswear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>H2O Sportswear A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Balticagade 10.2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aarhus</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>H2O x Danish Golf Support Tee - Army</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>H2O Sportswear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>H2O Sportswear A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Balticagade 10.2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aarhus</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool long sleeve top - FG-7561-0112-281</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>H2O x TSR Logo Tee - Blue</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>H2O Sportswear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>H2O Sportswear A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Balticagade 10.2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aarhus</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool raglan sleeves - FG-0536-0412-441</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool raglan sleeves - FG-0536-0412-797</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool raglan sleeves - FG-0536-0412-854</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool long sleeve top - FG-7536-0313-653</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool long sleeve top - FG-7536-0313-789</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool long sleeve top - FG-7536-0413-393</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool long sleeve top - FG-7536-0413-684</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women’s merino wool long sleeve top - FG-7539-0313-495</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool long sleeve top - FG-7561-0112-075</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool long sleeve top - FG-9916-0112-161</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool long sleeve top - FG-9916-0112-353</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool long sleeve top - FG-9917-0112-655</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool long sleeve top - FG-9917-0112-869</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool high neck top - FG-7536-0317-684</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Plus size women's merino wool shorts - FG-7536-0838-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Plus size women's merino wool strap top - FG-7536-0801-441</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Plus size men's merino wool T-shirt - FG-9916-0802-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool roll neck top - FG-7536-0117-481</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool roll neck top - FG-7536-0117-655</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool roll neck top - FG-7536-0117-782</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool strap top - FG-0536-0301-366</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool strap top - FG-7536-0301-681</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool tank top - FG-7536-0401-655</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool tank top - FG-0536-0201-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's cotton T-shirt - FG-1050-0102-314</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's cotton T-shirt - FG-1050-0102-329</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool t-shirt - FG-7536-0302-769</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool T-shirt - FG-9916-0102-083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool T-shirt - FG-9916-0102-141</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool T-shirt - FG-9917-0202-281</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool T-shirt - FG-9917-0202-655</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool T-shirt - FG-9917-0302-655</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women’s merino wool V-neck T-shirt - FG-7536-0220-849</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's cotton tank top with racerback - FG-7574-0111-001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's premium classic cotton tank top  - FG-1000-0101-001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's cotton tank top - FG-7534-0201-001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool T-shirt - FG-9927-0102-849</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool tank top - FG-7535-0101-362</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Logo Tee - White/Green/Red/Navy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>H2O Sportswear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>H2O Sportswear A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Balticagade 10.2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aarhus</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lolland Tee -  Oak</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>H2O Sportswear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>H2O Sportswear A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Balticagade 10.2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aarhus</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Base Woman Tee - White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>H2O Sportswear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>H2O Sportswear A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Balticagade 10.2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aarhus</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Base Woman Tee - Black</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>H2O Sportswear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>H2O Sportswear A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Balticagade 10.2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aarhus</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lolland Tee - Warm grey</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>H2O Sportswear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>H2O Sportswear A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Balticagade 10.2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aarhus</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Logo Tee - White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>H2O Sportswear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>H2O Sportswear A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Balticagade 10.2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aarhus</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ADVENTUROUS MEN'S BRUSHED T-SHIRT, OPTIC WHITE, Size (S, M, L, XL, XXL, XXXL)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>T shirts and tops</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ELSK</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Elsk Aps</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kai Lindbergs Gade 200</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hanstholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Lyø Organic Tee - Navy/Blue</x:v>
+        <x:v>BLAAFUGL THILDA WOMEN'S BRUSHED T-SHIRT, OFF WHITE, Size (XS, S, M, L, XL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BOOMERANG BP MEN'S BRUSHED T-SHIRT, OPTIC WHITE, Size (S, M, L, XL, XXL, XXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BOOMERANG BP MEN'S BRUSHED T-SHIRT, VAPOR GREY, Size (S, M, L, XL, XXL, XXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HUG MEN'S BRUSHED T-SHIRT, VAPOR GREY, Size (S, M, L, XL, XXL, XXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EARTH KARMA BRUSHED T-SHIRT, VINTAGE BLUE, Size (XS, S, M, L, XL, XXL, XXXL, XXXXL, XXXXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ELSK BØGSTED BRUSHED T-SHIRT, DARK OAK, Size (S, M, L, XL, XXL, XXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ELSK PURE BRUSHED T-SHIRT, DARK OAK, Size (S, M, L, XL, XXL, XXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ELSK® BUNKERS BRUSHED MEN'S TEE , SUNLIGHT, Size (S, M, L, XL, XXL, XXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ELSK® BUNKERS BRUSHED MEN'S TEE , TAUPE BROWN, Size (S, M, L, XL, XXL, XXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ESSENTIAL MEN'S BRUSHED T-SHIRT, DARK OAK, Size (XS, S, M, L, XL, XXL, XXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ESSENTIAL MEN'S BRUSHED T-SHIRT, OPTIC WHITE, Size (XS, S, M, L, XL, XXL, XXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>GLOBE KIDS BRUSHED T-SHIRT, STONE GREEN, Size (80/86, 92/98, 104/110, 116/122, 128/134)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HUG MEN'S BRUSHED T-SHIRT, DARK NAVY, Size (S, M, L, XL, XXL, XXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NØRRE NISSUM MEN'S BRUSHED T-SHIRT, DARK OAK, Size (S, M, L, XL, XXL, XXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STÆRK VIND CH MEN'S BRUSHED T-SHIRT, OPTIC WHITE, Size (S, M, L, XL, XXL, XXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lyø Organic Tee - Dusty Oak/Dark Dusty Oak</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>T shirts and tops</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>H2O Sportswear</x:v>
       </x:c>
       <x:c t="str">
         <x:v>H2O Sportswear A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Balticagade 10.2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aarhus</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Lyø Organic Tee - Salsa/Dark Red</x:v>
+        <x:v>Lyø Organic Tee - White/Chalk</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>T shirts and tops</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>H2O Sportswear</x:v>
       </x:c>
       <x:c t="str">
         <x:v>H2O Sportswear A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Balticagade 10.2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aarhus</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Base Tee - Warm Grey</x:v>
+        <x:v>Lyø Organic Tee - Aqua/Dark Blue</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>T shirts and tops</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>H2O Sportswear</x:v>
       </x:c>
       <x:c t="str">
         <x:v>H2O Sportswear A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Balticagade 10.2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aarhus</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Logo Tee - White/Cactus</x:v>
+        <x:v>Logo Tee - Deep Ocean</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>T shirts and tops</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>H2O Sportswear</x:v>
       </x:c>
       <x:c t="str">
         <x:v>H2O Sportswear A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Balticagade 10.2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aarhus</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Plus size women's merino wool long sleeve top - FG-7536-0812-441</x:v>
-[...831 lines deleted...]
-        <x:v>Lolland Tee - Army</x:v>
+        <x:v>Spot Tee - Black</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>T shirts and tops</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>H2O Sportswear</x:v>
       </x:c>
       <x:c t="str">
         <x:v>H2O Sportswear A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Balticagade 10.2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aarhus</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Lolland Tee L/S - Oak Camou</x:v>
+        <x:v>Baby organic cotton long sleeve top - FG-5239-0112-014</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool long sleeve top - FG-0536-0413-481</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool long sleeve top - FG-7536-0313-266</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool long sleeve top - FG-7536-0313-769</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool long sleeve top - FG-7536-0413-083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool long sleeve top - FG-7536-0413-093</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool long sleeve top - FG-7539-0113-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women’s merino wool long sleeve top - FG-7539-0313-493</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women’s merino wool long sleeve top - FG-7539-0313-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool long sleeve top - FG-7561-0112-085</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool long sleeve top - FG-9916-0112-081</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool long sleeve top - FG-9916-0112-655</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool long sleeve top - FG-9916-0112-691</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool long sleeve top - FG-9916-0112-869</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool high neck top - FG-7536-0317-241</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool high neck top - FG-7536-0417-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women’s merino wool high neck top - FG-7539-0317-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool high neck top - FG-7561-0117-085</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women’s merino wool half-zip top - FG-7536-0115-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool V-neck top - FG-7561-0120-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool V-neck long sleeve top - FG-9916-0220-869</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Plus size women's merino wool long sleeve top - FG-7536-0812-520</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Plus size women's merino wool high neck top - FG-7536-0917-266</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Plus size women's merino wool high neck top - FG-7536-0917-520</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's plus size merino wool long sleeve top  - FG-9916-0812-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's plus size merino wool long sleeve top - FG-9916-0812-266</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's plus size merino wool long sleeve top - FG-9916-0812-869</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's premium cotton long sleve top - FG-1000-0235-001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's premium cotton long sleve top - FG-1000-0235-714</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's premium cotton long sleve top - FG-1000-0235-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool roll neck top - FG-7536-0117-141</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool turtleneck - FG-9916-0117-281</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool turtleneck - FG-9916-0117-655</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool turtleneck - FG-9916-0117-849</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool turtleneck - FG-9916-0117-869</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool strap top - FG-0536-0301-183</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool strap top - FG-7536-0301-441</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool strap top - FG-7536-0301-481</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool strap top - FG-7536-0301-553</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's organic cotton cami - FG-7534-0301-714</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool tank top - FG-0536-0401-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's cotton T-shirt - FG-7534-0502-001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's cotton T-shirt - FG-7550-0102-014</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool T-shirt - FG-7536-0402-083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool T-shirt - FG-7536-0402-655</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool T-shirt - FG-7561-0102-085</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool T-shirt - FG-0916-0102-691</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool T-shirt - FG-9916-0102-381</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool T-shirt - FG-9916-0102-655</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool T-shirt - FG-9916-0202-053</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's v-neck cotton T-shirt - FG-3000-0120-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool V-neck T-shirt - FG-9916-0120-002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool V-neck T-shirt - FG-9916-0120-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool T-shirt - FG-9926-0402-432</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool T-shirt - FG-9927-0802-678</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool T-shirt - FG-9927-0802-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool tank top - FG-0535-0101-184</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool tank top - FG-7535-0111-849</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FG-7574-0111-904 - Women's cotton tank top with racerback</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BOOMERANG CH MEN'S BRUSHED T-SHIRT, SNOW MELANGE, Size (S, M, L, XL, XXL, XXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EARTH KARMA BRUSHED T-SHIRT, SMOKEY OLIVE, Size (XS, S, M, L, XL, XXL, XXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EARTH LOVING MEN'S BRUSHED T-SHIRT, DARK NAVY, Size (S, M, L, XL, XXL, XXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EARTH LOVING MEN'S BRUSHED T-SHIRT, STONE GREEN, Size (S, M, L, XL, XXL, XXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ELSK BØGSTED BRUSHED T-SHIRT, PIRAT BLACK, Size (S, M, L, XL, XXL, XXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ELSK CHANTARELLE BRUSHED T-SHIRT, STONE GREEN, Size (S, M, L, XL, XXL, XXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ELSK LAPISTE NUDA BRUSHED T-SHIRT, DARK OAK, Size (S, M, L, XL, XXL, XXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ELSK LAPISTE NUDA BRUSHED T-SHIRT, TORNADO GREY, Size (S, M, L, XL, XXL, XXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ELSK TECH STAG BRUSHED T-SHIRT, STONE GREEN, Size (S, M, L, XL, XXL, XXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ELSK® BAAL BRUSHED MEN'S TEE , OPTIC WHITE, Size (S, M, L, XL, XXL, XXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ELSK® SUNSIGN2 PCH BRUSHED MEN'S TEE , SMOKEY OLIVE, Size (S, M, L, XL, XXL, XXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ESSENTIAL MEN'S BRUSHED T-SHIRT, DARK NAVY, Size (XS, S, M, L, XL, XXL, XXXL, XXXXL, XXXXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ESSENTIAL MEN'S BRUSHED T-SHIRT, HONEY YELLOW, Size (XS, S, M, L, XL, XXL, XXXL, XXXXL, XXXXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ESSENTIAL MEN'S BRUSHED T-SHIRT, SNOW MELANGE, Size (XS, S, M, L, XL, XXL, XXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>GLOBE KIDS BRUSHED LS T-SHIRT, DARK NAVY, Size (80/86, 92/98, 104/110, 116/122, 128/134)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>GLOBE STATEMENT BP KIDS BRUSHED T-SHIRT, VAPOR GREY, Size (80/86, 92/98, 104/110, 116/122, 128/134)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>GLOBE WOMEN'S BRUSHED T-SHIRT, OPTIC WHITE, Size (XS, S, M, L, XL, XXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HUG BP KIDS BRUSHED T-SHIRT, VAPOR GREY, Size (80/86, 92/98, 104/110, 116/122, 128/134)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Logo Tee - Black/Anthracite</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>T shirts and tops</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>H2O Sportswear</x:v>
       </x:c>
       <x:c t="str">
         <x:v>H2O Sportswear A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Balticagade 10.2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aarhus</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Logo Tee - Navy</x:v>
+        <x:v>HUG THILDA WOMEN'S BRUSHED T-SHIRT, VAPOR GREY, Size (XS, S, M, L, XL, XS)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SIGNED WOMEN'S BRUSHED T-SHIRT, DARK NAVY, Size (XS, S, M, L, XL, XXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SOMEWHERE BP WOMEN'S BRUSHED T-SHIRT, OPTIC WHITE, Size (XS, S, M, L, XL, XXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STÆRK VIND CH MEN'S BRUSHED T-SHIRT, BORDEAUX, Size (S, M, L, XL, XXL, XXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SUNRISE CH WOMEN'S BRUSHED T-SHIRT, VINTAGE BLUE, Size (XS, S, M, L, XL, XXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SUNSIGN MEN'S BRUSHED T-SHIRT, STONE GREEN, Size (S, M, L, XL, XXL, XXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SUNSIGN PCH MEN'S BRUSHED T-SHIRT, SEACREST GREEN, Size (S, M, L, XL, XXL, XXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Logo Tee - Lime/Army</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>T shirts and tops</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>H2O Sportswear</x:v>
       </x:c>
       <x:c t="str">
         <x:v>H2O Sportswear A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Balticagade 10.2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aarhus</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>BOOMERANG CH MEN'S BRUSHED T-SHIRT, OPTIC WHITE, Size (S, M, L, XL, XXL, XXXL)</x:v>
+        <x:v>Base Tee - Army</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>H2O Sportswear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>H2O Sportswear A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Balticagade 10.2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aarhus</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Base Tee - Navy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>H2O Sportswear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>H2O Sportswear A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Balticagade 10.2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aarhus</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lyø Organic Tee - Lt. Grey Mel/Grey</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>H2O Sportswear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>H2O Sportswear A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Balticagade 10.2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aarhus</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Logo Tee - Anthracite</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>H2O Sportswear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>H2O Sportswear A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Balticagade 10.2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aarhus</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Logo Tee - Espresso</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>H2O Sportswear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>H2O Sportswear A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Balticagade 10.2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aarhus</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vesterland crew tee - indigo blue</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>H2O Sportswear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>H2O Sportswear A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Balticagade 10.2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aarhus</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women’s cotton long sleeve top - FG-7534-0112-486</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool raglan sleeves - FG-7536-0112-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool long sleeve top - FG-0536-0313-366</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool long sleeve top - FG-0536-0413-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool long sleeve top - FG-7536-0313-141</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool long sleeve top - FG-7536-0313-441</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool long sleeve top - FG-7536-0413-161</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool long sleeve top - FG-7539-0113-480</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool long sleeve top - FG-9916-0112-053</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool long sleeve top - FG-9916-0112-381</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool long sleeve top - FG-9916-0112-385</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool long sleeve top - FG-9916-0112-684</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Children's merino wool high neck top - FG-5362-0217-653</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool high neck top - FG-0591-0117-341</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool high neck top - FG-7536-0217-553</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women’s merino wool high neck top - FG-7539-0317-653</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women’s merino wool half-zip top - FG-7536-0115-281</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Plus size women's merino wool high neck top - FG-7536-0917-653</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool strap top - FG-7536-0301-002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Plus size women's merino wool shorts - FG-7536-0838-441</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Plus size women's merino wool t-shirt - FG-7536-0802-053</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's premium classic cotton long sleeve top - FG-1000-0135-329</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool roll neck top - FG-7536-0117-053</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool roll neck top - FG-7536-0117-553</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool turtleneck - FG-9916-0117-053</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool turtleneck - FG-9916-0117-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool strap top - FG-0536-0301-653</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool strap top - FG-0536-0301-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool strap top - FG-7536-0301-366</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's cotton tank top - FG-7534-0201-486</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool tank top - FG-7561-0101-869</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's cotton T-shirt - FG-1050-0102-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women’s merino wool T-shirt - FG-7536-0502-653</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool T-shirt - FG-9916-0102-081</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool T-shirt - FG-9917-0202-081</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's v-neck cotton T-shirt - FG-3000-0120-001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women’s merino wool V-neck T-shirt - FG-7536-0220-653</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women’s merino wool V-neck T-shirt - FG-7536-0220-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool V-neck T-shirt - FG-9916-0120-141</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women’s sleeveless top with high neck in merino wool - FG-0591-0111-341</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool T-shirt - FG-9926-0402-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool cropped Tank top - FG-9926-0611-263</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool cropped Tank top - FG-9926-0611-678</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool tank top - FG-7535-0101-849</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool tank top - FG-7535-0101-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool T-shirt - FG-7535-0102-849</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Logo Tee - Autumn Leaf/Navy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>H2O Sportswear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>H2O Sportswear A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Balticagade 10.2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aarhus</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ADVENTUROUS CH MEN'S BRUSHED T-SHIRT, BORDEAUX, Size (S, M, L, XL, XXL, XXXL)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>T shirts and tops</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ELSK</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Elsk Aps</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kai Lindbergs Gade 200</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hanstholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>BAAL MEN'S BRUSHED T-SHIRT, DARK NAVY, Size (S, M, L, XL, XXL, XXXL)</x:v>
+        <x:v>ADVENTUROUS MEN'S BRUSHED T-SHIRT, DARK NAVY, Size (S, M, L, XL, XXL, XXXL)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>T shirts and tops</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ELSK</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Elsk Aps</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kai Lindbergs Gade 200</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hanstholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>ELSK ISBJERG  BRUSHED T-SHIRT, SMOKEY OLIVE, Size (S, M, L, XL, XXL, XXXL)</x:v>
+        <x:v>BASIC WOMEN'S BRUSHED T-SHIRT, DARK NAVY, Size (XS, S, M, L, XL, XXL, XXXL)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>T shirts and tops</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ELSK</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Elsk Aps</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kai Lindbergs Gade 200</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hanstholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>ELSK TECH STAG BRUSHED T-SHIRT, PIRATE BLACK, Size (S, M, L, XL, XXL, XXXL)</x:v>
+        <x:v>BASIC WOMEN'S BRUSHED T-SHIRT, VAPOR GREY, Size (XS, S, M, L, XL, XXL)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>T shirts and tops</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ELSK</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Elsk Aps</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kai Lindbergs Gade 200</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hanstholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>ELSK THY MAP BRUSHED T-SHIRT, OPTIC WHITE, Size (S, M, L, XL, XXL, XXXL)</x:v>
+        <x:v>NEXT ADVENTURE MEN'S BRUSHED T-SHIRT, OPTIC WHITE, Size (S, M, L, XL, XXL, XXXL)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>T shirts and tops</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ELSK</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Elsk Aps</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kai Lindbergs Gade 200</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hanstholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>ELSK® BUNKERS BRUSHED MEN'S TEE , DUSTY GREEN, Size (S, M, L, XL, XXL, XXXL)</x:v>
+        <x:v>STATEMENT GLOBE MEN'S BRUSHED LS T-SHIRT, STONE GREEN, Size (S, M, L, XL, XXL, XXXL)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>T shirts and tops</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ELSK</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Elsk Aps</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kai Lindbergs Gade 200</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hanstholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>EVERYDAY MEN'S BRUSHED T-SHIRT, HONEY YELLOW, Size (S, M, L, XL, XXL, XXXL)</x:v>
+        <x:v>STATEMENT GLOBE WOMEN'S BRUSHED T-SHIRT, OPTIC WHITE, Size (XS, S, M, L, XL, XXL)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>T shirts and tops</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ELSK</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Elsk Aps</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kai Lindbergs Gade 200</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hanstholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>HUG MEN'S BRUSHED T-SHIRT, OPTIC WHITE, Size (S, M, L, XL, XXL, XXXL)</x:v>
+        <x:v>STÆRK VIND WOMEN'S BRUSHED T-SHIRT, DUSTY GREEN, Size (XS, S, M, L, XL, XXL)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>T shirts and tops</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ELSK</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Elsk Aps</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kai Lindbergs Gade 200</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hanstholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>NATIONAL PARK MEN'S BRUSHED T-SHIRT, IVY GREEN, Size (S, M, L, XL, XXL, XXXL)</x:v>
+        <x:v>SUNRISE CH MEN'S BRUSHED T-SHIRT, VINTAGE BLUE, Size (S, M, L, XL, XXL, XXXL)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>T shirts and tops</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ELSK</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Elsk Aps</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kai Lindbergs Gade 200</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hanstholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>PURE MEN'S BRUSHED T-SHIRT, STONE GREEN, Size (XS, S, M, L, XL, XXL, XXXL)</x:v>
+        <x:v>Lyø Organic Tee - Army/Lime</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>H2O Sportswear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>H2O Sportswear A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Balticagade 10.2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aarhus</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Logo Tee - Chalk/Grey</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>H2O Sportswear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>H2O Sportswear A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Balticagade 10.2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aarhus</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Happy Tee - Navy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>H2O Sportswear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>H2O Sportswear A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Balticagade 10.2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aarhus</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Logo Tee - Black/Grey</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>H2O Sportswear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>H2O Sportswear A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Balticagade 10.2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aarhus</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Klitmøller Oversize Tee - Anthracite</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>H2O Sportswear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>H2O Sportswear A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Balticagade 10.2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aarhus</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Klitmøller Oversize Tee - Espresso</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>H2O Sportswear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>H2O Sportswear A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Balticagade 10.2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aarhus</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>H2O x TSR Logo Tee - Navy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>H2O Sportswear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>H2O Sportswear A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Balticagade 10.2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aarhus</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool long sleeve top - FG-7536-0313-481</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool long sleeve top - FG-7536-0313-553</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool long sleeve top - FG-7536-0413-653</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women’s merino wool long sleeve top - FG-7539-0313-653</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool long sleeve top - FG-9916-0112-083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool long sleeve top - FG-9916-0112-241</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool long sleeve top - FG-9916-0112-341</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool long sleeve top - FG-9916-0112-393</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool long sleeve top - FG-9916-0112-864</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool long sleeve top - FG-9917-0112-391</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool long sleeve top - FG-9917-0112-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool high neck top - FG-7536-0317-161</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool high neck top - FG-7536-0317-494</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool high neck top - FG-7561-0117-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Children's merino wool long sleeve top with buttons - FG-5360-0135-053</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Baby cotton long sleeve top - FG-0238-0112-486</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women’s merino wool half-zip top - FG-7536-0115-283</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women’s merino wool half-zip top - FG-7536-0115-655</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool V-neck long sleeve top - FG-9916-0220-002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Plus size women's merino wool long sleeve top - FG-7536-0812-266</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Plus size women's merino wool long sleeve top - FG-7536-0812-366</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Plus size women's merino wool long sleeve top - FG-7536-0812-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's plus size merino wool long sleeve top - FG-9916-0812-053</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Plus size women's merino wool shorts - FG-7536-0838-053</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Plus size women's merino wool strap top - FG-7536-0801-053</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's premium cotton long sleve top - FG-1000-0235-064</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool roll neck top - FG-0536-0117-053</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool roll neck top - FG-7536-0117-281</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool roll neck top - FG-7536-0117-493</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool turtleneck - FG-9916-0117-141</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women’s cotton strap top - FG-7527-0101-001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool T-shirt - FG-9916-0202-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool strap top - FG-7536-0301-053</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool strap top - FG-7536-0301-653</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's cotton tank top - FG-0534-0201-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's cotton T-shirt - FG-7534-0502-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool t-shirt - FG-0536-0302-141</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool T-shirt - FG-0536-0402-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool t-shirt - FG-7536-0302-441</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool t-shirt - FG-7536-0302-493</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool t-shirt - FG-7536-0302-653</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool T-shirt - FG-7536-0402-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women’s merino wool T-shirt - FG-7536-0502-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool T-shirt - FG-9916-0102-281</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool T-shirt - FG-9916-0102-341</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool T-shirt - FG-9916-0102-353</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's Cotton V-Neck T-shirt - FG-7550-0120-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women’s sleeveless top with high neck in merino wool - FG-7539-0111-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's cotton T-shirt - FG-7534-0102-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's cotton long sleeve top - FG-7534-0112-001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's cotton tank top - FG-7534-0201-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool T-shirt - FG-9927-0802-058</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool tank top - FG-7535-0101-533</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool tank top - FG-7535-0101-834</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lolland Tee - Autumn Leaf</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>H2O Sportswear</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>H2O Sportswear A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Balticagade 10.2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aarhus</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EARTH KARMA BRUSHED T-SHIRT, BALSAM GREEN, Size (XS, S, M, L, XL, XXL, XXXL, XXXXL, XXXXXL)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>T shirts and tops</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ELSK</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Elsk Aps</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kai Lindbergs Gade 200</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hanstholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>SOMEWHERE BP MEN'S BRUSHED T-SHIRT, OPTIC WHITE, Size (S, M, L, XL, XXL, XXXL)</x:v>
+        <x:v>EARTH KARMA BRUSHED T-SHIRT, BORDEAUX, Size (XS, S, M, L, XL, XXL, XXXL)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>T shirts and tops</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ELSK</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Elsk Aps</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kai Lindbergs Gade 200</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hanstholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>STATEMENT GLOBE MEN'S BRUSHED T-SHIRT, STONE GREEN, Size (S, M, L, XL, XXL, XXXL)</x:v>
+        <x:v>EARTH KARMA BRUSHED T-SHIRT, DARK NAVY, Size (XS, S, M, L, XL, XXL, XXXL)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>T shirts and tops</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ELSK</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Elsk Aps</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kai Lindbergs Gade 200</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hanstholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>STATEMENT GLOBE WOMEN'S BRUSHED T-SHIRT, LAPIS BLUE, Size (XS, S, M, L, XL, XXL)</x:v>
+        <x:v>EARTH KARMA BRUSHED T-SHIRT, OPTIC WHITE, Size (XS, S, M, L, XL, XXL, XXXL)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>T shirts and tops</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ELSK</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Elsk Aps</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kai Lindbergs Gade 200</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hanstholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>SUNSIGN PCH MEN'S BRUSHED T-SHIRT, DESERT ORANGE, Size (S, M, L, XL, XXL, XXXL)</x:v>
+        <x:v>EARTH LOVING WOMEN'S BRUSHED T-SHIRT, DARK NAVY, Size (XS, S, M, L, XL, XXL)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0006</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>T shirts and tops</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ELSK</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Elsk Aps</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kai Lindbergs Gade 200</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hanstholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Vesterland Crew Tee - Storm/Linned</x:v>
+        <x:v>ELSK CHANTARELLE BRUSHED T-SHIRT, STONE PURPLE, Size (S, M, L, XL, XXL, XXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ELSK TECH STAG CH BRUSHED T-SHIRT, OPTIC WHITE, Size (S, M, L, XL, XXL, XXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ELSK® SEABED BRUSHED MEN'S TEE, DUSTY GREEN, Size (S, M, L, XL, XXL, XXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ENJOY BP MEN'S BRUSHED T-SHIRT, OPTIC WHITE, Size (S, M, L, XL, XXL, XXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ENJOY MEN'S BRUSHED T-SHIRT, BALSAM GREEN, Size (S, M, L, XL, XXL, XXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ESSENTIAL MEN'S BRUSHED T-SHIRT, STONE GREEN, Size (XS, S, M, L, XL, XXL, XXXL, XXXXL, XXXXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>GLOBE WOMEN'S BRUSHED T-SHIRT, VAPOR GREY, Size (XS, S, M, L, XL, XXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HORIZON BP MEN'S BRUSHED T-SHIRT, OPTIC WHITE, Size (S, M, L, XL, XXL, XXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool T-Shirt - FG-9916-0302-684</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's cotton tank top - FG-7534-0501-001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's cotton T-shirt - FG-7550-0102-001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's cotton T-shirt - FG-1050-0102-001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool t-shirt - FG-7536-0302-053</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool t-shirt - FG-7536-0302-681</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool T-shirt - FG-7536-0402-002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool T-shirt - FG-9916-0102-185</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool T-shirt - FG-9916-0102-283</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool T-shirt - FG-9916-0102-393</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool T-shirt - FG-9916-0102-691</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool T-shirt - FG-9916-0102-864</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool T-shirt - FG-9916-0102-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool T-shirt - FG-9916-0202-281</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool T-shirt - FG-9917-0202-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's cotton T-shirt - FG-7534-0102-001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool tank top - FG-7535-0101-198</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool T-shirt - FG-7535-0102-568</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool tank top - FG-7545-0101-834</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lolland Tee -  Lemon Curry</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>T shirts and tops</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>H2O Sportswear</x:v>
       </x:c>
       <x:c t="str">
         <x:v>H2O Sportswear A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Balticagade 10.2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aarhus</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Lyø Organic Tee - Chalk/Dark Chalk</x:v>
+        <x:v>Lolland Tee - Flamingo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>T shirts and tops</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>H2O Sportswear</x:v>
       </x:c>
       <x:c t="str">
         <x:v>H2O Sportswear A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Balticagade 10.2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aarhus</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Logo Tee - Flamingo/Salsa</x:v>
+        <x:v>Logo Tee - Warm Grey/Army</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>T shirts and tops</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>H2O Sportswear</x:v>
       </x:c>
       <x:c t="str">
         <x:v>H2O Sportswear A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Balticagade 10.2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aarhus</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Lyø Organic Tee - Flamingo/Dark Flamingo</x:v>
+        <x:v>ADVENTUROUS CH MEN'S BRUSHED T-SHIRT, STONE GREEN, Size (S, M, L, XL, XXL, XXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ALWAYS ON MY MIND MEN'S BRUSHED T-SHIRT, LAPIS BLUE, Size (S, M, L, XL, XXL, XXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BAGSØ PCH MEN'S BRUSHED T-SHIRT, DARK OAK, Size (S, M, L, XL, XXL, XXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BOOMERANG MEN'S BRUSHED T-SHIRT, OPTIC WHITE, Size (S, M, L, XL, XXL, XXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BOOMERANG THILDA WOMEN'S BRUSHED T-SHIRT, OPTIC WHITE, Size (XS, S, M, L, XL, XS)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BOOMERANG WOMEN'S BRUSHED T-SHIRT, DUSTY GREY, Size (XS, S, M, L, XL, XXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BAAL MEN'S BRUSHED T-SHIRT, OPTIC WHITE, Size (S, M, L, XL, XXL, XXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EARTH KARMA BRUSHED T-SHIRT, BLACK, Size (XS, S, M, L, XL, XXL, XXXL, XXXXL, XXXXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EARTH KARMA BRUSHED T-SHIRT, DARK OAK, Size (XS, S, M, L, XL, XXL, XXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EARTH KARMA BRUSHED T-SHIRT, HONEY YELLOW, Size (XS, S, M, L, XL, XXL, XXXL, XXXXL, XXXXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EARTH KARMA BRUSHED T-SHIRT, VAPOR GREY, Size (XS, S, M, L, XL, XXL, XXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ELSK ESSENTIAL BRUSHED T-SHIRT, DARK OAK, Size (S, M, L, XL, XXL, XXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ELSK ESSENTIAL BRUSHED T-SHIRT, TORNADO GREY, Size (S, M, L, XL, XXL, XXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ELSK MAP BRUSHED T-SHIRT, DARK OAK, Size (S, M, L, XL, XXL, XXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ESSENTIAL MEN'S BRUSHED T-SHIRT, BLACK, Size (XS, S, M, L, XL, XXL, XXXL, XXXXL, XXXXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ESSENTIAL MEN'S BRUSHED T-SHIRT, VINTAGE BLUE, Size (XS, S, M, L, XL, XXL, XXXL, XXXXL, XXXXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EVERYDAY MEN'S BRUSHED T-SHIRT, IVY GREEN, Size (S, M, L, XL, XXL, XXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>GLOBE STATEMENT BP KIDS BRUSHED LS T-SHIRT, DARK NAVY, Size (80/86, 92/98, 104/110, 116/122, 128/134)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PURE MEN'S BRUSHED T-SHIRT, DARK NAVY, Size (XS, S, M, L, XL, XXL, XXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REAL ESTATE MEN'S BRUSHED T-SHIRT, DARK NAVY, Size (S, M, L, XL, XXL, XXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SIGNED BASIC WOMEN'S BRUSHED T-SHIRT, BLACK, Size (XS, S, M, L, XL, XXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SIGNED BASIC WOMEN'S BRUSHED T-SHIRT, DARK NAVY, Size (XS, S, M, L, XL, XXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SINGLE ESTATE MEN'S BRUSHED T-SHIRT, STONE GREEN, Size (S, M, L, XL, XXL, XXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STATEMENT GLOBE MEN'S BRUSHED T-SHIRT, OPTIC WHITE, Size (S, M, L, XL, XXL, XXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SUNSIGN MEN'S BRUSHED T-SHIRT, DARK NAVY, Size (S, M, L, XL, XXL, XXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SUNSIGN MEN'S BRUSHED T-SHIRT, OPTIC WHITE, Size (S, M, L, XL, XXL, XXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BOOMERANG MEN'S BRUSHED T-SHIRT, DARK NAVY, Size (S, M, L, XL, XXL, XXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lyø Organic Tee - Black/Grey</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>T shirts and tops</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>H2O Sportswear</x:v>
       </x:c>
       <x:c t="str">
         <x:v>H2O Sportswear A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Balticagade 10.2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aarhus</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>H2O x Danish Golf Support Tee - Army</x:v>
+        <x:v>Logo Tee - Dusty Oak/Navy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>T shirts and tops</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>H2O Sportswear</x:v>
       </x:c>
       <x:c t="str">
         <x:v>H2O Sportswear A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Balticagade 10.2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aarhus</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>H2O x TSR Logo Tee - Blue</x:v>
+        <x:v>Logo Tee - Flamingo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>T shirts and tops</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>H2O Sportswear</x:v>
       </x:c>
       <x:c t="str">
         <x:v>H2O Sportswear A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Balticagade 10.2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aarhus</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Women's merino wool raglan sleeves - FG-0536-0412-441</x:v>
-[...1087 lines deleted...]
-        <x:v>Logo Tee - White/Green/Red/Navy</x:v>
+        <x:v>Klitmøller Oversize Tee - White</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>T shirts and tops</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>H2O Sportswear</x:v>
       </x:c>
       <x:c t="str">
         <x:v>H2O Sportswear A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Balticagade 10.2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aarhus</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Women's cotton tank top with racerback - FG-7574-0111-001</x:v>
-[...95 lines deleted...]
-        <x:v>Lolland Tee -  Oak</x:v>
+        <x:v>Baby cotton long sleeve top - FG-5239-0112-714</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Baby merino wool long sleeve top with Nordic pattern - FG-5242-0112-476</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Children's merino wool long sleeve top with Nordic pattern - FG-5342-0112-476</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool long sleeve top with Nordic pattern - FG-7542-0112-476</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool raglan sleeves - FG-0536-0412-141</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool raglan sleeves - FG-7536-0412-283</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool long sleeve top - FG-7536-0313-002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool long sleeve top - FG-7536-0313-183</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool long sleeve top - FG-7536-0313-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women’s merino wool long sleeve top - FG-7536-0512-849</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool long sleeve top - FG-0916-0112-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool long sleeve top - FG-0917-0112-554</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool long sleeve top - FG-9916-0112-283</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool long sleeve top - FG-9917-0112-081</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool long sleeve top - FG-9917-0112-554</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Children's merino wool high neck top - FG-5362-0217-495</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool high neck top - FG-7536-0217-441</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool high neck top - FG-7536-0317-083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool high neck top - FG-7536-0317-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Children's merino wool long sleeve top with buttons - FG-5360-0135-681</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women’s merino wool half-zip top - FG-7536-0115-681</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Plus size women's merino wool long sleeve top - FG-7536-0812-053</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Plus size women's merino wool high neck top - FG-7536-0917-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's premium classic cotton T-shirt - FG-1000-0102-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's premium classic cotton button neck top - FG-1000-0135-187</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool roll neck top - FG-7536-0117-520</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool roll neck top - FG-7536-0117-653</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool strap top - FG-0536-0301-681</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool strap top - FG-0539-0101-353</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool long sleeve top - FG-0916-0112-691</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool long sleeve top - FG-9916-0112-141</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool long sleeve top - FG-9916-0112-266</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool long sleeve top - FG-9916-0112-281</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool half-zip top - FG-9917-0115-281</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool high neck top - FG-7536-0217-053</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool high neck top - FG-7536-0217-141</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool high neck top - FG-7536-0317-655</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Children's merino wool long sleeve top with buttons - FG-5360-0135-081</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Plus size women's merino wool high neck top - FG-7536-0917-083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Plus size women's merino wool high neck top - FG-7536-0917-366</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Plus size women's merino wool strap top - FG-7536-0801-520</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool roll neck top - FG-0536-0117-441</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool roll neck top - FG-7536-0117-681</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool turtleneck - FG-9916-0117-393</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool strap top - FG-0536-0301-053</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool strap top - FG-0536-0301-141</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool strap top - FG-7536-0301-141</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool strap top - FG-7536-0301-769</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool strap top - FG-7536-0301-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool tank top - FG-7536-0401-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's cotton T-shirt - FG-7550-0102-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool t-shirt - FG-7536-0302-002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool t-shirt - FG-7536-0302-183</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool t-shirt - FG-7536-0302-481</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool t-shirt - FG-7536-0302-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool T-shirt - FG-7561-0102-281</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool T-shirt - FG-7561-0102-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool T-shirt - FG-0916-0102-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool T-shirt - FG-9916-0102-002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool T-shirt - FG-9916-0102-161</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool T-shirt - FG-9917-0302-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's ribbed T-shirt  - FG-7539-0102-783</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Girls' organic cotton racerback top - FG-5307-0161-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool cropped Tank top - FG-9926-0611-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool T-shirt - FG-9927-0802-112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lolland Tee - Black</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>T shirts and tops</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>H2O Sportswear</x:v>
       </x:c>
       <x:c t="str">
         <x:v>H2O Sportswear A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Balticagade 10.2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aarhus</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Base Woman Tee - White</x:v>
+        <x:v>Logo Tee - Blue/White</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>T shirts and tops</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>H2O Sportswear</x:v>
       </x:c>
       <x:c t="str">
         <x:v>H2O Sportswear A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Balticagade 10.2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aarhus</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Base Woman Tee - Black</x:v>
+        <x:v>Logo Tee - Army/Black</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>T shirts and tops</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>H2O Sportswear</x:v>
       </x:c>
       <x:c t="str">
         <x:v>H2O Sportswear A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Balticagade 10.2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aarhus</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Lolland Tee - Warm grey</x:v>
+        <x:v>ALWAYS ON MY MIND BP MEN'S BRUSHED T-SHIRT, OPTIC WHITE, Size (S, M, L, XL, XXL, XXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BAGSØ PCH MEN'S BRUSHED T-SHIRT, STONE GREEN, Size (S, M, L, XL, XXL, XXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BLAAFUGL THILDA WOMEN'S BRUSHED T-SHIRT, DUSTY PURPLE, Size (XS, S, M, L, XL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EARTH KARMA BRUSHED T-SHIRT, DARK NAVY, Size (XS, S, M, L, XL, XXL, XXXL, XXXXL, XXXXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ELSK BØGSTED BRUSHED T-SHIRT, STONE GREEN, Size (S, M, L, XL, XXL, XXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ELSK MAP BRUSHED T-SHIRT, PIRATE BLACK, Size (S, M, L, XL, XXL, XXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ELSK® PULS CH BRUSHED MEN'S TEE , NAVY, Size (S, M, L, XL, XXL, XXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ELSK® SEABED BRUSHED MEN'S TEE, OPTIC WHITE, Size (S, M, L, XL, XXL, XXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ESSENTIAL MEN'S BRUSHED T-SHIRT, SMOKEY OLIVE, Size (XS, S, M, L, XL, XXL, XXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>GLOBE MEN'S BRUSHED T-SHIRT, OPTIC WHITE, Size (S, M, L, XL, XXL, XXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>GLOBE WOMEN'S BRUSHED T-SHIRT, DARK NAVY, Size (XS, S, M, L, XL, XXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NEXT ADVENTURE BP MEN'S BRUSHED T-SHIRT, BALSAM GREEN, Size (S, M, L, XL, XXL, XXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NØRRE NISSUM MEN'S BRUSHED T-SHIRT, OPTIC WHITE, Size (S, M, L, XL, XXL, XXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>REAL ESTATE MEN'S BRUSHED T-SHIRT, STONE GREEN, Size (S, M, L, XL, XXL, XXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SIGNED BASIC WOMEN'S BRUSHED T-SHIRT, OPTIC WHITE, Size (XS, S, M, L, XL, XXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SIGNED BASIC WOMEN'S BRUSHED T-SHIRT, VAPOR GREY, Size (XS, S, M, L, XL, XXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STATEMENT GLOBE BP MEN'S BRUSHED T-SHIRT, LAPIS BLUE, Size (S, M, L, XL, XXL, XXXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STATEMENT GLOBE BP WOMEN'S BRUSHED T-SHIRT, VAPOR GREY, Size (XS, S, M, L, XL, XXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>UNIVERSAL BP WOMEN'S BRUSHED T-SHIRT, OPTIC WHITE, Size (XS, S, M, L, XL, XXL)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0006</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ELSK</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Elsk Aps</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kai Lindbergs Gade 200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hanstholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Logo Tee - Aqua/Chalk</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>T shirts and tops</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>H2O Sportswear</x:v>
       </x:c>
       <x:c t="str">
         <x:v>H2O Sportswear A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Balticagade 10.2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aarhus</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Logo Tee - White</x:v>
+        <x:v>Logo Tee - Salsa</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>T shirts and tops</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>H2O Sportswear</x:v>
       </x:c>
       <x:c t="str">
         <x:v>H2O Sportswear A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Balticagade 10.2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aarhus</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>ADVENTUROUS MEN'S BRUSHED T-SHIRT, OPTIC WHITE, Size (S, M, L, XL, XXL, XXXL)</x:v>
-[...511 lines deleted...]
-        <x:v>Lyø Organic Tee - Dusty Oak/Dark Dusty Oak</x:v>
+        <x:v>Lyø Organic Tee - Lime/Dark Lime</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>T shirts and tops</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>H2O Sportswear</x:v>
       </x:c>
       <x:c t="str">
         <x:v>H2O Sportswear A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Balticagade 10.2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aarhus</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Lyø Organic Tee - White/Chalk</x:v>
+        <x:v>Logo Tee - Navy/Green/Blue/Red</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>T shirts and tops</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>H2O Sportswear</x:v>
       </x:c>
       <x:c t="str">
         <x:v>H2O Sportswear A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Balticagade 10.2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aarhus</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Lyø Organic Tee - Aqua/Dark Blue</x:v>
+        <x:v>Logo Tee - Wild Pink</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>T shirts and tops</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>H2O Sportswear</x:v>
       </x:c>
       <x:c t="str">
         <x:v>H2O Sportswear A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Balticagade 10.2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aarhus</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Logo Tee - Deep Ocean</x:v>
+        <x:v>Women's merino wool long sleeve top - FG-7561-0112-869</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>T shirts and tops</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>H2O x TSR Logo Tee - Autumn leaf</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0005</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>T shirts and tops</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>H2O Sportswear</x:v>
       </x:c>
       <x:c t="str">
         <x:v>H2O Sportswear A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Balticagade 10.2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aarhus</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Spot Tee - Black</x:v>
-[...10078 lines deleted...]
-      <x:c t="str">
         <x:v>Children’s cotton long sleeve top - FG-5307-0135-199</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>T shirts and tops</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
@@ -17189,1202 +19397,50 @@
       <x:c t="str">
         <x:v>T shirts and tops</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Herning</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Women's merino wool long sleeve top - FG-7536-0413-002</x:v>
-      </x:c>
-[...1150 lines deleted...]
-        <x:v>Girls' organic cotton racerback top - FG-5307-0161-999</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>T shirts and tops</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
       </x:c>