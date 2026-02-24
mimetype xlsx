--- v0 (2025-12-24)
+++ v1 (2026-02-24)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47147fb80fc34524" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R195af46eff2c4bc8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Ra0a32e8897e749d4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R53a6d2f6c8464e52"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra0a32e8897e749d4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R53a6d2f6c8464e52" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -580,50 +580,82 @@
       </x:c>
       <x:c t="str">
         <x:v>Swings and swing stands</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Norsk Lek &amp; Park</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Norsk Lek og Park AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hanaleite 5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>FØRDE I HORDALAND</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Swing Mira item. 8057285</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3073 0020, 3073 0020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Swings and swing stands</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAGS Aneby AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ANEBY</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Swing Mira item. 8050071</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3073 0020, 3073 0020</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Swings and swing stands</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAGS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAGS Aneby AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 133</x:v>
@@ -644,398 +676,366 @@
       </x:c>
       <x:c t="str">
         <x:v>Swings and swing stands</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAGS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAGS Aneby AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ANEBY</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Swing Mira item. 8057285</x:v>
+        <x:v>Gungställning 1-säter Gungställning, svart/röd, 50-151-608</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Swings and swing stands</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gungställning 2-säter + 1-fågelbo Gungställning, grå, 50-151-651</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Swings and swing stands</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gungställning 4-säter Gungställning, grå/grön, 50-151-643</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Swings and swing stands</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gungställning 2-säter + 1-fågelbo Gungställning, svart/grön, 50-151-652</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Swings and swing stands</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gungställning Bue for fågelbo Gungställning, grå/grön, 50-151-716</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Swings and swing stands</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gungställning Bue for 2 säter + fågelbo Gungställning, grå/grön, 50-151-736</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Swings and swing stands</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Huskestativ 1-fuglerede Huskestativ, sort/grønn, 50-151-612</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Swings and swing stands</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SL175076 Gungställning för 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4073 0022</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Swings and swing stands</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lappset</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lappset Group Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 8146</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rovaniemi</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Swing Mira item. 8081949</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3073 0020, 3073 0020</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Swings and swing stands</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAGS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAGS Aneby AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ANEBY</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Swing Mira item. 8081949</x:v>
+        <x:v>Swing Mira item. 8057300</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3073 0020, 3073 0020</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Swings and swing stands</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAGS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAGS Aneby AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ANEBY</x:v>
-      </x:c>
-[...286 lines deleted...]
-        <x:v>Rovaniemi</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Gungställning 1-fågelbo Gungställning, svart/röd, 50-151-610</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Swings and swing stands</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">