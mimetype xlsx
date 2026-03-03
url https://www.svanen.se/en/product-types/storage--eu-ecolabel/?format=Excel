--- v0 (2025-12-31)
+++ v1 (2026-03-03)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03ef968052e2426a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99bb6190aeb44622" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Rc226d8bc638e490c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="products" sheetId="1" r:id="R497f20c9102140ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc226d8bc638e490c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R497f20c9102140ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -132,50 +132,3762 @@
       </x:c>
       <x:c t="str">
         <x:v>Storage  (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sebra</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sebra Interiør ApS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lillebæltsvej 93</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Esbjerg N</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special vänster-dörr, möjlighet till smartlås, 60x40x40, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special vänster-dörr, möjlighet till smartlås, 60x60x40, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul, 30x40x40, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul, 30x40x40, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul, 40x30x40, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul, 40x40x40, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul, 40x40x40, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul, 40x60x40, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul, 60x40x40, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul, 60x60x40, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul med hyllprofiler, 40x30x40, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul med hyllprofiler, 40x30x40, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul med hyllprofiler, 40x30x40, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul med hyllprofiler, 40x40x40, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul med hyllprofiler, 40x40x40, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul med hyllprofiler, 60x40x40, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul med hyllprofiler, 60x60x40, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul med hyllprofiler, 60x60x40, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul med hyllprofiler, 60x60x40, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul med hyllprofiler, 60x60x40, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Hyllplan till modul, 30x13x30, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Hyllplan till modul, 40x13x30, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Hyllplan till modul, 40x13x30, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Hyllplan till modul, 40x13x30, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Hyllplan till modul, 60x13x30, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Hyllplan till öppen modul, 60x13x36, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Fot med monteringsplatta, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Fot med monteringsplatta, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Fot med monteringsplatta, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Fot med monteringsplatta, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Kopplingsfot med monteringsplatta, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Bricka, 30x20x40, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Bricka, 40x20x40, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Bricka, 40x20x40, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Bricka, 40x20x40, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center U-handtag, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center U-handtag, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center U-handtag, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Kopplingshjul med monteringsplatta, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Kopplingshjul med monteringsplatta, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Hjul med monteringsplatta, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Hjul med monteringsplatta, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Hjul med stopp och monteringsplatta, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul, 30x40x40, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul, 30x40x40, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul, 40x30x40, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul, 60x40x40, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul, 60x40x40, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul, 60x60x40, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul, 60x60x40, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, 40x30x40, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, 40x40x40, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, 40x40x40, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, 40x60x40, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special höger-dörr, möjlighet till smartlås, 30x40x40, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special höger-dörr, möjlighet till smartlås, 30x40x40, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special höger-dörr, möjlighet till smartlås, 40x30x40, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special höger-dörr, möjlighet till smartlås, 40x30x40, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special vänster-dörr, möjlighet till smartlås, 30x40x40, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special vänster-dörr, möjlighet till smartlås, 40x40x40, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special vänster-dörr, möjlighet till smartlås, 60x40x40, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, 60x60x40, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr och U-handtag, 30x40x40, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr och U-handtag, 30x40x40, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr och U-handtag, 40x30x40, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr och U-handtag, 40x40x40, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr och U-handtag, 40x40x40, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr och U-handtag, 60x40x40, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr och U-handtag, 60x40x40, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr och U-handtag, 60x40x40, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr och U-handtag, 60x60x40, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr, push-open, 40x40x40, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr, push-open, 40x60x40, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr, push-open, 40x60x40, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr, push-open, 60x40x40, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr, push-open, 60x60x40, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr, push-open, 60x60x40, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr, push-open, 60x60x40, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr, U-handtag, 40x30x40, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr, U-handtag, 40x40x40, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr, U-handtag, 40x60x40, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr, U-handtag, 40x60x40, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr, U-handtag, 60x40x40, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr, U-handtag, 60x60x40, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr, U-handtag, 30x40x40, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr, U-handtag, 40x30x40, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr, U-handtag, 40x40x40, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr, U-handtag, 40x60x40, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr, U-handtag, 40x60x40, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr, U-handtag, 60x40x40, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr och push-open, 30x40x40, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr och push-open, 40x30x40, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr och push-open, 40x30x40, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr och push-open, 40x30x40, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr och push-open, 40x30x40, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr och push-open, 40x40x40, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr och push-open, 40x40x40, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr och push-open, 40x60x40, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr och push-open, 40x60x40, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr och push-open, 40x60x40, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr och push-open, 60x40x40, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr och push-open, 60x60x40, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr och push-open, 30x40x40, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr och push-open, 40x30x40, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr och push-open, 40x30x40, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr och push-open, 40x40x40, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr och push-open, 40x40x40, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr och push-open, 40x40x40, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr och push-open, 60x60x40, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr och push-open, 60x60x40, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med specialdörr, möjlighet till smartlås, 30x40x40, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med specialdörr, möjlighet till smartlås, 40x30x40, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med specialdörr, möjlighet till smartlås, 40x40x40, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med specialdörr, möjlighet till smartlås, 40x60x40, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med specialdörr, möjlighet till smartlås, 60x40x40, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med specialdörr, möjlighet till smartlås, 60x40x40, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>60/30 Classic hyllsystem</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/043</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Storage  (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lammhults Biblioteksdesign</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lammhults Biblioteksdesign A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dalbækvej 1</x:v>
@@ -356,890 +4068,21882 @@
       </x:c>
       <x:c t="str">
         <x:v>Storage  (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAY</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAY</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Havnen 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Horsens</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, 60x60x40, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, 60x60x40, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr och U-handtag, 40x30x40, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr och U-handtag, 40x30x40, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr och U-handtag, 40x40x40, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr och U-handtag, 40x60x40, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr och U-handtag, 60x40x40, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr och U-handtag, 60x60x40, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr, push-open, 30x40x40, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr, push-open, 30x40x40, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr, push-open, 40x30x40, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr, push-open, 40x60x40, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr, push-open, 60x60x40, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr, push-open, 60x60x40, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr, push-open, 60x60x40, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr, U-handtag, 30x40x40, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr, U-handtag, 30x40x40, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr, U-handtag, 40x30x40, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr, U-handtag, 40x60x40, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr, U-handtag, 60x40x40, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr, U-handtag, 60x40x40, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr, U-handtag, 60x40x40, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr, U-handtag, 60x60x40, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr, U-handtag, 30x40x40, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr, U-handtag, 40x40x40, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr, U-handtag, 60x60x40, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr, U-handtag, 60x60x40, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr och push-open, 30x40x40, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr och push-open, 40x30x40, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr och push-open, 40x40x40, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr och push-open, 60x40x40, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr och push-open, 60x40x40, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr och push-open, 60x40x40, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr och push-open, 60x40x40, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr och push-open, 30x40x40, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr och push-open, 30x40x40, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr och push-open, 30x40x40, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr och push-open, 40x30x40, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr och push-open, 40x30x40, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr och push-open, 40x40x40, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr och push-open, 40x60x40, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr och push-open, 40x60x40, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr och push-open, 60x40x40, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr och push-open, 60x40x40, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med specialdörr, möjlighet till smartlås, 30x40x40, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med specialdörr, möjlighet till smartlås, 40x30x40, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med specialdörr, möjlighet till smartlås, 40x60x40, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med specialdörr, möjlighet till smartlås, 40x60x40, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med specialdörr, möjlighet till smartlås, 60x60x40, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special höger-dörr, möjlighet till smartlås, 30x40x40, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special höger-dörr, möjlighet till smartlås, 30x40x40, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special höger-dörr, möjlighet till smartlås, 40x30x40, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special höger-dörr, möjlighet till smartlås, 40x30x40, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special höger-dörr, möjlighet till smartlås, 40x40x40, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special höger-dörr, möjlighet till smartlås, 40x60x40, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special höger-dörr, möjlighet till smartlås, 60x60x40, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special vänster-dörr, möjlighet till smartlås, 40x30x40, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special vänster-dörr, möjlighet till smartlås, 40x30x40, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special vänster-dörr, möjlighet till smartlås, 40x40x40, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special vänster-dörr, möjlighet till smartlås, 40x60x40, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special vänster-dörr, möjlighet till smartlås, 40x60x40, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special vänster-dörr, möjlighet till smartlås, 60x40x40, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special vänster-dörr, möjlighet till smartlås, 60x60x40, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special vänster-dörr, möjlighet till smartlås, 60x60x40, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special vänster-dörr, möjlighet till smartlås, 60x60x40, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul, 30x40x40, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul, 40x30x40, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul, 60x40x40, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul, 60x40x40, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul, 60x60x40, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul med hyllprofiler, 40x60x40, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul med hyllprofiler, 40x60x40, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Hyllplan till öppen modul, 30x13x36, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Hyllplan till öppen modul, 30x13x36, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Hyllplan till öppen modul, 40x13x36, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Hyllplan till öppen modul, 40x13x36, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Hyllplan till öppen modul, 60x13x36, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Kopplingsfot med monteringsplatta, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Kopplingsfot med monteringsplatta, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Bricka, 30x20x40, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Bricka, 40x20x40, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Krok, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Krok, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Kopplingshjul med monteringsplatta, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Kopplingshjul med stopp och monteringsplatta, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Hjul med monteringsplatta, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Hjul med stopp och monteringsplatta, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Hjul med stopp och monteringsplatta, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Hjul med stopp och monteringsplatta, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul, 30x40x40, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul, 30x40x40, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul, 40x30x40, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul, 40x30x40, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul, 40x40x40, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul, 40x40x40, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul, 40x40x40, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul, 40x40x40, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul, 40x40x40, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul, 40x40x40, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul, 40x60x40, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul, 60x60x40, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, 30x40x40, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, 40x30x40, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, 40x40x40, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, 40x40x40, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, 40x40x40, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sebra Changing Unit drawers, classic white</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/014, DK/049/014</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sebra</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sebra Interiør ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lillebæltsvej 93</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Esbjerg N</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FUMAC JIVE opbevaring, lukkede reoler med greb, decor laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FUMAC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FUMAC A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vinderup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sebra Changing Unit, drawers, green, FSC™ Mix</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/014, DK/049/014</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sebra</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sebra Interiør ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lillebæltsvej 93</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Esbjerg N</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Facet Cabinet 30, without feet and castors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/056</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havnen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Horsens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special höger-dörr, möjlighet till smartlås, 40x30x40, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special höger-dörr, möjlighet till smartlås, 40x40x40, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special höger-dörr, möjlighet till smartlås, 40x40x40, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special höger-dörr, möjlighet till smartlås, 60x40x40, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special höger-dörr, möjlighet till smartlås, 60x40x40, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special höger-dörr, möjlighet till smartlås, 60x40x40, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special höger-dörr, möjlighet till smartlås, 60x40x40, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special höger-dörr, möjlighet till smartlås, 60x60x40, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special vänster-dörr, möjlighet till smartlås, 30x40x40, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special vänster-dörr, möjlighet till smartlås, 30x40x40, RAL D20405070 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special vänster-dörr, möjlighet till smartlås, 40x40x40, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special vänster-dörr, möjlighet till smartlås, 60x40x40, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special vänster-dörr, möjlighet till smartlås, 60x60x40, RAL D20405070 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul, 30x40x40, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul, 30x40x40, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul, 30x40x40, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul, 40x30x40, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul, 40x30x40, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul, 40x40x40, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul, 40x60x40, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul, 40x60x40, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul, 60x40x40, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul med hyllprofiler, 30x40x40, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul med hyllprofiler, 30x40x40, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul med hyllprofiler, 40x40x40, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul med hyllprofiler, 60x40x40, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul med hyllprofiler, 60x40x40, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul med hyllprofiler, 60x40x40, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Hyllplan till modul, 40x13x30, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Hyllplan till modul, 60x13x30, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Hyllplan till öppen modul, 30x13x36, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Hyllplan till öppen modul, 40x13x36, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Hyllplan till öppen modul, 60x13x36, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Hyllplan till öppen modul, 60x13x36, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Fot med monteringsplatta, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Kopplingsfot med monteringsplatta, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Bricka, 40x20x40, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Bricka, 40x20x40, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Bricka, 60x20x40, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center U-handtag, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Krok, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Kopplingshjul med monteringsplatta, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Kopplingshjul med monteringsplatta, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Kopplingshjul med stopp och monteringsplatta, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Kopplingshjul med stopp och monteringsplatta, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Kopplingshjul med stopp och monteringsplatta, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Hjul med monteringsplatta, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Hjul med monteringsplatta, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Hjul med stopp och monteringsplatta, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Hjul med stopp och monteringsplatta, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Montana Panton Wire</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>DK/049/003, DK/049/067</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Montana</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Montana Furniture A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akkerupvej 16</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haarby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul, 30x40x40, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul, 40x30x40, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul, 40x40x40, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul, 40x60x40, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul, 60x40x40, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul, 60x60x40, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, 30x40x40, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, 40x30x40, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, 60x40x40, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, 60x40x40, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, 60x60x40, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, 60x60x40, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, 60x60x40, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr och U-handtag, 30x40x40, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr och U-handtag, 40x30x40, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr och U-handtag, 60x40x40, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr och U-handtag, 60x40x40, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr och U-handtag, 60x60x40, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr och U-handtag, 60x60x40, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr, push-open, 30x40x40, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr, push-open, 60x40x40, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr, push-open, 60x40x40, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr, push-open, 60x40x40, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr, U-handtag, 30x40x40, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr, U-handtag, 30x40x40, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr, U-handtag, 40x30x40, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr, U-handtag, 40x30x40, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr, U-handtag, 40x40x40, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr, U-handtag, 40x40x40, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr, U-handtag, 40x40x40, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr, U-handtag, 60x40x40, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr, U-handtag, 60x60x40, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr, U-handtag, 60x60x40, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr, U-handtag, 30x40x40, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr, U-handtag, 30x40x40, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr, U-handtag, 40x30x40, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr, U-handtag, 40x40x40, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr, U-handtag, 60x40x40, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr, U-handtag, 60x40x40, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr, U-handtag, 60x40x40, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr och push-open, 30x40x40, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr och push-open, 30x40x40, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr och push-open, 60x60x40, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr och push-open, 40x40x40, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr och push-open, 40x40x40, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr och push-open, 40x60x40, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr och push-open, 60x60x40, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med specialdörr, möjlighet till smartlås, 30x40x40, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med specialdörr, möjlighet till smartlås, 40x60x40, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med specialdörr, möjlighet till smartlås, 60x40x40, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med specialdörr, möjlighet till smartlås, 60x60x40, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med specialdörr, möjlighet till smartlås, 60x60x40, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med specialdörr, möjlighet till smartlås, 60x60x40, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special höger-dörr, möjlighet till smartlås, 30x40x40, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special höger-dörr, möjlighet till smartlås, 30x40x40, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sebra Bed Drawer, Jetty Beige</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/014, DK/049/014</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sebra</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sebra Interiør ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lillebæltsvej 93</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Esbjerg N</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FUMAC Contract opbevaring, åbne reoler, finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FUMAC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FUMAC A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vinderup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FUMAC Contract opbevaring, lukkede reoler med greb, finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FUMAC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FUMAC A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vinderup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Facet Cabinet 100, without feet and castors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/056</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havnen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Horsens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Facet Cabinet 101, without feet and castors</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/056</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HAY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Havnen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Horsens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr, U-handtag, 60x60x40, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr, U-handtag, 30x40x40, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr, U-handtag, 30x40x40, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr, U-handtag, 40x30x40, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr, U-handtag, 60x40x40, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr, U-handtag, 60x60x40, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr och push-open, 30x40x40, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr och push-open, 40x40x40, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr och push-open, 40x60x40, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr och push-open, 60x40x40, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr och push-open, 40x40x40, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr och push-open, 60x40x40, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr och push-open, 60x60x40, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med specialdörr, möjlighet till smartlås, 40x30x40, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med specialdörr, möjlighet till smartlås, 40x30x40, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med specialdörr, möjlighet till smartlås, 60x40x40, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med specialdörr, möjlighet till smartlås, 60x60x40, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special höger-dörr, möjlighet till smartlås, 40x30x40, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special höger-dörr, möjlighet till smartlås, 40x60x40, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special höger-dörr, möjlighet till smartlås, 40x60x40, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special höger-dörr, möjlighet till smartlås, 40x60x40, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special höger-dörr, möjlighet till smartlås, 60x60x40, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special vänster-dörr, möjlighet till smartlås, 30x40x40, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special vänster-dörr, möjlighet till smartlås, 30x40x40, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special vänster-dörr, möjlighet till smartlås, 40x30x40, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special vänster-dörr, möjlighet till smartlås, 40x30x40, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special vänster-dörr, möjlighet till smartlås, 40x30x40, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special vänster-dörr, möjlighet till smartlås, 60x60x40, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special vänster-dörr, möjlighet till smartlås, 60x60x40, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul, 40x30x40, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul, 40x30x40, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul, 40x60x40, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul, 60x40x40, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul, 60x40x40, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul, 60x40x40, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul, 60x60x40, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul med hyllprofiler, 30x40x40, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul med hyllprofiler, 40x30x40, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul med hyllprofiler, 40x40x40, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul med hyllprofiler, 40x60x40, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul med hyllprofiler, 60x40x40, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul med hyllprofiler, 60x40x40, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul, 30x40x40, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul, 40x30x40, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul, 40x40x40, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul, 40x60x40, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul, 60x40x40, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, 40x60x40, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, 60x60x40, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr och U-handtag, 30x40x40, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr och U-handtag, 30x40x40, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr och U-handtag, 40x40x40, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr och U-handtag, 40x60x40, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr och U-handtag, 40x60x40, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr och U-handtag, 40x60x40, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr och U-handtag, 40x60x40, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr och U-handtag, 60x40x40, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr, push-open, 30x40x40, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr, push-open, 40x40x40, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr, U-handtag, 30x40x40, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Hyllplan till modul, 30x13x30, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Hyllplan till modul, 60x13x30, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Hyllplan till öppen modul, 40x13x36, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Fot med monteringsplatta, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Utvändig hylla, 40x20x20, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Bricka, 30x20x40, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Bricka, 60x20x40, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center U-handtag, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Kopplingshjul med stopp och monteringsplatta, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Hjul med stopp och monteringsplatta, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special vänster-dörr, möjlighet till smartlås, 60x40x40, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special vänster-dörr, möjlighet till smartlås, 60x40x40, RAL D20405070 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special vänster-dörr, möjlighet till smartlås, 60x60x40, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul, 40x30x40, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul, 40x40x40, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul, 40x40x40, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul, 60x40x40, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul, 60x60x40, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul med hyllprofiler, 40x30x40, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul med hyllprofiler, 40x30x40, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul med hyllprofiler, 40x40x40, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul med hyllprofiler, 40x40x40, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul med hyllprofiler, 40x60x40, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul med hyllprofiler, 60x40x40, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul med hyllprofiler, 60x60x40, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Hyllplan till modul, 30x13x30, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Hyllplan till modul, 60x13x30, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Hyllplan till öppen modul, 60x13x36, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Utvändig hylla, 40x20x20, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Bricka, 30x20x40, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Bricka, 40x20x40, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center U-handtag, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center U-handtag, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Krok, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Krok, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Krok, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Specialbeslag</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Kopplingshjul med monteringsplatta, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Kopplingshjul med stopp och monteringsplatta, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Golvskydd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Väggmonteringskit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Tippskyddskit</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul, 30x40x40, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul, 40x30x40, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul, 40x60x40, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul, 40x60x40, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul, 60x40x40, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul, 60x60x40, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul, 60x60x40, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul, 60x60x40, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, 30x40x40, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, 30x40x40, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, 30x40x40, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, 30x40x40, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, 40x30x40, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, 40x40x40, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, 40x60x40, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, 40x60x40, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Montana Free Shelving System</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>DK/049/003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Storage  (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Montana</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Montana Furniture A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Akkerupvej 16</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Haarby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Sebra Changing Unit drawers, classic white</x:v>
+        <x:v>FUMAC JIVE opbevaring, lukkede reoler med greb, finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FUMAC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FUMAC A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vinderup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FUMAC JIVE opbevaring, lukkede reoler med push, finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FUMAC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FUMAC A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vinderup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FUMAC Contract opbevaring, lukkede reoler med greb, decor laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FUMAC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FUMAC A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vinderup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, 60x40x40, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr och U-handtag, 30x40x40, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr och U-handtag, 40x30x40, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr och U-handtag, 40x40x40, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr och U-handtag, 40x40x40, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr och U-handtag, 40x60x40, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr och U-handtag, 60x40x40, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr och U-handtag, 60x60x40, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr och U-handtag, 60x60x40, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr, push-open, 30x40x40, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr, push-open, 40x30x40, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr, push-open, 40x40x40, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr, push-open, 40x40x40, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr, push-open, 60x40x40, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr, push-open, 60x40x40, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr, U-handtag, 30x40x40, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr, U-handtag, 40x40x40, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr, U-handtag, 60x60x40, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr, U-handtag, 40x30x40, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr, U-handtag, 40x30x40, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr, U-handtag, 40x40x40, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr, U-handtag, 40x60x40, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr, U-handtag, 60x40x40, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr och push-open, 40x30x40, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr och push-open, 40x40x40, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr och push-open, 40x40x40, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr och push-open, 40x40x40, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr och push-open, 40x60x40, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr och push-open, 40x60x40, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr och push-open, 60x40x40, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr och push-open, 40x30x40, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr och push-open, 60x40x40, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr och push-open, 60x60x40, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr och push-open, 60x60x40, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med specialdörr, möjlighet till smartlås, 30x40x40, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med specialdörr, möjlighet till smartlås, 40x30x40, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med specialdörr, möjlighet till smartlås, 40x30x40, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med specialdörr, möjlighet till smartlås, 40x40x40, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med specialdörr, möjlighet till smartlås, 40x40x40, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med specialdörr, möjlighet till smartlås, 40x60x40, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med specialdörr, möjlighet till smartlås, 40x60x40, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med specialdörr, möjlighet till smartlås, 60x60x40, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special höger-dörr, möjlighet till smartlås, 30x40x40, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special höger-dörr, möjlighet till smartlås, 40x60x40, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special höger-dörr, möjlighet till smartlås, 40x60x40, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special höger-dörr, möjlighet till smartlås, 40x60x40, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special höger-dörr, möjlighet till smartlås, 60x40x40, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special höger-dörr, möjlighet till smartlås, 60x60x40, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special höger-dörr, möjlighet till smartlås, 60x60x40, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special vänster-dörr, möjlighet till smartlås, 40x30x40, RAL D20405070 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special vänster-dörr, möjlighet till smartlås, 40x60x40, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special vänster-dörr, möjlighet till smartlås, 40x60x40, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FUMAC JIVE opbevaring, åbne reoler, decor laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FUMAC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FUMAC A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vinderup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FUMAC JIVE opbevaring, lukkede reoler med push, decor laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FUMAC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FUMAC A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vinderup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FUMAC Contract opbevaring, lukkede reoler med greb, laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FUMAC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FUMAC A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vinderup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FUMAC Contract opbevaring, lukkede reoler med push, finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FUMAC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FUMAC A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vinderup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FUMAC Contract udtræksskab/Maxi Tower, laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FUMAC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FUMAC A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vinderup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FUMAC Contract udtræksskab/Maxi Tower, finer</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FUMAC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FUMAC A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vinderup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul, 30x40x40, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul, 40x60x40, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul, 40x60x40, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, 30x40x40, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, 40x60x40, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, 40x60x40, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, 60x40x40, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, 60x40x40, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr och U-handtag, 30x40x40, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr och U-handtag, 40x30x40, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr och U-handtag, 40x40x40, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr och U-handtag, 40x60x40, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr och U-handtag, 60x60x40, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr, push-open, 30x40x40, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr, push-open, 40x30x40, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr, push-open, 40x30x40, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr, push-open, 40x40x40, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr, push-open, 40x40x40, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr, push-open, 40x60x40, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr, push-open, 60x40x40, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr, U-handtag, 40x40x40, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr, U-handtag, 40x60x40, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr, U-handtag, 40x60x40, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr, U-handtag, 60x40x40, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Hyllplan till modul, 60x13x30, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Hyllplan till modul, 60x13x30, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Hyllplan till modul, 60x13x30, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Hyllplan till öppen modul, 30x13x36, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Hyllplan till öppen modul, 40x13x36, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Hyllplan till öppen modul, 40x13x36, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Hyllplan till öppen modul, 60x13x36, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Hyllplan till öppen modul, 60x13x36, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Fot med monteringsplatta, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Kopplingsfot med monteringsplatta, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Kopplingsfot med monteringsplatta, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Utvändig hylla, 40x20x20, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Utvändig hylla, 40x20x20, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Bricka, 40x20x40, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Bricka, 60x20x40, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Krok, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Kopplingshjul med stopp och monteringsplatta, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Hjul med monteringsplatta, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Hjul med stopp och monteringsplatta, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr, U-handtag, 60x60x40, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr, U-handtag, 60x60x40, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr, U-handtag, 30x40x40, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr, U-handtag, 40x30x40, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr, U-handtag, 40x40x40, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr, U-handtag, 40x60x40, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr, U-handtag, 40x60x40, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr, U-handtag, 40x60x40, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr, U-handtag, 40x60x40, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr, U-handtag, 60x60x40, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr och push-open, 30x40x40, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr och push-open, 40x30x40, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr och push-open, 40x40x40, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr och push-open, 60x60x40, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr och push-open, 60x60x40, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr och push-open, 60x60x40, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr och push-open, 40x60x40, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr och push-open, 60x60x40, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med specialdörr, möjlighet till smartlås, 40x30x40, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med specialdörr, möjlighet till smartlås, 40x40x40, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med specialdörr, möjlighet till smartlås, 40x40x40, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med specialdörr, möjlighet till smartlås, 40x60x40, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med specialdörr, möjlighet till smartlås, 40x60x40, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special höger-dörr, möjlighet till smartlås, 30x40x40, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special höger-dörr, möjlighet till smartlås, 40x60x40, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special höger-dörr, möjlighet till smartlås, 60x60x40, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special vänster-dörr, möjlighet till smartlås, 30x40x40, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special vänster-dörr, möjlighet till smartlås, 40x30x40, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special vänster-dörr, möjlighet till smartlås, 40x60x40, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul, 30x40x40, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul, 40x60x40, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul, 40x60x40, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul, 60x60x40, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul med hyllprofiler, 30x40x40, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul med hyllprofiler, 40x30x40, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul med hyllprofiler, 60x60x40, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FUMAC Contract opbevaring, lukkede reoler med push, laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FUMAC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FUMAC A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vinderup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skyline Shelf</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Montana</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Montana Furniture A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Akkerupvej 16</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Haarby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FUMAC JIVE opbevaring, åbne reoler, laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FUMAC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FUMAC A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vinderup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul, 40x30x40, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul, 40x60x40, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul, 60x40x40, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul, 60x40x40, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, 40x30x40, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, 40x30x40, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, 40x30x40, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, 40x40x40, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, 40x60x40, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, 40x60x40, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, 60x40x40, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, 60x60x40, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr och U-handtag, 30x40x40, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr och U-handtag, 40x30x40, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr, push-open, 30x40x40, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr, push-open, 40x30x40, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr, push-open, 40x30x40, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr, push-open, 40x40x40, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr, push-open, 40x40x40, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr, push-open, 40x60x40, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr, push-open, 60x40x40, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr, push-open, 60x60x40, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr, push-open, 60x60x40, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr, U-handtag, 30x40x40, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr, U-handtag, 30x40x40, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr, U-handtag, 40x30x40, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr, U-handtag, 40x60x40, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Hyllplan till modul, 60x13x30, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Hyllplan till öppen modul, 30x13x36, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Hyllplan till öppen modul, 30x13x36, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Hyllplan till öppen modul, 30x13x36, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Fot med monteringsplatta, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Utvändig hylla, 40x20x20, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Utvändig hylla, 40x20x20, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Bricka, 30x20x40, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Bricka, 30x20x40, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Bricka, 60x20x40, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Bricka, 60x20x40, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Bricka, 60x20x40, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Bricka, 60x20x40, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center U-handtag, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Kopplingshjul med monteringsplatta, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Hjul med monteringsplatta, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr, U-handtag, 60x40x40, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr, U-handtag, 30x40x40, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr, U-handtag, 40x30x40, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr, U-handtag, 40x40x40, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr, U-handtag, 40x60x40, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr, U-handtag, 60x40x40, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr, U-handtag, 60x60x40, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr och push-open, 30x40x40, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr och push-open, 60x40x40, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr och push-open, 60x60x40, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr och push-open, 60x60x40, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr och push-open, 60x60x40, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr och push-open, 30x40x40, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr och push-open, 30x40x40, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr och push-open, 30x40x40, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr och push-open, 30x40x40, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr och push-open, 40x30x40, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr och push-open, 40x30x40, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr och push-open, 40x40x40, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr och push-open, 40x60x40, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr och push-open, 40x60x40, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr och push-open, 60x40x40, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr och push-open, 60x40x40, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med specialdörr, möjlighet till smartlås, 30x40x40, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med specialdörr, möjlighet till smartlås, 30x40x40, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med specialdörr, möjlighet till smartlås, 40x40x40, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med specialdörr, möjlighet till smartlås, 40x40x40, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med specialdörr, möjlighet till smartlås, 40x40x40, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med specialdörr, möjlighet till smartlås, 60x40x40, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med specialdörr, möjlighet till smartlås, 60x40x40, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med specialdörr, möjlighet till smartlås, 60x60x40, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special höger-dörr, möjlighet till smartlås, 40x30x40, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special höger-dörr, möjlighet till smartlås, 40x40x40, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special höger-dörr, möjlighet till smartlås, 40x40x40, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special höger-dörr, möjlighet till smartlås, 60x60x40, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special vänster-dörr, möjlighet till smartlås, 30x40x40, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special vänster-dörr, möjlighet till smartlås, 30x40x40, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special vänster-dörr, möjlighet till smartlås, 40x30x40, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special vänster-dörr, möjlighet till smartlås, 40x40x40, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special vänster-dörr, möjlighet till smartlås, 40x40x40, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special vänster-dörr, möjlighet till smartlås, 40x40x40, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special vänster-dörr, möjlighet till smartlås, 40x60x40, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special vänster-dörr, möjlighet till smartlås, 40x60x40, RAL D20405 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special vänster-dörr, möjlighet till smartlås, 60x40x40, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special vänster-dörr, möjlighet till smartlås, 60x40x40, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul, 30x40x40, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul, 40x40x40, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul, 40x60x40, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul, 60x60x40, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul med hyllprofiler, 30x40x40, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul med hyllprofiler, 30x40x40, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul med hyllprofiler, 30x40x40, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul med hyllprofiler, 30x40x40, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul med hyllprofiler, 40x30x40, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul med hyllprofiler, 40x60x40, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul med hyllprofiler, 40x60x40, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul med hyllprofiler, 60x60x40, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Hyllplan till modul, 30x13x30, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Hyllplan till modul, 30x13x30, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Hyllplan till modul, 30x13x30, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Hyllplan till modul, 40x13x30, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Hyllplan till modul, 40x13x30, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Hyllplan till modul, 40x13x30, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sebra Changing Unit drawers, classic grey</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/014, DK/049/014</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Storage  (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sebra</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sebra Interiør ApS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lillebæltsvej 93</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Esbjerg N</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>FUMAC JIVE opbevaring, lukkede reoler med greb, decor laminat</x:v>
+        <x:v>FUMAC JIVE opbevaring, lukkede reoler med greb, laminat</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/004</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Storage  (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>FUMAC</x:v>
       </x:c>
       <x:c t="str">
         <x:v>FUMAC A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Industrivej 10</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vinderup</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Sebra Changing Unit, drawers, green, FSC™ Mix</x:v>
-[...31 lines deleted...]
-        <x:v>Facet Cabinet 30, without feet and castors</x:v>
+        <x:v>FUMAC Contract udtræksskab/Maxi Tower, decor laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DK/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FUMAC</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FUMAC A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Industrivej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vinderup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Facet Cabinet 110, without feet and castors</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DK/049/056</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Storage  (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAY</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAY</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Havnen 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Horsens</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Sebra Bed Drawer, Jetty Beige</x:v>
-[...698 lines deleted...]
-        <x:v>Horsens</x:v>
+        <x:v>Center Center Modul, 40x30x40, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul, 60x40x40, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul, 60x60x40, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, 30x40x40, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, 40x30x40, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, 40x40x40, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, 60x40x40, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, 60x40x40, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr och U-handtag, 40x30x40, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr och U-handtag, 40x40x40, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr och U-handtag, 40x60x40, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr och U-handtag, 60x60x40, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr, push-open, 30x40x40, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr, push-open, 40x30x40, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr, push-open, 40x30x40, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr, push-open, 40x60x40, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr, push-open, 40x60x40, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med dörr, push-open, 40x60x40, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr, U-handtag, 40x30x40, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr, U-handtag, 40x30x40, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr, U-handtag, 40x30x40, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr, U-handtag, 40x40x40, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr, U-handtag, 40x40x40, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr, U-handtag, 40x60x40, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr, U-handtag, 40x60x40, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr, U-handtag, 60x40x40, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr, U-handtag, 40x30x40, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr, U-handtag, 40x40x40, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr, U-handtag, 40x40x40, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr, U-handtag, 60x40x40, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr, U-handtag, 60x60x40, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr, U-handtag, 60x60x40, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr, U-handtag, 60x60x40, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr och push-open, 30x40x40, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr och push-open, 40x30x40, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr och push-open, 40x60x40, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, höger-dörr och push-open, 40x60x40, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr och push-open, 40x30x40, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr och push-open, 40x60x40, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr och push-open, 40x60x40, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr och push-open, 60x40x40, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr och push-open, 60x40x40, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, vänster-dörr och push-open, 60x60x40, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med specialdörr, möjlighet till smartlås, 30x40x40, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med specialdörr, möjlighet till smartlås, 30x40x40, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med specialdörr, möjlighet till smartlås, 40x30x40, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med specialdörr, möjlighet till smartlås, 60x40x40, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med specialdörr, möjlighet till smartlås, 60x40x40, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med specialdörr, möjlighet till smartlås, 60x60x40, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special höger-dörr, möjlighet till smartlås, 40x30x40, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special höger-dörr, möjlighet till smartlås, 40x40x40, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special höger-dörr, möjlighet till smartlås, 40x40x40, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special höger-dörr, möjlighet till smartlås, 40x40x40, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special höger-dörr, möjlighet till smartlås, 60x40x40, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special höger-dörr, möjlighet till smartlås, 60x40x40, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special höger-dörr, möjlighet till smartlås, 60x40x40, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special höger-dörr, möjlighet till smartlås, 60x60x40, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special vänster-dörr, möjlighet till smartlås, 40x40x40, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special vänster-dörr, möjlighet till smartlås, 40x40x40, RAL D20405070 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Modul med hyllprofiler, special vänster-dörr, möjlighet till smartlås, 40x60x40, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul, 40x30x40, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul, 40x40x40, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul, 40x40x40, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul, 40x60x40, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul, 60x60x40, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul, 60x60x40, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul med hyllprofiler, 40x40x40, RAL K7 9005</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul med hyllprofiler, 40x40x40, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul med hyllprofiler, 40x60x40, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul med hyllprofiler, 40x60x40, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul med hyllprofiler, 60x40x40, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Öppen modul med hyllprofiler, 60x60x40, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Hyllplan till modul, 30x13x30, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Hyllplan till modul, 30x13x30, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Hyllplan till modul, 40x13x30, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Hyllplan till öppen modul, 30x13x36, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Hyllplan till öppen modul, 40x13x36, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Hyllplan till öppen modul, 40x13x36, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Hyllplan till öppen modul, 60x13x36, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Kopplingsfot med monteringsplatta, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Kopplingsfot med monteringsplatta, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Utvändig hylla, 40x20x20, RAL 5002 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Utvändig hylla, 40x20x20, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Bricka, 30x20x40, RAL K7 9003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Bricka, 30x20x40, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Bricka, 60x20x40, RAL D2 040 50 70 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Krok, RAL 7047 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Kopplingshjul med monteringsplatta, RAL 1013 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Kopplingshjul med stopp och monteringsplatta, RAL 6020 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Center Center Hjul med monteringsplatta, RAL 1016 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Storage  (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>String Furniture AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamnsvägen 110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limhamn</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>