--- v0 (2025-12-17)
+++ v1 (2026-02-11)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39e720fa22bb43e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff3f69de0ed948f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Rc35ae320dd4b4b57"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R6705afe284cf4030"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc35ae320dd4b4b57" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6705afe284cf4030" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -228,110 +228,110 @@
       </x:c>
       <x:c t="str">
         <x:v>Stain remover</x:v>
       </x:c>
       <x:c t="str">
         <x:v>006 Laundry detergents and stain removers</x:v>
       </x:c>
       <x:c t="str">
         <x:v>8</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Mayeri Industries AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Voldi tee 9, Tabivere</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tartu County</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Vanish Oxi Action Fläckborttagare (Pink), 1400 g</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5006 0135, 5006 0135</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stain remover</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>006 Laundry detergents and stain removers</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vanish</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>RB Hygiene Home Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vandtårnsvej 83A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>COOP Fläck-Borttagning pluver, 500g</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4006 0162</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stain remover</x:v>
       </x:c>
       <x:c t="str">
         <x:v>006 Laundry detergents and stain removers</x:v>
       </x:c>
       <x:c t="str">
         <x:v>8</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Coop</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mayeri Industries AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Voldi tee 9, Tabivere</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tartu County</x:v>
-      </x:c>
-[...30 lines deleted...]
-        <x:v>Søborg</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Vanish Oxi Action 0% Fläckborttagare, 440 g</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5006 0135, 5006 0135</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stain remover</x:v>
       </x:c>
       <x:c t="str">
         <x:v>006 Laundry detergents and stain removers</x:v>
       </x:c>
       <x:c t="str">
         <x:v>8</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vanish</x:v>
       </x:c>
       <x:c t="str">