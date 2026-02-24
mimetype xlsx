--- v0 (2025-12-23)
+++ v1 (2026-02-24)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R617458f7d2574905" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8c1846c18b74e1d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R5f07903035b04ff2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R5546833c870942bb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5f07903035b04ff2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5546833c870942bb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -292,50 +292,146 @@
       </x:c>
       <x:c t="str">
         <x:v>Sportswear kids</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Herning</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Alvdal, microfleece set, kids, african violet</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sportswear kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad Sport AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gamlevegen 47</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Innvik</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kletten, microfleece set, kids, pale pansy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sportswear kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad Sport AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gamlevegen 47</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Innvik</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fongen, microfleece set, kids, zinfadel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sportswear kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad Sport AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gamlevegen 47</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Innvik</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Fongen, microfleece set, kids, pale pansy pr</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2112 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sportswear kids</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skogstad</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skogstad Sport AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gamlevegen 47</x:v>
@@ -452,371 +548,435 @@
       </x:c>
       <x:c t="str">
         <x:v>Sportswear kids</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skogstad</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skogstad Sport AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gamlevegen 47</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Innvik</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Fongen, microfleece set, kids, rosy pink pr</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sportswear kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad Sport AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gamlevegen 47</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Innvik</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trone, microfleece set, kids, ensign blue</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sportswear kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad Sport AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gamlevegen 47</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Innvik</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trone, microfleece set, kids, dark denim</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sportswear kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad Sport AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gamlevegen 47</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Innvik</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fongen, microfleece set, kids, dark denim</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sportswear kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad Sport AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gamlevegen 47</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Innvik</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trone, microfleece set, kids, dark navy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sportswear kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad Sport AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gamlevegen 47</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Innvik</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fongen, microfleece set, kids, white sand</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sportswear kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad Sport AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gamlevegen 47</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Innvik</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fongen, microfleece set, kids, Gardenia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sportswear kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad Sport AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gamlevegen 47</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Innvik</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trone, microfleece set, kids,  Billiard</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sportswear kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad Sport AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gamlevegen 47</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Innvik</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fongen, microfleece set, kids, pastel lilac</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sportswear kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad Sport AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gamlevegen 47</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Innvik</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Huseby, microfleece neck gaiter, uni, gardenia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sportswear kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad Sport AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gamlevegen 47</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Innvik</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Baby cotton shorts - FG-5237-0153-199</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sportswear kids</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Herning</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Fongen, microfleece set, kids, rosy pink pr</x:v>
-[...287 lines deleted...]
-        <x:v>Huseby, microfleece neck gaiter, uni, gardenia</x:v>
+        <x:v>Alvdal, microfleece set, kids, begonia pink</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sportswear kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad Sport AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gamlevegen 47</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Innvik</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kletten, microfleece set, kids, silver lake blue</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2112 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sportswear kids</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skogstad</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skogstad Sport AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gamlevegen 47</x:v>
       </x:c>
@@ -868,50 +1028,82 @@
       </x:c>
       <x:c t="str">
         <x:v>Sportswear kids</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skogstad</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skogstad Sport AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gamlevegen 47</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Innvik</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Kletten, microfleece set, kids, balsam green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sportswear kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad Sport AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gamlevegen 47</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Innvik</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Knatten, microfleece set, kids, ivy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2112 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sportswear kids</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skogstad</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skogstad Sport AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gamlevegen 47</x:v>
@@ -1092,50 +1284,210 @@
       </x:c>
       <x:c t="str">
         <x:v>Sportswear kids</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skogstad</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skogstad Sport AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gamlevegen 47</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Innvik</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Kletten, microfleece set, kids, pink dust</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sportswear kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad Sport AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gamlevegen 47</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Innvik</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Huseby, microfleece  neck gaiter, uni, off white</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sportswear kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad Sport AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gamlevegen 47</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Innvik</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trone, microfleece set, kids, ashleigh blue</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sportswear kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad Sport AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gamlevegen 47</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Innvik</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fongen, microfleece set, kids, begonia pink</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sportswear kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad Sport AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gamlevegen 47</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Innvik</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alvdal, microfleece set, kids, rashleigh blue</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sportswear kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad Sport AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gamlevegen 47</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Innvik</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Trone, microfleece set, kids, dark denim pr</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2112 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sportswear kids</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skogstad</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skogstad Sport AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gamlevegen 47</x:v>
@@ -1188,274 +1540,338 @@
       </x:c>
       <x:c t="str">
         <x:v>Sportswear kids</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skogstad</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skogstad Sport AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gamlevegen 47</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Innvik</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Alvdal, microfleece set, kids, riverside</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sportswear kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad Sport AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gamlevegen 47</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Innvik</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Huseby, microfleece headband, uni, off white</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sportswear kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad Sport AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gamlevegen 47</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Innvik</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Knatten, microfleece set, kids, ensign blue</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sportswear kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad Sport AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gamlevegen 47</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Innvik</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trone, microfleece set, kids, pureed pumpkin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sportswear kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad Sport AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gamlevegen 47</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Innvik</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fongen, microfleece set, kids, white sand pr</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sportswear kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad Sport AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gamlevegen 47</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Innvik</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fongen, microfleece set, kids, pastel lavender pr</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sportswear kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad Sport AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gamlevegen 47</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Innvik</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fongen, microfleece set, kids, parisian night</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sportswear kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad Sport AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gamlevegen 47</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Innvik</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Alvdal, microfleece set, kids, dark denim</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sportswear kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad Sport AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gamlevegen 47</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Innvik</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Huseby, microfleece hat, uni, black</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2112 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sportswear kids</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skogstad</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skogstad Sport AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gamlevegen 47</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Innvik</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Knatten, microfleece set, kids, ensign blue</x:v>
-[...190 lines deleted...]
-      <x:c t="str">
         <x:v>Fongen, microfleece set, kids, orchid mist pr</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2112 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sportswear kids</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skogstad</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skogstad Sport AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gamlevegen 47</x:v>
@@ -1568,30 +1984,94 @@
         <x:v>5112 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sportswear kids</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trone, microfleece set, kids, sporting green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sportswear kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad Sport AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gamlevegen 47</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Innvik</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fongen, microfleece set, kids, ancient scroll</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2112 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sportswear kids</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogstad Sport AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gamlevegen 47</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Innvik</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>