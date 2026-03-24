--- v0 (2026-01-22)
+++ v1 (2026-03-24)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc1c4c9084f94a02" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc5fb8ab6911456d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R767a1da94ea64d3d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="products" sheetId="1" r:id="R088165f3c2304a36"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R767a1da94ea64d3d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R088165f3c2304a36" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -68,147 +68,147 @@
       </x:c>
       <x:c t="str">
         <x:v>Space divider/screen (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Lintex AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Madesjövägen 17</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nybro</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Edge table (fabric Blazer Lite)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>SE/049/002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Space divider/screen (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lintex AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Madesjövägen 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nybro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Separat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FI/049/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Space divider/screen (EU Ecolabel)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>EU49 Furniture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nikari Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Peltorivi 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fiskars</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Edge table (fabric Cura Screen)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/049/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Space divider/screen (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Lintex AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Madesjövägen 17</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nybro</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Separat</x:v>
-[...30 lines deleted...]
-      <x:c t="str">
         <x:v>Edge floor (fabric Blazer Lite)</x:v>
-      </x:c>
-[...30 lines deleted...]
-        <x:v>Edge table (fabric Blazer Lite)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SE/049/002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Space divider/screen (EU Ecolabel)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>EU49 Furniture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Lintex AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Madesjövägen 17</x:v>
       </x:c>