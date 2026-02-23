--- v0 (2025-12-24)
+++ v1 (2026-02-23)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8759a188dde74fd5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R442969699a46419f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R6147a9066ab54c9e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R3c18722dac9b4098"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6147a9066ab54c9e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3c18722dac9b4098" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -100,270 +100,270 @@
       </x:c>
       <x:c t="str">
         <x:v>Soaking agents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>080 Dishwasher detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>CleanoCare</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Cleano Production AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Västra Långgatan 8</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Älgarås</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Washtek Blötlägg Maxi P 302, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4080 0002, 4080 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soaking agents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WashTek</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Hydra 3,75 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3080 0008</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Soaking agents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>080 Dishwasher detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>REKAL</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rekal Svenska AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>GNESTA</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Washtek Blötlägg Maxi P 302, 1 l</x:v>
+        <x:v>Hydra 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soaking agents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>REKAL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rekal Svenska AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GNESTA</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CleanoCare Blötläggningsmedel 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3080 0004</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soaking agents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CleanoCare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Estell Maskindisk Flytande För Storkök (Tensia(Estelle)), 10 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5080 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soaking agents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>080 Dishwasher detergents for professional use</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Estell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kiilto Pro Active Dip, 2,7 kg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4080 0002, 4080 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Soaking agents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>080 Dishwasher detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>WashTek</x:v>
+        <x:v>Kiilto Pro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>KiiltoClean Oy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>PL 250</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tampere</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Hydra 10 l</x:v>
-[...62 lines deleted...]
-      <x:c t="str">
         <x:v>Kiilto Pro Soaking Eco 5 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4080 0002, 4080 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Soaking agents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>080 Dishwasher detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kiilto Pro</x:v>
       </x:c>
       <x:c t="str">
         <x:v>KiiltoClean Oy</x:v>
       </x:c>
       <x:c t="str">
         <x:v>PL 250</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Tampere</x:v>
-      </x:c>
-[...62 lines deleted...]
-        <x:v>Nykøbing F</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Twister, 1 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3080 0004</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Soaking agents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>080 Dishwasher detergents for professional use</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Diskteknik</x:v>
       </x:c>
       <x:c t="str">