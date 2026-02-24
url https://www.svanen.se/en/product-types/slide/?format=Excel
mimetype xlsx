--- v0 (2025-12-24)
+++ v1 (2026-02-24)
@@ -1,85 +1,213 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f380a4caac245cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb965abe1c1e2488b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Rffb15e9e73de4892"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Rf273bef5624e4dd6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rffb15e9e73de4892" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf273bef5624e4dd6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brand</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensee</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c t="str">
         <x:v>City</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Tärrengrutschkana m/plattform 1x5,1m Rutschkana, röd, 40-143-322</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slide</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tärrengrutschkana m/plattform 0,5x7,1m Rutschkana, grå, 40-143-513</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slide</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tärrengrutschkana m/plattform 1x8,1m Rutschkana, grå, 40-143-623</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slide</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tärrengrutschkana m/plattform 0,95x0,5m, Rutschkana, röd, 40-143-911</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Slide</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Rutch H1,40/B0,5/L3,1m system Rutschkana, grå, 40-142-103</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Slide</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
@@ -197,178 +325,50 @@
       <x:c t="str">
         <x:v>Slide</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Tärrengrutschkana m/plattform 1x3,1m Rutschkana, röd, 40-143-122</x:v>
-      </x:c>
-[...126 lines deleted...]
-        <x:v>Tärrengrutschkana m/plattform 0,95x0,5m, Rutschkana, röd, 40-143-911</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Slide</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>