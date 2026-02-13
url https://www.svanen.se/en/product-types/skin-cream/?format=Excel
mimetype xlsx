--- v0 (2025-12-17)
+++ v1 (2026-02-13)
@@ -1,13885 +1,14045 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re586a6088d2847fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R919036ce905246eb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R147cf1e2c63a43b8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Ra7526da64cbc4ad0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R147cf1e2c63a43b8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra7526da64cbc4ad0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brand</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensee</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c t="str">
         <x:v>City</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>AVIVIR Aloe Vera Creme Xtreme, 150 ml</x:v>
+        <x:v>meraki pure basic BODY LOTION, 490 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meraki</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mums with love Hand Cream, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0112, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mums with love</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Natur Energizing Glow Day cream SPF15, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0091, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Natur</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Natur Intensive moisture night cream fragrance free, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0091, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Natur</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Natur Nourishing Hand Cream Fragrance Free, 240 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0091, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Natur</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Natur Moisturizing Anti-Age Body Lotion, 400 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0091, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Natur</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Natur Nourishing Day Cream SPF 15 Fragrance Free, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0091, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Natur</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Natur Moisturizing Anti-Age Night Cream, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0091, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Natur</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Natur Nourishing 24h face cream fragrance free, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0091, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Natur</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Natur Nourishing night cream fragrance free, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0091, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Natur</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Natur Soothing Aftersun, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0092, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Natur</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglamark Bodylotion, 200 ml - 20002366</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglamark Bodylotion, 500 ml - 20002367</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dermalog Fet Kräm 56%, 300 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0100, 5090 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dermalog</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Camilo Hudsalva, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0112, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Camilo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Danatekt Creme, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0140, 5090 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Danatekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Danatekt Creme,  250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0140, 5090 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Danatekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop Änglamark Dermacare Panthenol Balm Provitamin B5, 100 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0112, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Klinion Personal Care Hand &amp; Body cream, 100 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0112, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klinion</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ZENZ Hand Cream Blossom no. 47, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0381, 5090 0375</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ Organic Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thoravej 7, st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København NV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco-Boutique Hand &amp; Body Lotion (D-10627), 300 ml (Shape dispenser)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0351, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eco-Boutique</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Skincare Lotion No Colorants With Perfume, 500 ml (20001918)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Hand Cream, 150 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0112, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Derma Family Moisturising 24H Face Cream, 50 ml - 20002228</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Derma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Neutral Intensiv Repair Cream, 100 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0106, 5090 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neutral</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilever Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ørestads Boulevard 73</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København S</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Skincare Lotion (up), 20 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hopal Moisturizing Lotion, 360 ml (#CYR360BLHP)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0219, 3090 0218</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hopal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GFL SA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Sorengo 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lugano (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yasuragi Kroppslotion med parfum refill, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0097, 5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yasuragi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LIV Hand &amp; Hudkräm, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0288</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Skincare Lotion No colorants or perfume, 500 ml - 20001975</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HEVI Sugaring Aloe Vera gel, 150 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0112, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HEVI Sugaring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hudcreme Handy Creme 40% uparfumeret, 50 ml (3135)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0115, 5090 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Plum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frederik Plums Vej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Assens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sebamed Baby &amp; Kids Skin Care Oil, 150 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0337, 5090 0257</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sebamed</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sebapharma GmbH &amp; Co. KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Binger Strasse 80</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Boppard</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco-Boutique Hand &amp; Body Lotion (D-10627), 3 l (refill jerrycan)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0351, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eco-Boutique</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco by Green Culture, Body Lotion (D-10632), 30 ml (bottle)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0351, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eco by Green Culture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Washing Lotion Scented, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Washing Lotion (mp), 20 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Hand Cream (mp), 75 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>#Hello Care Lipid Cream 70%, 100 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>#Hello Skincare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ZENZ Hand Cream Pure no. 46, 130 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0381, 5090 0375</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ Organic Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thoravej 7, st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København NV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NOFO Hand cream Verbena Lemon, 75 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0385</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NoFo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hardford AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1213</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yasuraghi Kroppslotion u/p, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0316, 5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yasuragi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lotus Love Bodylotion, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0316, 5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lotus Love</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lotus Love Bodyscrub, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0316, 5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lotus Love</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yasuragi Kroppslotion m/p, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0316, 5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yasuragi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Body Lotion SWAN, 30ml (TJ01#024675)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0219, 3090 0418, 3090 0218</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>GFL SA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Sorengo 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lugano (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Anyah Moisturising Lotion, 3 l (TB3LBLAY)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0219, 3090 0418, 3090 0218</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Anyah</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GFL SA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Sorengo 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lugano (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Moisturising lotion for hands and body, Anyah, refillable dispenser 480ml (P500RBL2AY)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0219, 3090 0418, 3090 0218</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Anyah</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GFL SA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Sorengo 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lugano (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Body cream, Anyah, bottle 46ml (P52RBL2AY)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0219, 3090 0418, 3090 0218</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Anyah</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GFL SA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Sorengo 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lugano (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Striber Mild Eye Cream Sensitive, Fragrance Free, 15 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0091, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Striber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Striber Kollagen Booster Dagcreme, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0091, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Striber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HTH Soft &amp; Caring Body Lotion, 400 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2090 0332</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Home &amp; Personal Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 673 Skøyen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSLO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Anyah, Moisturising lotion for hands and body, pump dispenser, 370 ml (P370LR_BL2AY)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0418, 3090 0219, 3090 0218</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Anyah</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GFL SA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Sorengo 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lugano (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglamark Face Cream for Men, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0097, 5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dermalog Skin-Cure 63%, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0100, 5090 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dermalog</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Klinion Personal Care Bodycream 70%, 30 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0112, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klinion</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>AVIVIR, ALOE VERA GEL, 150 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5090 0028, 5090 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skin cream</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>AVIVIR Aloe Vera</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Avivir ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vangedevej 225  st tv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dyssegaard</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>AVIVIR Aloe Vera Men's After Shave, 100 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0028, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AVIVIR Aloe Vera</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>DermaPharm A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Europavej 10</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fårup</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>meraki pure basic BODY LOTION, 490 ml</x:v>
+        <x:v>Klinion Personal Care Bodycream 70%, 100 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0112, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klinion</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dharmazone Nordic Consciousness Lotion, 30 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0112, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dharmazone</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dharmazone Nordic Consciousness Lotion, 400 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0112, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dharmazone</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lykkegaard Revitalizing Moisture Night Cream, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0097, 5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lykkegaard</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglamark Nipple balm, 30 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0112, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dermalog Hand Cream, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0100, 5090 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dermalog</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rovell Hotels Lotion, 30 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0264</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rovell Hotels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA Cosmetics International GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rastatter Strasse 2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kehl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ESTEBAN Hand &amp; Body Lotion (D-10627), 3 l (refill jerrycan)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0351, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Estéban</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Moisturising lotion for hands and body, pump dispenser, 480 ml (P500R_RBL2AY)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0418</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>GFL SA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Sorengo 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lugano (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Natur Energizing Bodylotion, 400 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0091, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Natur</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Natur Nourishing Body Lotion Fragrance Free, 400 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0091, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Natur</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Natur Nourishing Hand Cream Fragrance Free, 35 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0091, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Natur</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Natur Superfruit Goji Berry + Aloe Vera Body Butter, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0091, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Natur</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Klinion Personal Care Barrier Cream, 30 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0112, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klinion</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vide Vilda Mamma Bröstvårtskräm, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0112, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VIDE VILDA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco by Green Culture Hand &amp; Body Lotion (D-10632), 200 ml (SmartCare dispenser)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0351, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eco by Green Culture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Plum Handy Lotion 18 %, 100 ml (2601)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0115, 5090 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Plum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frederik Plums Vej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Assens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Derma Man Oil-Free Face Gel 50 ml - 20002025</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5090 0094, 5090 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skin cream</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Derma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Washing Lotion u/parfume, 20 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Neutral Night Cream, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0106, 5090 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neutral</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilever Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ørestads Boulevard 73</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København S</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Intensive Care, 100 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0112, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Wash Cream (Perfume), 500 ml bottle + pump</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2090 0244</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Care AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1336</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Barrier Cream, 150 ml tube + flip cap</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2090 0244</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Care AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1336</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Body Cream (Perfume), 20 ml tube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2090 0244</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Care AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1336</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Zinc Cream, 100 ml tube – flip cap</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2090 0244</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Care AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1336</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Body Oil, 250 ml bottle + flip top</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2090 0244</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Care AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1336</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Plum Handy Creme, 100  ml (2461)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0115, 5090 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Plum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frederik Plums Vej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Assens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Plum Handy Creme, 0,7 L (2470)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0115, 5090 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Plum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frederik Plums Vej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Assens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Zinc Cream, 20 ml tube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2090 0244</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Care AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1336</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Wash Cream (Perfume), 150 ml tube + flip cap</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2090 0244</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Care AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1336</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Skincare Lotion (up), 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Håndcreme (up), 150 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Absolute Nordic Skincare Body Milk, 30 ml (bottle tofino)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0264</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Absolute Nordic Skincare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA Cosmetics International GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rastatter Strasse 2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kehl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Washing Lotion (mp), 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>#Hello Care Panthenol Ointment, 100 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>#Hello Skincare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Sense Body lotion, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0112, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Zinc Ointment, 15 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0112, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hopal Moisturizing Lotion, 360 ml (PCYR360BLHP)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0219, 3090 0218</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hopal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GFL SA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Sorengo 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lugano (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Derma Eco Firming Anti-age Cream, 50 ml - 20001818</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Derma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Derma Family Nourishing Bodylotion, 200 ml - 26001282</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Derma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yasuragi Kroppslotion utan parfum, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0316, 5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yasuragi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>AVIVIR The ALOE VERA AFTER SHAVE LOTION, 150 ml - 26001644</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AVIVIR Aloe Vera</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>AVIVIR The ALOE VERA CREAM, 150 ml - 26001640</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AVIVIR Aloe Vera</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Striber Mild Night Cream Sensitive, Fragrance Free, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0091, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Striber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Striber Glycerin Hand Cream, Fragrance Free, 100 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0091, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Striber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Body Cream, 100 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0112, 5090 0002, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dermalog Ansiktskräm 21%, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0100, 5090 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dermalog</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop Änglamark Dermacare Panthenol balm Provitamin B5, 100 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0112, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Søstrene Grene Foot Creme Pure Bliss, 100 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0097, 5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søstrene Grene</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>AVIVIR Aloe Vera Gel, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0028, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AVIVIR Aloe Vera</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lykkegaard Balancing Nurture Body Lotion, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0097, 5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lykkegaard</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lykkegaard Age Carefully Hyaluronic Acid Power Cream, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0097, 5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lykkegaard</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Consciousness Lotion, 375 ml (2694-1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0115, 5090 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dharmazone</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frederik Plums Vej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Assens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hopal Moisturizing Lotion, 360 ml (PCYR360BLHP)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0418</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>GFL SA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Sorengo 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lugano (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Esteban Hand &amp; Body Lotion (D-10627), 10 l (cubitainer)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0351, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Estéban</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>The Core Hyaluron 24H Face Cream, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0091, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Striber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Esteban Hand &amp; Body Lotion (D-10627), 300 ml (Shape dispenser), rf</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0351, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Estéban</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Natur Nourishing 98% Aloe Vera Gel, Fragrance Free, 150 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0091, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Natur</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Natur Solution anti-redness cream, fragrance free, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0091, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Natur</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dermalog Lotion 16%, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0100, 5090 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dermalog</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dermalog Fuktighetskräm 22%, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0100, 5090 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dermalog</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Danatekt Lotion 21%, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0140, 5090 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Danatekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>AVIVIR, ALOE VERA GEL, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0028, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AVIVIR Aloe Vera</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avivir ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vangedevej 225  st tv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dyssegaard</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rudolph Care Firming Therapy Rich Cream, 50 ml - 26001485</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0150, 5090 0045</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolph Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Plum Plutect Dual, 100 ml (2541)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0115, 5090 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frederik Plums Vej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Assens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Bodycreme, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Wash Cream (Perfume), 250 ml tube + flip cap</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2090 0244</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Care AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1336</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Wash Cream (Perfume-free), 1000 ml bottle + pump</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2090 0244</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Care AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1336</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco by Green Culture Hand &amp; Body Lotion, 300 ml (Press &amp; Wash dispenser)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0264</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eco by Green Culture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA Cosmetics International GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rastatter Strasse 2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kehl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sterisol SOFT Skin Creme, 0,375 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0317</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sterisol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sterisol AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 149</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstena</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Absolute Nordic Skincare Hand &amp; Body Milk (D-10482), 300 ml (Smart care dispenser)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0264</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Absolute Nordic Skincare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA Cosmetics International GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rastatter Strasse 2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kehl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Hand Cream, 75 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Hand Cream (mp), 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HTH 97 % Aloe Vera Gel, 100 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2090 0332</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dr. Greve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Home &amp; Personal Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 673 Skøyen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSLO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Sense Hand cream, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0112, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Derma Eco Nourishing Night Cream, 50 ml - 20001820</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Derma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ZENZ Anti-ageing Face Cream Pure no. 101, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0381, 5090 0375</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ Organic Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thoravej 7, st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København NV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ZENZ Anti-ageing Face Cream Deep Wood no. 100, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0381, 5090 0375</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ Organic Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thoravej 7, st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København NV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Think, act and live responsible Hand &amp; Body Lotion (D-11914), 3 l (refill jerrycan)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0351, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Think, Act &amp; Live Responsible</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Think, act and live responsible Hand &amp; Body Lotion (D-11914), 300 ml (SmartCare dispenser)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0351, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Think, Act &amp; Live Responsible</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Washing Lotion No Colorants With Perfume, 500 ml - 20001917</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Derma Family Nourishing Bodylotion, 800 ml - 20002113</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Derma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco by Green Culture Hand &amp; Body Lotion (D-10632, 10 l (cubitainer)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0351, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eco by Green Culture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Think Act &amp; Live Responsible Hand &amp; Body Lotion (D-11914), 10 l (cubitainer)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0351, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Think, Act &amp; Live Responsible</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ingredien Curl Build M Care, med parfume, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abena Body &amp; Hand Cream 25% 250ml bottle</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4090 0422, 4090 0410</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AS Chemi-Pharm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tänassilma tee 11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saku</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Erisan Pro Hydra Cream 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4090 0425, 4090 0221</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erisan Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yasuragi Kroppslotion med parfum refill, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0316, 5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yasuragi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lotus Love Bodyscrub, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lotus Love</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglamark shaving gel, 150 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yasuragi Kroppslotion refill m/p, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0316, 5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yasuragi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Meraki Pure Basic Body Wash, 490 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0002, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Meraki</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DermaPharm A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Europavej 10</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fårup</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Mums with love Hand Cream, 50 ml</x:v>
+        <x:v>AVIVIR The ALOE VERA GEL SPRAY, 75 ml - 20002765</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AVIVIR Aloe Vera</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>AVIVIR The ALOE VERA GEL, 150 ml - 26001771</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AVIVIR Aloe Vera</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NOFO Hand cream Green Tea, 75 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0385</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NoFo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hardford AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1213</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NOFO Hand cream White Ylang, 75 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0385</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NoFo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hardford AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1213</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Anyah, Body cream, Anyah,5 liters tank (TB5LBL2AY)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0219, 3090 0418, 3090 0218</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Anyah</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GFL SA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Sorengo 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lugano (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>eqderma Hydrating Hand &amp; Body lotion, 5 l (26209)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0115, 5090 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>eqderma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frederik Plums Vej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Assens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HTH Original Body Lotion, Fragrance Free, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2090 0332</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Home &amp; Personal Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 673 Skøyen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSLO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MIILD Skinlove Facial oil no. 1 for dry and sensitive skin, 30 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Miild</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Best Western, Hand &amp; Body Lotion, 30 ml bottle Prag</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0264</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA Cosmetics International GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rastatter Strasse 2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kehl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BIST DU NOCH GANZ sauber? 02 / BODY LOTION, 300 ml (Smart Care dispenser)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0264</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BIST DU NOCH GANZ sauber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA Cosmetics International GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rastatter Strasse 2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kehl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lykkegaard Anti-pollution Protective Face Cream, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0097, 5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lykkegaard</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Danatekt Barrierecreme, 60 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0140, 5090 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Danatekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lykkegaard Age Gracefully Hyaluronic Acid Power Cream, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0097, 5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lykkegaard</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lykkegaard Conscious Nourishing Moisturizer, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0097, 5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lykkegaard</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ESTEBAN Hand &amp; Body Lotion (D-10627), 300 ml (Cannes dispenser)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0351, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Estéban</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ESTEBAN Hand &amp; Body Lotion (D-10627), 300 ml (Shape dispenser)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0351, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Estéban</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Meraki Day Cream, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meraki</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Natur Nourishing Eye Cream, Fragrance Free, 15 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0091, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Natur</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Natur Superfruit  Blueberry + Sea Buckthorn Body Lotion, 400 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0091, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Natur</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Natur Firming Anti-Age Night Cream Fragrance Free, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0091, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Natur</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Natur Nourishing Body Butter Fragrance Free, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0091, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Natur</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Natur Intensive Moisture 72h Face Cream Fragrance Free, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0091, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Natur</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>eqderma Hydrating Hand &amp; Body Lotion, 450 ml (26204)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0115, 5090 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>eqderma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frederik Plums Vej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Assens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dermalog Fet Kräm 56%, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0100, 5090 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dermalog</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Danatekt Rensecreme, 150 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0140, 5090 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Danatekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Danatekt Creme,  100 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0140, 5090 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Danatekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Danatekt Rensecreme, 60 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0140, 5090 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Danatekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>AVIVIR, Aloe Vera Creme, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0028, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AVIVIR Aloe Vera</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avivir ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vangedevej 225  st tv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dyssegaard</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Coop Änglamark Dermacare Repair creme 63%, 100 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5090 0112, 5090 0040</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skin cream</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Mums with love</x:v>
+        <x:v>Änglamark</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Sense A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mads Clausens Vej 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Silkeborg</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Matas Natur Energizing Glow Day cream SPF15, 50 ml</x:v>
+        <x:v>Coop Änglamark Dermacare Day cream, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0112, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Søstrene Grene Hand Cream Pure Bliss, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0097, 5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søstrene Grene</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DAX Professional Hudsalva oparfymerad, 125 ml (276-12)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0115, 5090 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAX</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frederik Plums Vej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Assens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Moisturising lotion for hands and body, pump dispenser, 480 ml (P500R_RBL2AY)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0219, 3090 0218</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Anyah</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GFL SA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Sorengo 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lugano (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Derma Family High Absorbent Hand Cream, 75 ml - 26001120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Derma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ZENZ Body Lotion Blossom no. 43, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0381, 5090 0375</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ Organic Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thoravej 7, st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København NV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abena Body Cream 25%  250ml bottle</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4090 0422, 4090 0410</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AS Chemi-Pharm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tänassilma tee 11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saku</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco-Boutique Hand &amp; Body Lotion (D-10627), 10 l (cubitainer)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0351, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eco-Boutique</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ingredien Curl Design Cast, uden parfume, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ingredien Curl Design Control, med parfume, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abena Body &amp; Hand Cream 25% 1000ml dispenso bottle</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4090 0422, 4090 0410</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AS Chemi-Pharm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tänassilma tee 11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saku</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dr. Greve Phases Nourishing Intimate Oil, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0112, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dr. Greve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Think, act and live responsible Hand &amp; Body Lotion (D-11914), 300 ml (SmartCare dispenser), rf</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0351, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Think, Act &amp; Live Responsible</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco-Boutique Hand &amp; Body Lotion (D-10627), 200 ml (Smartcare dispenser)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0351, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eco-Boutique</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Handy Mild 25%, 0,5 L (2535)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0115, 5090 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Plum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Plum A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frederik Plums Vej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Assens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tork Sensitive Moisturizing Hand Lotion, 475 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2090 0053</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tork</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Care AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1336</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Hand Cream 24% u/parfume, 20 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Body Cream (Perfume), 150 ml tube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2090 0244</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Care AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1336</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Body Lotion, 500 ml bottle + pump</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2090 0244</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Care AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1336</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Barrier Cream, 50 ml tube + flip cap</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2090 0244</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Care AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1336</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Skincare Lotion (up), 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Neutral Body Lotion, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0299</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neutral</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilever Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ørestads Boulevard 73</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København S</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco-Boutique Body Lotion (D-10627), 30 ml (bottle)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0351, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eco-Boutique</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Washing Lotion (mp), 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>#Hello Care Aloe Vera Gel 96%, 100 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>#Hello Skincare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Derma Eco Rich &amp; Caring Bodylotion, 400 ml (20001986)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Derma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Derma Eco Moisturizing Day Cream, 50 ml - 20001817</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Derma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Derma Eco Firming Anti-age Serum, 30 ml - 20001819</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Derma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lotus Love Bodylotion, 100 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0316, 5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lotus Love</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>AVIVIR Aloe Vera Woman's Shave Mousse, 150 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0294, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AVIVIR Aloe Vera</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>AVIVIR Aloe Vera Skinwash, 300 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0294, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AVIVIR Aloe Vera</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mercure Body Lotion, 30 ml (TJ01#24087)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0219, 3090 0418, 3090 0218</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mercure Hotels</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GFL SA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Sorengo 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lugano (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Striber Men Face Cream, Fragrance Free, Sensitive Skin, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0091</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Men</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>AVIVIR The ALOE VERA BODY LOTION, 150 ml - 26001639</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AVIVIR Aloe Vera</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HTH Original Universal Cream, 100 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2090 0332</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Home &amp; Personal Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 673 Skøyen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSLO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>one day care, hand &amp; body lotion, 30 ml bottle</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0264</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>one day care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA Cosmetics International GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rastatter Strasse 2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kehl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Danatekt Barrierecreme, 150 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0140, 5090 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Danatekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rudolph Care Firming Eye Mask, 20 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0150, 5090 0045</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolph Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Esteban Body Lotion, 300 ml (Smart care dispenser)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0264</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Estéban</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA Cosmetics International GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rastatter Strasse 2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kehl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Natur Blemish Control Spot Stick, 10 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5090 0091, 5090 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skin cream</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Matas Natur</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Persano Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skaaremosevej 11-14, Blistrup</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Graested</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Matas Natur Intensive moisture night cream fragrance free, 50 ml</x:v>
+        <x:v>Matas Natur Moisturizing anti-age hand cream, 80 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5090 0091, 5090 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skin cream</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Matas Natur</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Persano Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skaaremosevej 11-14, Blistrup</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Graested</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Matas Natur Nourishing Hand Cream Fragrance Free, 240 ml</x:v>
+        <x:v>Matas Natur Nourishing Hand Cream Fragrance Free, 80 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5090 0091, 5090 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skin cream</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Matas Natur</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Persano Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skaaremosevej 11-14, Blistrup</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Graested</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Matas Natur Moisturizing Anti-Age Body Lotion, 400 ml</x:v>
+        <x:v>Matas Natur Firming 24h Anti-Age Face Cream Fragrance Free, 50 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5090 0091, 5090 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skin cream</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Matas Natur</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Persano Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skaaremosevej 11-14, Blistrup</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Graested</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Matas Natur Nourishing Day Cream SPF 15 Fragrance Free, 50 ml</x:v>
+        <x:v>eqderma Hydrating Hand &amp; Body lotion, 400 ml (26208)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0115, 5090 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>eqderma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frederik Plums Vej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Assens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>The Core 5% Niacinamid 24H cream, 50 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5090 0091, 5090 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skin cream</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Matas Striber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abena Skincare Lotion 15% lipids, 200ml tube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4090 0422, 4090 0410</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AS Chemi-Pharm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tänassilma tee 11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saku</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dermalog Fet Kräm 56%, 100 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0100, 5090 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dermalog</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dermalog Skin-Cure 63%, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0100, 5090 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dermalog</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Klinion Personal Care Bodycream 70%, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0112, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klinion</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Klinion Personal Care Hand &amp; Body Cream, 30 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0112, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klinion</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Klinion Personal Care Hand &amp; Body Cream, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0112, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klinion</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Klinion Personal Care Barrier Cream, 15 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0112, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klinion</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dharmazone Eco Body &amp; Hand Lotion, 30 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0112, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dharmazone</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Danatekt Brystvortecreme, 60 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0140, 5090 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Danatekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cien Sensitive Bodylotion, 275 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0133, 5090 0080</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lidl Sverige KB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 4093</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lotus Love Bodylotion, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0097, 5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lotus Love</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mentholatum Intensive Hand Cream, 100 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0121, 5090 0066</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mentholatum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Zinc Ointment No perfume, 100 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Zinc Ointment No perfume, 15 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Sense Hand cream, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0112, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Zinc Ointment, 100 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0112, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Hand Cream Lotion No Colorants or perfume, 500 ml (20001979)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Hand Cream No Colorants With Perfume, 500 ml – 20001980</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abena Washing Lotion 600ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4090 0422, 4090 0410</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AS Chemi-Pharm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tänassilma tee 11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saku</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Think Act &amp; Live Responsible Hand &amp; Body Lotion (D-11914), 300 ml (Shape dispenser)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0351, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Think, Act &amp; Live Responsible</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ingredien Curl Build M Care, uden parfume, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Erisan Pro Hydra Cream 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4090 0425, 4090 0221</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erisan Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Neutral Hand Cream, 75 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0106, 5090 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neutral</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilever Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ørestads Boulevard 73</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København S</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Washing Lotion No colorants or perfume, 500 ml - 20001916</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Barrier Cream, 20 ml tube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2090 0244</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Care AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1336</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Zinc Cream, 50 ml tube + flip cap</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2090 0244</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Care AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1336</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco by Green Culture Bodylotion, 30 ml (flaske)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0264</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eco by Green Culture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA Cosmetics International GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rastatter Strasse 2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kehl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sterisol SOFT Skin Creme No Parfum, 0,375 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0317</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sterisol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sterisol AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 149</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstena</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hudcreme Handy Repair 45% uparfumeret, 100 ml (3171)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0115, 5090 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Plum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frederik Plums Vej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Assens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Striber Men 24H Face Cream, Fragrance Free, Sensitive Skin , 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0091</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Men</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Striber Men Body Lotion, Fragrance Free, Sensitive Skin, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0091</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Men</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Striber Men Oil Free Face Gel, Fragrance Free, Blemish-Prone Skin , 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0091</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Men</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Striber Firming 24H Cream Normal hud uden parfume, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0091</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Men</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglamark Shaving foam for men, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0296, 5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>AVIVIR Aloe Vera Men's Shaving Foam, 150 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0294, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AVIVIR Aloe Vera</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Derma Eco Hand Scrub, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0002, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Derma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Derma Eco Refreshing Cleansing Gel, 200 ml - 20002444</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0002, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Derma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Striber Mild Day Cream Sensitive, Fragrance Free, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0091, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Striber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Striber Kollagen Booster Natcreme, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0091, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Striber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HTH Original Body Lotion, Fragrance Free, 400 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2090 0332</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Home &amp; Personal Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 673 Skøyen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSLO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Natur Intensive moisture 72h serum fragrance free, 30 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0091, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Matas Natur</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Persano Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skaaremosevej 11-14, Blistrup</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Graested</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Matas Natur Moisturizing Anti-Age Night Cream, 50 ml</x:v>
+        <x:v>Matas Natur Nourishing Foot Cream, Fragrance Free, 80 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5090 0091, 5090 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skin cream</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Matas Natur</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Persano Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skaaremosevej 11-14, Blistrup</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Graested</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Matas Natur Nourishing 24h face cream fragrance free, 50 ml</x:v>
+        <x:v>Matas Natur Intensive Moisture Hand Cream Fragrance Free, 80 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5090 0091, 5090 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skin cream</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Matas Natur</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Persano Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skaaremosevej 11-14, Blistrup</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Graested</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Matas Natur Nourishing night cream fragrance free, 50 ml</x:v>
+        <x:v>Matas Natur Nourishing BB Cream SPF 15 fragrance free, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0092, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Natur</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Romantik Hotels &amp; Restaurants Hand &amp; Body Lotion (D-11914), 300 ml (SmartCare dispenser)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0351, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Romantik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abena Body Cream 35% lipids, 100ml tube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4090 0422, 4090 0410</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AS Chemi-Pharm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tänassilma tee 11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saku</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dermalog Fuktighetskräm 22%, 300 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0100, 5090 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dermalog</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dermalog Lotion 16%, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0100, 5090 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dermalog</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Klinion Personal Care Bodylotion, 100 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0112, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klinion</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Klinion Personal Care Bodylotion, 600 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0112, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klinion</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Klinion Personal Care Wash Cream, 600 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0112, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klinion</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Klinion Personal Care Barrier Cream, 100 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0112, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klinion</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>AVIVIR, Aloe Vera Anti Wrinkle Day Creme, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0028, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AVIVIR Aloe Vera</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avivir ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vangedevej 225  st tv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dyssegaard</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lovena sensitive dagkräm, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lovena</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Klinion Personal Care Oil, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0112, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klinion</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Best Western Plus, Hand &amp; Body Lotion, 30 ml bottle Prag</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0264</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA Cosmetics International GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rastatter Strasse 2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kehl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lykkegaard Nourishing Softening Hand Cream, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0097, 5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lykkegaard</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dermaknowlogy Scalp Cure - Itchy and Scaly Scalp, 175 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaKnowlogy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Salubrin Aloe Vera Gel, 60 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0097, 5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Salubrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>The Core Hyaluron Day Cream SPF 15, 50 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5090 0091, 5090 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skin cream</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Matas Striber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Natur Nourishing Body Lotion Fragrance Free, 80 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0091, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Matas Natur</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Persano Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skaaremosevej 11-14, Blistrup</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Graested</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Matas Natur Soothing Aftersun, 200 ml</x:v>
+        <x:v>ABENA Intensive Care, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0112, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Plum Plutect Dual, 0,7 L (2503)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0115, 5090 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frederik Plums Vej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Assens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Hand Cream, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Washing Lotion Gently scented, 20 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Skincare Lotion (up), 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Neutral Body Lotion, 400 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0299</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neutral</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilever Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ørestads Boulevard 73</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København S</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Boutique, Hand &amp; Body Lotion, 300 ml (Press &amp; Wash dispenser)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0264</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eco-Boutique</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA Cosmetics International GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rastatter Strasse 2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kehl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>#Hello Sunshine Aftersun Aloe Vera Gel, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>#Hello Skincare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Sense Body lotion, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0112, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Derma Eco Caring Hand Cream, 75 ml - 26001179</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Derma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Derma Eco Rich &amp; Caring Bodylotion, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Derma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ZENZ Hand Cream Blossom no. 47, 130 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0381, 5090 0375</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ Organic Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thoravej 7, st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København NV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco-Boutique Body Lotion (D-10627), 50 ml (bottle)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0351, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eco-Boutique</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ZENZ Body Lotion Pure no. 42, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0381, 5090 0375</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ Organic Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thoravej 7, st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København NV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Derma Family Nourishing Bodylotion, 350 ml - 26001283</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Derma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lille Kanin Bad &amp; Kroppolja, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0403, 5090 0395</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lille Kanin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lille Kanin ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Olaf Ryes Gade 7N, 1.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lille Kanin Hand Lotion, 300 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0403, 5090 0395</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lille Kanin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lille Kanin ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Olaf Ryes Gade 7N, 1.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Absolute Nordic Skincare Hand &amp; Body Lotion (D-10756), 10 l (cubitainer)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0351, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Absolute Nordic Skincare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dr. Greve Phases Calming Intimate Gel, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0112, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dr. Greve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yasuragi Kroppslotion med parfum, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0316, 5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yasuragi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yasuragi Kroppslotion utan parfum refill, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0316, 5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yasuragi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lotus Love Bodyscrub, 100 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0316, 5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lotus Love</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yasuraghi Kroppslotion m/p, 100 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0316, 5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yasuragi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Shower and Bathing Oil Scented, 500 ml (6663)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0062</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pro-Ren A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Springstrup 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holbæk</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Striber Hydra Øjencreme Uden Parfume, 15 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0091, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Striber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Striber Anti Wrinkle 35+ Serum Tør Hud, 30 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0091</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Striber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Striber Men Anti-Age Face Gel, Fragrance Free, Sensitive Skin 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0091</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Men</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Anyah Moisturising Lotion, 480 ml (FLR500RBLAY)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0219, 3090 0418, 3090 0218</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Anyah</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GFL SA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Sorengo 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lugano (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Striber Sun Face Fluid SPF 30, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0400, 5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Striber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>AVIVIR The Aloe Vera Day Cream, 50 ml - 20002761</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AVIVIR Aloe Vera</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HTH Skin Repair Intensive Cream, 100 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2090 0332</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Home &amp; Personal Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 673 Skøyen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSLO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HTH Aloe Vera Body Lotion, 400 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2090 0332</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Home &amp; Personal Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 673 Skøyen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSLO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HTH Original Body Lotion, 400 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2090 0332</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Home &amp; Personal Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 673 Skøyen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSLO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>AVIVIR The Aloe Vera Intensive Care Cream, 150 ml - 26001772</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AVIVIR Aloe Vera</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mevolution Sensitive Body Lotion, 275 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0133, 5090 0080</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mevolution</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ESTEBAN Hand &amp; Body Lotion (D-10627), 50 ml (bottle Prague)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0351, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Estéban</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Consciousness Lotion, 30 ml (264-1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0115, 5090 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dharmazone</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frederik Plums Vej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Assens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hopal Body Cream, 30 ml (#TJ01BLHP)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0418</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>GFL SA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Sorengo 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lugano (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hopal Moisturizing Lotion, 360 ml (#CYR360BLHP)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0418</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>GFL SA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Sorengo 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lugano (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Natur Intensive Moisture Body Lotion, Fragrance Free, 400 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0091, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Natur</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Natur Superfruit Goji Berry + Aloe Vera Body Lotion, 400 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0091, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Natur</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Natur Firming Anti-Age Day Cream SPF 15 fragrance free, 50 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5090 0092, 5090 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skin cream</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Matas Natur</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Persano Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skaaremosevej 11-14, Blistrup</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Graested</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Änglamark Bodylotion, 200 ml - 20002366</x:v>
+        <x:v>Romantik Hotels &amp; Restaurants Hand &amp; Body Lotion (D-11914), 300 ml (Cannes dispenser)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0351, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Romantik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vide Vilda Mamma Hudvårdsolja, 150 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0112, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>VIDE VILDA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Striber Hyaluron Body Butter, 250 ml - 20002473</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5090 0094, 5090 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skin cream</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Matas Striber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Striber Hyaluron Body Lotion, 400 ml - 20002482</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Striber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abena Skincare Lotion 15% lipids, 500ml round bottle</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4090 0422, 4090 0410</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AS Chemi-Pharm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tänassilma tee 11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saku</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abena Washing Lotion, 150ml bottle</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4090 0422, 4090 0410</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AS Chemi-Pharm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tänassilma tee 11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saku</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dermalog Lotion 16%, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0100, 5090 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dermalog</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Camilo Massageolja, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0112, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Camilo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>AVIVIR, Aloe Vera Anti Wrinkle Night Creme, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0028, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AVIVIR Aloe Vera</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rudolph Care Body Oil Acai Antioxidant, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0150, 5090 0045</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolph Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dharmazone Eco Body &amp; Hand Lotion, 400 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0112, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dharmazone</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglamark Day Cream, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Änglamark</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DermaPharm A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Europavej 10</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fårup</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Änglamark Bodylotion, 500 ml - 20002367</x:v>
+        <x:v>Coop Änglamark Dermacare Night cream, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0112, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DAX Professional Handcreme oparfymerad, 100 ml (226-12)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0115, 5090 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAX</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frederik Plums Vej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Assens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>DAX Professional Handcreme parfymerad, 100 ml (227-12)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0115, 5090 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DAX</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frederik Plums Vej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Assens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Premier Best Western, Hand &amp; Body Lotion, 30 ml bottle Prag</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0264</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA Cosmetics International GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rastatter Strasse 2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kehl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Intensive Care, 30 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0112, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Plum Handy Mild 25 %, 100 ml (2532)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0115, 5090 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Plum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frederik Plums Vej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Assens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Derma Man 24H Face Cream, 50 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5090 0094, 5090 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skin cream</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Derma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Barrier Ointment, 30 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Hand Cream, 100 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Wash Cream (Perfume), 20 ml tube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2090 0244</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Care AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1336</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Body Lotion, 20 ml tube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2090 0244</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Care AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1336</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Plum Handy Creme 40 %, 100 ml (3131)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0115, 5090 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Plum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frederik Plums Vej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Assens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Neutral Body Cream, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0106, 5090 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neutral</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilever Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ørestads Boulevard 73</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København S</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LIV Hand &amp; Hudkräm, 125 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0288</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Liv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco by Green Culture, Bodylotion 30 ml (tube)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0264</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eco by Green Culture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA Cosmetics International GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rastatter Strasse 2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kehl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco by Green Culture Hand &amp; Body Lotion, 300 ml (Smart care dispenser)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0264</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eco by Green Culture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA Cosmetics International GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rastatter Strasse 2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kehl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Hot Stuff Moisturizing Protection Creme, 100 ml MP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Neutral Day Cream, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0106, 5090 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neutral</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilever Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ørestads Boulevard 73</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København S</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sterisol SOFT Skin Creme, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0317</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sterisol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sterisol AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 149</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstena</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HEVI Sugaring Body Balm, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0112, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HEVI Sugaring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Boutique, Hand &amp; Body Lotion, 300 ml (Smart Care dispenser)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0264</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eco-Boutique</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA Cosmetics International GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rastatter Strasse 2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kehl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>#Hello Care Carbamide Lotion 5%, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>#Hello Skincare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Sense Body lotion, 100 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0112, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Derma Eco Softening Body Oil, 150 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Derma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco-Boutique Hand &amp; Body Lotion (D-10627), 300 ml (Cannes dispenser)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0351, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eco-Boutique</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ingredien Curl Design Control, uden parfume, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco-Boutique Hand &amp; Body Lotion (D-10627), 300 ml (Shape dispenser), rf</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0351, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eco-Boutique</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco by Green Culture Hand &amp; Body Lotion (D-10632), 300 ml (Shape dispenser), rf</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0351, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eco by Green Culture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Think, act and live responsible Hand &amp; Body Lotion (D-11914), 300 ml (Shape dispenser), rf</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0351, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Think, Act &amp; Live Responsible</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lille Kanin Handkräm, 75 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0403, 5090 0395</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lille Kanin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lille Kanin ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Olaf Ryes Gade 7N, 1.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yasuragi Kroppslotion utan parfum, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0316, 5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yasuragi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cien Sensitive Shower Gel, 1 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0080</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yasuragi Kroppslotion u/p, 100 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0316, 5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yasuragi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yasuragi Kroppslotion refill u/p, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0316, 5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yasuragi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Striber Aftersun Lotion Fragrance Free, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0091, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Striber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abena Body Cream 25% lipids, 50ml tube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4090 0422, 4090 0410</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AS Chemi-Pharm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tänassilma tee 11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saku</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Striber Glycerin Hand Cream, Fragrance Free, 40 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0091, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Striber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Striber Aftersun Spray Uden Parfume, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0091</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Striber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Striber Men Body Lotion, Fragrance Free, Sensitive Skin, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0091</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Men</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Striber Fod- og Kropspudder, 90 g</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0091</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Striber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>NOFO Hand cream Rhubarb, 75 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0385</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NoFo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hardford AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1213</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Anyah Body Cream, 46 ml (P52RBLAY)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0219, 3090 0418, 3090 0218</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Anyah</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GFL SA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Sorengo 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lugano (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abena Body Cream 35% lipids, 50ml tube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4090 0422, 4090 0410</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AS Chemi-Pharm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tänassilma tee 11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saku</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HTH Original Body Lotion, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2090 0332</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hth</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Home &amp; Personal Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 673 Skøyen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSLO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mevolution Sunset Bliss After Sun Lotion, 200 ml - 26001776</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0095, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mevolution</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglamark Hand Cream, 100 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Änglamark</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DermaPharm A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Europavej 10</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fårup</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Dermalog Fet Kräm 56%, 300 ml</x:v>
+        <x:v>Esteban Body Lotion, 30 ml bottle Prag</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0264</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Estéban</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA Cosmetics International GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rastatter Strasse 2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kehl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>meraki pure basic HAND LOTION, 275 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meraki</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Natur Blemish Control Face Cream, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0091, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Natur</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cien Sensitive Bodylotion, 450 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0112, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Natur Firming Anti-Age Eye Cream, Fragrance Free, 15 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0091, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Natur</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Natur Superfruit Goji Berry + Aloe Vera Hand Cream, 80 ml </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0091, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Natur</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Natur Moisturizing Anti-Age Face Cream, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0091, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Natur</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rudolph Care Hand and Body Cream, 500 ml - 20002382</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0150, 5090 0045</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolph Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>The Core Vitamin C 24h Face Cream, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0091, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Striber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Honey Prebiotic Face Mist, 100 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0387</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>HONEY</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>House of Cosmetics</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Olaf Ryes Gade 7N, 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abena Body Cream 25% lipids, 200ml tube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4090 0422, 4090 0410</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AS Chemi-Pharm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tänassilma tee 11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saku</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hydra Ansigtslotion SPF 50 Uden Parfume, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0092, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Striber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hydra Bronzing Ansigtslotion SPF 50 Uden Parfume, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0092, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Striber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dermalog Fuktighetskräm 22%, 50 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5090 0100, 5090 0015</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skin cream</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dermalog</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Persano Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skaaremosevej 11-14, Blistrup</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Graested</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Camilo Hudsalva, 200 ml</x:v>
+        <x:v>Klinion Personal Care Hand &amp; Body Cream, 600 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5090 0112, 5090 0040</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skin cream</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Camilo</x:v>
+        <x:v>Klinion</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Sense A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mads Clausens Vej 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Silkeborg</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Danatekt Creme, 500 ml</x:v>
-[...17 lines deleted...]
-        <x:v>Danatekt</x:v>
+        <x:v>AVIVIR, ALOE VERA BODY LOTION, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0028, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AVIVIR Aloe Vera</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Avivir ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vangedevej 225  st tv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dyssegaard</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rudolph Care Acai Anti-Ageing Facial Moisturizer, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0150, 5090 0045</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolph Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rudolph Care Acai All In One Eye Cream, 15 ml - 31000608</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0150, 5090 0045</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolph Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglamark Night Cream, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MIILD Skinlove Facial oil no. 2 For oily and combination skin, 30 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Miild</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ECO BY HOTELSTARS.EU BODY LOTION, 30 ml bottle</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0264</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ECO by HOTELSTARS.EU</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA Cosmetics International GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rastatter Strasse 2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kehl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Meraki Face Cream, 50ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Meraki</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Derma Man After Shave Balm, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Derma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Washing Lotion Scented (mp), 5000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Hudlotion (up), 100 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Hand Cream 24% m/parfume, 20 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Wash Cream (Perfume), 1000 ml bottle + pump</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2090 0244</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Care AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1336</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Wash Cream (Perfume-free), 20 ml tube</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2090 0244</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Care AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1336</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Body Cream (Perfume-free), 150 ml tube + flip cap</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2090 0244</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Care AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1336</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Body Lotion, 250 ml bottle + flip top</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2090 0244</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Care AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1336</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hopal Body Cream, 30 ml (#TJ01BLHP)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0219, 3090 0218</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hopal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GFL SA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Sorengo 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lugano (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yasuragi Kroppslotion utan parfum refill, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0097, 5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yasuragi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Body Cream, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Hot Stuff Moisturizing Protection Creme, 100 ml UP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sterisol SOFT Skin Creme No Parfum, 0,7 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0317</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sterisol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sterisol AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 149</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstena</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>HTH Aloe Vera Body Lotion, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2090 0332</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dr. Greve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Home &amp; Personal Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 673 Skøyen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OSLO</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>#Hello Care Body Cream 40%, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>#Hello Skincare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Think, act and live responsible Hand &amp; Body Lotion (D-11914), 300 ml (Cannes dispenser)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0351, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Think, Act &amp; Live Responsible</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ingredien Curl Design Cast, med parfume, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0174</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Erisan Pro Wash Cream 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4090 0425, 4090 0221</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Erisan Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco-Boutique Hand &amp; Body Lotion (D-10627), 200 ml (Smartcare dispenser), rf</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0351, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eco-Boutique</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco by Green Culture Hand &amp; Body Lotion (D-10632), 200 ml (SmartCare dispenser), rf</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0351, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eco by Green Culture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Plum Handy Lotion 18 %, 50 ml (2602)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0115, 5090 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Plum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frederik Plums Vej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Assens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>eqderma Hydrating Hand &amp; Body lotion, 505 ml (26210)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0115, 5090 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>eqderma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frederik Plums Vej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Assens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>AVIVIR The Aloe Vera Night Cream, 50 ml - 20002762</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AVIVIR Aloe Vera</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yasuragi Kroppslotion med parfum, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0316, 5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yasuragi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>V- Touch Body Cream, 30 ml (TJ01BLHP#034858)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0219, 3090 0418, 3090 0218</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>V-Touch</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GFL SA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Sorengo 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lugano (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Plum Handy Care 70 %, 100 ml (2871)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0115, 5090 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Plum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frederik Plums Vej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Assens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Plum Handy Care 70 %, 50 ml (2875)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0115, 5090 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Plum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frederik Plums Vej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Assens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>AVIVIR The ALOE VERA HAND CREAM, 50 ml - 26001773</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AVIVIR Aloe Vera</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Striber Kollagen Booster Øjencreme, 15 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0091, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Striber</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Persano Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skaaremosevej 11-14, Blistrup</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Graested</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Danatekt Creme,  250 ml</x:v>
-[...17 lines deleted...]
-        <x:v>Danatekt</x:v>
+        <x:v>Matas Striber Hydra Intensiv Dagcreme Uden Parfume, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0091, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Striber</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Persano Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skaaremosevej 11-14, Blistrup</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Graested</x:v>
-      </x:c>
-[...13246 lines deleted...]
-        <x:v>Fårup</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>