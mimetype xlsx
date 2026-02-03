--- v0 (2025-12-15)
+++ v1 (2026-02-03)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6da1e100ac8649b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Racfa741fddf94c69" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Re21e13de5dc647ff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Rd2d25bd1f4204ba3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re21e13de5dc647ff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd2d25bd1f4204ba3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -1380,50 +1380,82 @@
       </x:c>
       <x:c t="str">
         <x:v>Skin cream for children</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lille Kanin</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lille Kanin ApS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Olaf Ryes Gade 7N, 1.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kolding</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Matas Striber Babypudder, 90 g</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0091</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skin cream for children</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Striber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Änglamark Baby powder, 100 g</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5090 0265, 5090 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skin cream for children</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Änglamark</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Allison A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hjortkærvej 2</x:v>