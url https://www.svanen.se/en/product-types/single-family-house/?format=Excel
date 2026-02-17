--- v0 (2025-12-21)
+++ v1 (2026-02-17)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4cd5e9a5a5349e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67ef334ccb75481e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R818ecaed256a42e0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R4b3eeedb70ae4c9e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R818ecaed256a42e0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4b3eeedb70ae4c9e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -2596,50 +2596,82 @@
       </x:c>
       <x:c t="str">
         <x:v>Single family house</x:v>
       </x:c>
       <x:c t="str">
         <x:v>089 New buildings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Trivselhus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Trivselhus AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Panelvägen 10</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Landsbro</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 15026 (Knappstad 2:106)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Skanska Sverige AB: Licens för att bygga Svanenmärkta småhus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3089 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Single family house</x:v>
       </x:c>
       <x:c t="str">
         <x:v>089 New buildings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skanska</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skanska Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Warfvinges väg 25</x:v>
@@ -2660,82 +2692,50 @@
       </x:c>
       <x:c t="str">
         <x:v>Single family house</x:v>
       </x:c>
       <x:c t="str">
         <x:v>089 New buildings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Åke Sundvall</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Åke Sundvall Byggnads AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 20066</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bromma</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Trivselhus, MOVE #202, proj.nr 15026 (Knappstad 2:106)</x:v>
-[...30 lines deleted...]
-      <x:c t="str">
         <x:v>Trivselhus, MOVE #103, proj.nr 13714 (Malakiten 7)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3089 0069</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Single family house</x:v>
       </x:c>
       <x:c t="str">
         <x:v>089 New buildings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Trivselhus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Trivselhus AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Panelvägen 10</x:v>
@@ -5284,50 +5284,1810 @@
       </x:c>
       <x:c t="str">
         <x:v>Single family house</x:v>
       </x:c>
       <x:c t="str">
         <x:v>089 New buildings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>JM</x:v>
       </x:c>
       <x:c t="str">
         <x:v>JM AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Trivselhus, MOVE #304, proj.nr 13114 (Kallfors 1:133)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #303, proj.nr 13212 (Gudby 6:33)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 13126 (Vansta 5:642)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #205, proj.nr 13102 (Bödatorp 10:13)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #104, proj.nr 13451 (Mellby 8:40)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 13606 (Fågelvik 1:663)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #303, proj.nr 13054 (Svartgranen 5)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 13525 (Bällsta 2:1243)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #201, proj.nr 13381 (Vitgranen 6)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #205, proj.nr 13122 (Almunge-Lövsta 1:151)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 13385 (Ströpsta 3:556)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #303, proj.nr 12974 (Gudby 6:35)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 13202 (Gudby 6:34)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #204, proj.nr 12917 (Söböringe 14:1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #104, proj.nr 13419 (Klingsta 10:7)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 13554 (Persiljan 3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #302, proj.nr 13583 (Kolmilan 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 13703 (Torsby 1:421)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 13715 (Bällsta 2:1241)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 13580 (Edsgatan 2:44)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #201, proj.nr 13699 (Gnejsen 6)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #104, proj.nr 13421 (Snesslingby 1:14)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #104, proj.nr 13548 (Gurkan 4)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #205, proj.nr 13387 (Runsbäck 3:54)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #105, proj.nr 13751 (Viken 8:11)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #104, proj.nr 13819 (Villshärad 8:13)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #106, proj.nr 13916 (Skedala 1:303)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #303, proj.nr 12598 (Länna 4:43)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 13756 (Nordanå 8:61)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #104, proj.nr 13672 Lilla Bråta (Götebo 1:20)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #104, proj.nr 13701 Lilla Bråta (Götebo 1:15)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #401, proj.nr 13854 Lilla Bråta (Götebo 1:28)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 13892 (Götebo 1:54)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #204, proj.nr 13778 (Timjanen 4)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #205, proj.nr 13776 (Össeby-Garns Prästgård 3:12)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 13730 (Tanums Gissleröd 1:189)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #308, proj.nr 13997 (Partille 3:322)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #305, proj.nr 14092 (Gudby 6:23)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #106, proj.nr 14036 (Kransmossan 4)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #104, proj.nr 14012 (Mjällby 5:30)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #303, proj.nr 14045 (Götebo 1:52)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #303, proj.nr 13030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus AB: Licens för att bygga Svanenmärkt småhus, MOVE #308</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus AB: Licens för att bygga Svanenmärkt småhus, MOVE LAB01, SET 1-4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #305, proj.nr 13220</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #204, proj.nr 13660 (Kungs Norrby 1:215)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus AB: Licens för att bygga Svanenmärkt småhus, MOVE #501</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 13345 (Styggtorp 1:57)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lyckos AB: Licens för att bygga Svanenmärkt småhus, Hustyp Kvadraten</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lyckos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lyckos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jungmansgatan 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OBOS Sverige AB: Licens för att bygga Svanenmärkt småhus (Myresjöhus)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0103</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OBOS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OBOS Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vetlanda</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #204, proj.nr 13281 (Nordanå 8:38)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 13288 (Nordanå 8:31)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #102, proj.nr 13428 (Norra Sund 67:2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus AB: Licens för att bygga Svanenmärkt småhus, MOVE #106</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 14596 (Stubbåkern 6)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Trivselhus, MOVE #303, proj.nr 14808 (Lundby 2:26)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3089 0069</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Single family house</x:v>
       </x:c>
       <x:c t="str">
         <x:v>089 New buildings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Trivselhus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Trivselhus AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Panelvägen 10</x:v>
@@ -5732,50 +7492,466 @@
       </x:c>
       <x:c t="str">
         <x:v>Single family house</x:v>
       </x:c>
       <x:c t="str">
         <x:v>089 New buildings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Trivselhus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Trivselhus AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Panelvägen 10</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Landsbro</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Trivselhus, MOVE #303, proj.nr 14031 (Norrlandet 4:47)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #201, proj.nr 13644 (Orlunda 2:22)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #104, proj.nr 14025 (Åsmehagen 1:3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #204, proj.nr 14057 (Nordanå 8:76)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 14049 (Österalnäs 19:3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 13686 (Strömma 1:38)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 13987 (Häradskär 24)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava, Småhus, Pionen i Ältadalen (Älta 10:141-10:186)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #308, proj.nr 13732 (Sköle 6:68)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, HOME #501, proj.nr 14272 (Runsbäck 3:21)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 14313 (Rasbo-Hammarby 1:73)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava, Småhus, Silverslänten II (NÄS 7:53-7:63)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 13787 (Dottersätter 1:9)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Trivselhus, MOVE #205, proj.nr 14380 (Öråker 2:43)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3089 0069</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Single family house</x:v>
       </x:c>
       <x:c t="str">
         <x:v>089 New buildings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Trivselhus</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Trivselhus AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Panelvägen 10</x:v>
@@ -5924,16602 +8100,14426 @@
       </x:c>
       <x:c t="str">
         <x:v>Single family house</x:v>
       </x:c>
       <x:c t="str">
         <x:v>089 New buildings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>JM</x:v>
       </x:c>
       <x:c t="str">
         <x:v>JM AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Trivselhus, MOVE #205, proj.nr 13122 (Almunge-Lövsta 1:151)</x:v>
-[...1279 lines deleted...]
-        <x:v>Lyckos AB: Licens för att bygga Svanenmärkt småhus, Hustyp Kvadraten</x:v>
+        <x:v>Bonava, Småhus, Äppellunden Sigtuna Stadsängar, Brf Äppellunden 1  (Kompositören 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava, Småhus, Lavendeln i Älta (Älta 10:63, Älta 10:188 – Älta 10:230)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #205, proj.nr 14743 (Lövsta 1:42)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 14858 (Rödögården 1:82)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #106, Proj.nr 14637 (Håkansön 13:77)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 14958 (Vega 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 15013 (Norrlandet 5:29)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #201, proj.nr 14757 (Åsbyggeby 8:60)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 14799 (Baggeröd 1:25)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 14789 (Kumla 1:60)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 14856 (Enslövs Djäknebol 1:24)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 14948 (Åsbyggeby 8:65)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #106, proj.nr 14949 (Alsbäck 3:18)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, HOME #602, proj.nr 14588 (Västra Grevie 11:56)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stena Bygg, Småhus, Vega Vårtriangeln (Täckeråker 1:208)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0166</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stena Bygg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stena Fastigheter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Värmlandsgatan 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 14857 (Finnkälken 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #106, proj.nr 14755 (Sjötungan 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #201, proj.nr 14919 (Brunnsberg 1:5)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OBOS, Småhus, Smålandsvillan Husqvarna (Tahe 1:130)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0103</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OBOS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OBOS Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vetlanda</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE # 204, proj.nr 14834 (Toarp 5:111)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skanska, Småhus, Gottorps Hage (Flugbaggen 1-40)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Warfvinges väg 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lyckos, Småhus, Brf Albatrossen (Mosippan 2, Tovsippan 1)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3089 0100</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Single family house</x:v>
       </x:c>
       <x:c t="str">
         <x:v>089 New buildings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lyckos</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lyckos</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jungmansgatan 12</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Malmö</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>OBOS Sverige AB: Licens för att bygga Svanenmärkt småhus (Myresjöhus)</x:v>
+        <x:v>Trivselhus, MOVE #103, proj.nr 13752 (Nordanå 8:60)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #204, proj.nr 13845 (Nordanå 8:77)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #401, proj.nr 13779 Lilla Bråta (Götebo 1:24)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #401, proj.nr 13860 Lilla Bråta (Götebo 1:23)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skanska, Småhus, Gustavspark (Busa 1, Boja 1, Broka 1, Blomstra 1, Blacka 1 och Björna 1-9)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Warfvinges väg 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #401, proj.nr 13976 (Götebo 1:25)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #401, proj.nr 14007 (Götebo 1:27)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #302, proj.nr 13863 (Lammet 8)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 13948 (Marma 3:22)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 13895 (Bällsta 2:1185)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #105, proj.nr 13734 (Nynäs 1:46)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 14003 (Fågelvik 1:179)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #106, proj.nr 13896 (Villingsberg 1:82)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #305, proj.nr 14021 (Trombonen 18)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 14015 (Skedala 1:307)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 14004 (Ekeby 14:2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #104, proj.nr 14028 (Fångsten 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, HOME #701, proj.nr 14034 (Götebo 1:39)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #105, proj.nr 14052 (Nyeds-Ås 1:17)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 13993 (Norrlandet 4:12)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #104, proj.nr 13825 (Nordanå 3:69)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #107, proj.nr 14102 (Hemmeslöv 10:161)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 14141 (Vårsta 1:525)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Huspartner i Skandinavien AB: Licens för att bygga Svanenmärkt småhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huspartner</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Huspartner i Skandinavien AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrviksvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karlstad</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, HOME #501, proj.nr 14019 (Boklövet 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, Move #104, proj.nr 14299 (Stjärnhimlen 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #303, proj.nr 13992 (Norrlandet 4:35)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, HOME #501, proj.nr 14354 (Råbocken 4)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #201, proj.nr 14178 (Vildkornet 5)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 14590 (Sjöåkra 1:36)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #302, proj.nr 14638 (Östhamra 1:88)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 14595 (Skellefteå Milongan 5)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #305, proj.nr 14567 (Spaden 5)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, projnr. 14430 (Eriksöre 5:40)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 14437 (Eriksöre 5:41)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, HOME #702, proj.nr 14436 (Björsbyn 1:430)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE#105, proj.nr 14611 (Tängsta 1:290)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #201, proj.nr 14593 (Östra Grevie 9:52)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #205, projekt 14599 (Kullsta 4:11)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 14409 (Hasslö 7:94)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #204, proj.nr 13579 (Rudan 14)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #106, proj.nr 13581 (Malörten 4)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #106, proj.nr 13611 (Doftmusslingen 3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 13757 (Frösunda 9:14)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #205, proj.nr 13533 (Marieby-bye 1:17)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 13764 (Nolgård 1:349)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 13591 (Kolveden 4)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 13590 (Trädgårdstorp 14)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #105, proj.nr 13389 (Hjälmaren 5)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 13572 (Djurö 4:592)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava, Småhus P404, Vita Stenen </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202. proj.nr 13840 (Malakiten 4)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava, Brf Höstdagjämning (Nödesta 8:265)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OBOS Sverige AB: Licens för att bygga Svanenmärkt småhus (Smålandsvillan)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3089 0103</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Single family house</x:v>
       </x:c>
       <x:c t="str">
         <x:v>089 New buildings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>OBOS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>OBOS Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Vetlanda</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Trivselhus, MOVE #204, proj.nr 13281 (Nordanå 8:38)</x:v>
-[...447 lines deleted...]
-        <x:v>Bonava, Småhus, Pionen i Ältadalen (Älta 10:141-10:186)</x:v>
+        <x:v>Trivselhus, MOVE #307, proj.nr 13226 (Gladö Kvarn 1:26)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #205, proj.nr 13207 (Nordanå 8:27)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #104, proj.nr 13216 (Nordanå 8:29)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #104, proj.nr 13280 (Nordanå 8:26)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #105, proj.nr 13333 (Lingsberg 1:56)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 13446 (Dillen 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #104, proj.nr 13447 (Ströpsta 3:524)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #303, proj.nr 13401 (Ströpsta 3:564)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #105, proj.nr 13224 (Tegnaby 2:22)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus AB: Licens för att bygga Svanenmärkt småhus, MOVE #202</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #301, proj.nr 12905</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #104, proj.nr 13023</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #105, proj.nr 13008</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #305, proj.nr 13028</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Birger Bostadsutveckling AB: Licens för att bygga Svanenmärkt hus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0312</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Birger Bostadsutveckling AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Luntmakargatan 18 Bv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #302, proj.nr 14562 (Rödögården 1:81)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #105, proj.nr 14642 (Tegelbruket 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, HOME #502, proj.nr 14461 (Rödögården 1:89)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, HOME #501, proj.nr 14433 (Hoby 15:36)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 14379 (Västra Lagnö 1:133)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #402, proj.nr 14592 (Kolstad 2:20)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #204, proj.nr 14589 (Kobbegården 165:23)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, Proj.nr 14620 (Kalkstenen 9)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, HOME #502, proj.nr 14453 (Brytjärnet 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #305, proj.nr 14565 (Spaden 3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fiskarhedenvillan, Småhus, Villazero (Borlänge Tallen 29)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0190</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fiskarhedenvillan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fiskarhedenvillan AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dammgatan 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Borlänge</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #305, proj.nr 14564 (Spaden 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, HOME #602 , proj.nr 14551 (Blentarp 67:3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 14385 (Östra Grevie 2:85)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 14630 (Dingelsundet 2:21, del av)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #205, proj.nr 14600 (Börstils-Sund 2:80)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 14601 (Norrlandet 6:14)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #205, proj.nr 14475 (Hasslö 5:298)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stena Bygg, Småhus, Vintertriangeln (Täckeråker 1:209)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0166</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stena Bygg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stena Fastigheter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Värmlandsgatan 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, HOME #602, proj.nr 14407 (Häradskär 26)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, HOME #602, proj.nr 14626 (Västra Alstad 4:104)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #204, proj.nr 14765 (Tuna 11:31)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 14479 (Önneröd 1:247)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lyckos, Småhus, Södra Sandby (Blodeken 1, Isbjörken 1, Gråbjörken 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lyckos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lyckos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jungmansgatan 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #205, proj.nr 14635 (Björnerud 1:4)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 14916 (Renön 1:156)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #205, proj.nr 13743 (Nynäs 1:42)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #104, proj.nr 13959 (Skedala 1:304)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Derome Hus AB: Licens för att bygga Svanenmärkt småhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0133</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Derome</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Derome Bostad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stålgatan 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Varberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #104, proj.nr 14104 (Kölen 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 14138 (Sandemar 6:89)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #105, proj.nr 14098 (Emmaus 28)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #303, proj.nr 14109 (Överåda 3:231)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, HOME #601, proj.nr 14043 (Odensala 1:29)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 14035 (Kanik-Lundby 2:46)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #201 TRI, proj.nr 14110 (Billsta 8:2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #402, proj.nr 14088 (Edsgatan 2:62)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 14173 (Enhagen 1:54)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OBOS, Småhus, Myresjöhus visningsvilla Åkarp (Åkarp 7:217)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0103</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OBOS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OBOS Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vetlanda</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #305, proj.nr 13989 (Kummelnäs 1:380)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 14329 (Vik 1:2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 14303 (Norby 52:18)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #105, proj.nr 13204 (Ledet 2:62)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #303, proj.nr 14189 (Hulterstad 7:43)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, HOME #502, proj.nr 14184 (Ledet 2:63)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, Home #601, proj.nr 14271 (Kajutan 4)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, HOME #702, proj.nr 14359 (Sjöängen 6:20)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, HOME #502, proj.nr 14396 (Rasbo - Hammarby 1:76)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Småhus, Silverhusen (Middagen 5-30)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #104, proj.nr 13605 (Ströpsta 3:572)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #308, proj.nr 13785 (Edsgatan 2:50)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 13760 (Brunn 1:353)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #105, proj.nr 13712 (Marma 3:21)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #402, proj.nr 13569 (Sandared 19:13)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #105, proj.nr 13642 (Komposten 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 13621 (Anrås 44:4)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #305, proj.nr 13607 (Odenslunda 1:656)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #104, proj.nr 13602 (Vidja 1:654)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #104, proj.nr 13588 (Bågsågen 4)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 13010 (Landvetters-Backa 1:179)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #205, proj.nr 13848 (Marma 3:24)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #302, proj.nr 13872 (Åre-Berge 1:161)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #303, proj.nr 13888 (Gudby 6:26)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 13975 (Fågelvik 1:178)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 13768 (Nordanå 8:62)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava, Småhus P404, Rönnen, Victoria (Älta 10:84, Älta 10:102-10:114)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3089 0043</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Single family house</x:v>
       </x:c>
       <x:c t="str">
         <x:v>089 New buildings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bonava</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bonava Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lindhagensgatan 72</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Trivselhus, MOVE #308, proj.nr 13732 (Sköle 6:68)</x:v>
-[...95 lines deleted...]
-        <x:v>Bonava, Småhus, Silverslänten II (NÄS 7:53-7:63)</x:v>
+        <x:v>Trivselhus, MOVE #303, proj.nr 13430 (Tallåsen 7)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #204, proj.nr 13214 (Nordanå 8:35)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #104, proj.nr 13215 (Nordanå 8:28)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 13284 (Nordanå 8:33)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 13379 (Nordanå 8:32)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #205, proj.nr 13205 (Nordanå 8:42)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #305, proj.nr 13068 (Gudby 6:28)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 13094 (Bällsta 2:1249)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus AB: Licens för att bygga Svanenmärkt småhus, MOVE #602</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #205, proj.nr 13329 (Skogsfjärilen 5)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 13393 (Bällsta 2:1246)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 13423 (Svartgranen 3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #106, proj.nr 13563 (Rickebasta 1:30)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #106, proj.nr 13532 (Malörten 5)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #104, proj.nr 13608 (Sundbyholm 2:48)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava, Småhus, Olles Länga (Partille Öjersjö 4:158-4:178)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3089 0043</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Single family house</x:v>
       </x:c>
       <x:c t="str">
         <x:v>089 New buildings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bonava</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bonava Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lindhagensgatan 72</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Trivselhus, MOVE #202, proj.nr 13787 (Dottersätter 1:9)</x:v>
-[...223 lines deleted...]
-        <x:v>Bonava, Småhus, Äppellunden Sigtuna Stadsängar, Brf Äppellunden 1  (Kompositören 2)</x:v>
+        <x:v>Trivselhus, MOVE #204, proj.nr 15019 (Höllviken 12:77)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 15005 (Rörum 72:36)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava, Småhus, Fläderstråket II (Rishammar 2:96 – 2:126)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3089 0043</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Single family house</x:v>
       </x:c>
       <x:c t="str">
         <x:v>089 New buildings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bonava</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bonava Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lindhagensgatan 72</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Bonava, Småhus, Lavendeln i Älta (Älta 10:63, Älta 10:188 – Älta 10:230)</x:v>
+        <x:v>Skanska, Småhus, Brf Ranalyckan (Bergsgård 1:331)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Warfvinges väg 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava, Småhus, Brf Körsbärsgläntan (Rishammar 2:84)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3089 0043</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Single family house</x:v>
       </x:c>
       <x:c t="str">
         <x:v>089 New buildings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bonava</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bonava Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lindhagensgatan 72</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Trivselhus, MOVE #205, proj.nr 14743 (Lövsta 1:42)</x:v>
-[...511 lines deleted...]
-        <x:v>OBOS, Småhus, Smålandsvillan Husqvarna (Tahe 1:130)</x:v>
+        <x:v>FB Produktion, Småhus, Brf Sjösaviken (Hovrättsnotarien 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0233</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>FB Produktion AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>C/o FB Bostad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Aros Bostadsutveckling, Småhus, Södra radhusen i Tallbacken (Brf Stallet 2 i Snättringe) (Poeten 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0216</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aros Bostad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Besqab AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sveavägen 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Besqab, Småhus, Fullerö berså (Uppsala Fullerö 21:75)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Besqab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Besqab Projektutveckling AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Danderyd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Besqab, Småhus, Hildurs Trädgårdar (Uppsala Rickomberga 9:5)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0216</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Besqab AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sveavägen 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Småhus, Flaggspelet (Lomma 25:213-217)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus AB: Licens för att bygga Svanenmärkt småhus, MOVE #204</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus AB: Licens för att bygga Svanenmärkt småhus, MOVE #402</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #201, proj.nr 12992</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB, Småhus P404, Avenboken, Vitboken (Älta 10:68-80, Älta 10:85-101)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 13390 (Byn 1:332)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #204, proj.nr 13206 (Nordanå 8:37)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #201, proj.nr 13209 (Nordanå 8:34)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus AB: Licens för att bygga Svanenmärkt småhus, MOVE #101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skanska, Småhus, Glasbruket 55</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Warfvinges väg 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 13050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #105, proj.nr 13201</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus AB: Licens för att bygga Svanenmärkt småhus, MOVE #701</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 13408 (Månsbo 1:70)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #205, proj.nr 13208 (Nordanå 8:40)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dalarnas Försäkringsbolag, Småhus, Dalarnas Villa (NORSBO 10:17)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0105</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dalarnas Försäkringsbolag</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Falun</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 13118 (Rälsen 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #305, proj.nr 13055 (Fysikern 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #305, proj.nr 13190 (Bällsta 2:1251)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 13099 (Malakiten 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 13564 (Hällby 5:131)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 13412 (Snäckstavik 3:112)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #301, proj.nr 13199 (Gudby 6:30)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 13426 (Tegnaby 2:3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 13133 (Lejde 1:22)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #301, proj.nr 13571 (Snörpvaden 4)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #305, proj.nr 13453 (Gimåt 1:169)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #203, proj.nr 13490 (Kullbäckstorp 1:171)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #205, proj.nr 13597 (Stenberg 1:11)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #101, proj.nr 13582 (del av Torsjö 14:3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #205, proj.nr 13812 (Stäket 71:3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus. MOVE #202, proj.nr 13575 (Gladö 46:1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus AB: Licens för att bygga Svanenmärkt småhus, MOVE #105</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus AB: Licens för att bygga Svanenmärkt småhus, MOVE #203</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 14071 (Dömestorp 2:6)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, HOME #601, proj.nr 14297 (Högmora 4:53)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #105, proj.nr 14112 (Kebal 2:81)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, HOME #602, proj.nr 14154 (Näsby 84:36)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 14040 (Harg 1:69)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, HOME #502, proj.nr 14225 (Råneå 19:17)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #105, proj.nr 14197 (Sibbarp 1:20)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #105, proj.nr 14204 (Hulterstad 7:46)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #303, proj.nr 14293 (Gudby 6:24)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #104, proj.nr 14033 (Boda 3:3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, HOME #502, proj.nr 14333 (Gryt Prästgård 1:48)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, HOME #601, proj.nr 14309 (Barkspaden 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #205, proj.nr 13925 (Tennknappen 22)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Byggnadsfirman Viktor Hanson, Småhus, Brf Silversmygaren, Kv. Mandelbrödet (Havreflarnet 1, Mockarutan 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0171</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Byggnadsfirman Viktor Hanson </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Byggnadsfirman Viktor Hanson AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lumaparksvägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 13914 (Bränninge 3:344)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #402, proj.nr 13820 (Vilunda 1:611)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #205, proj.nr 14568 (Vallby-Kolsta 5:90)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, HOME #602, proj.nr 14310 (Neptunus 8)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #204, proj.nr 14468 (Skogsbetet 17)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE # 305, proj.nr 14039 (Ströpsta 3:552)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #201, proj.nr 14377 (Boden Harnesktorpet 1:4)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Småhus, Kvibergs berså (Kviberg 29:42)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #105, proj.nr 14481 (Riggen 4)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, HOME #602, proj.nr 14559 (Högmora 4:156)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 14552 (Blentarp 67:23)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 14680 (Tackan 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, HOME #702, proj.nr 14328 (Kolartorp 4:6)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #104, proj.nr 13748 (Munktorps prästgård 1:68)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 13530 (Nordan 3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 13559 (Hammartorp 4:7)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #601, proj.nr 13923 (Täckeråker 3:246)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #105, proj.nr 13665 Lilla Bråta (Götebo 1:18)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #105, proj.nr 13688 Lilla Bråta (Götebo 1:19)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava, Småhus P404, Vidar i Silverslänten (Näs 7:52)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #308, proj.nr 13932 (Götebo 1:40)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 13599 (Sidensjö prästbord 1:100)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #105, proj.nr 13639 (Åkeräng 2:16)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #107, proj.nr 13742 (Skuttunge 2:57)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 13978 (Hallstahammar Säby 1:17)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 13926 (Sjöängen 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #105, proj.nr 13957 (Norra Åbyggeby 4:148)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #401, proj.nr 13920 (Kaggeholm 10:21)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 13944 (Ör 4:15)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #106, proj.nr 13899 (Nusnäs 540:3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #104, proj.nr 14089 (Rolstorp 1:26)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Småhus, Gustavslund 3 (Hällegås 1-12, Norrgås 1-13)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, HOME #601, proj.nr 14160 (Kumla 3:1725)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #104, proj.nr 14069 (Löddeköpinge 10:40)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 13967 (Marma 3:23)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #105, proj.nr 14139 (Svensboda 1:182)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #106, proj.nr 14822 (Flata 9:69)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 14675 (Hemset 1:213)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #105, proj.nr 14534 (Svenstorp 1:160)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 14859 (Humlaryd 1:20)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #201, proj.nr 14921 (Trädkronan 4)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #105, proj.nr 14180 (Helmershus 5:100)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 14798 (Gladö 69:3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 14665 (Skagern 5)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #106, proj.nr 14753 (Sjötungan 3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 14988 (Ammenäs 1:19)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #105, proj.nr 15043, (Storhagen 1:21)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 14678 (Tierps Prästgård 1:20)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #305, proj.nr 15021 (Tyresö 1:624)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 15009 (Bodarna 19:54)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 14947 (Högs-Hallsta 5:2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, HOME #601, proj.nr 14778 (Enslövs Djäknebol 1:25)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 14673 (Högen 1:29)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava, Småhus, Brf Täppan i Ormbacka By (Skälby 3:535)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FB Produktion, Småhus, Brf Stubingränd (Orienteraren 1, Löparen 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0233</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>FB Produktion AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>C/o FB Bostad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava, Småhus, Sörgården etapp 1 (Partille Öjersjö 2:144 - 2:162)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #401, proj.nr 14037 (Götebo 1:26)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 13918 (Mullsätter 1:58)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #201, proj.nr 13433 (Mårdäng 2:53)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #308, proj.nr 13972 (Trombonen 17)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #105, proj.nr 13912 (Bönan 5:41)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Västkuststugan, Småhus, Brf Långströmsparken (Göteborg Biskopsgården 122:1, 123:1, 124:1, 125:1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0097</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västkuststugan AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Öxabäcksvägen 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mjöbäck</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #105, proj.nr 13713 (Långalma 2:73)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 14017 (Skedala 1:306)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lyckos, Småhus, Kävlinge (Veterinären 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lyckos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lyckos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jungmansgatan 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 14155 (Örmölla 39:4)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #105, proj.nr 14072 (Rävsund 1:126)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #106, proj.nr 14142 (Knytta 2:14)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 14191 (Bällsta 2:226)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Credentia AB: Licens för att bygga Svanenmärkt småhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0158</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Credentia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Credentia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 395</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norrtälje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 13721 (Malakiten 6)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #204, proj.nr 13662 (Ösby 5:60)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #105, proj.nr 13578 (Torvalla 4:13)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #205, proj.nr 13434 (Näsby 2:30)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #204, proj.nr 13755 (Börringekloster 1:64)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #105, proj.nr 13763 (Nibble 1:168)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #204, proj.nr 13881 (Nordanå 8:69)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #308, proj.nr 13865 (Maskrosen 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #201, proj.nr 13781 (Skedala 1:300)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #104, proj.nr 13684 (Skedala 1:305)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skanska, Småhus, Billdals Strandängar (Gbg Billdal 21:34-68)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Warfvinges väg 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 13744 Lilla Bråta (Götebo 1:17)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #401, proj.nr 13858 Lilla Bråta (Götebo 1:29)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 13085 (Bällsta 2:1253)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #106, proj.nr 13445 (Tureholm 2:347)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #105, proj.nr 13449 (Kronjuvelen 3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #205, proj.nr 13072 (Marma 1:27)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #204, proj.nr 13448 (Löddeköpinge 88:18)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #104, proj.nr 13483 (Gammelbyn 1:115)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #303, proj.nr 12599 (Båtplatsen 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #303, proj.nr 13600 (Gudby 6:27)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #301, proj.nr 13127 (Gudby 6:31 - TOMT 10)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava, Småhus, Sigrids Kulle, (Kvarnen 7-14, Skogsbruket 13-15)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus AB: Licens för att bygga Svanenmärkt småhus, MOVE #102</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus AB: Licens för att bygga Svanenmärkt småhus, MOVE #104</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus AB: Licens för att bygga Svanenmärkt småhus, MOVE #201</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus AB: Licens för att bygga Svanenmärkt småhus, MOVE #303</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus AB: Licens för att bygga Svanenmärkt småhus, MOVE #304</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 13027</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava, Småhus P404, Brf Vårdagjämning</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #308, proj.nr 14358 (Räfsan 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #205, proj.nr 14312 (Hjältaryd 1:5)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, HOME #104, proj.nr 14451 (Stora Ramsjö 1:277)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skanska, Småhus, Brf Blomsterängen (Kviberg 29:8)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Warfvinges väg 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava, Småhus, Kareby Äng etapp 1, Brf Vinbärsgläntan (Rishammar 2:49-2:56)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 14432 (Rabban 28)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #104, proj.nr 14448 (Syrenen 9)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 14505 (Husby-Önstorp 1:31)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 14636 (Höder 5)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 14591 (Ekströmmen 1:9)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #201, proj.nr 14584 (Östra Grevie 9:55)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 14632 (Edö 1:31)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 14487 (Väntholmen 4:173)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava, Småhus, Kareby etapp 2, Brf Blåbärsgläntan (Rishammar 2:77-2:81)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, HOME #602, proj.nr 14579 (Blentarp 67:24)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 14351 (Övertorp 2:7)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #106, proj.nr 14501 (Hornavan 3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Järntorget Byggintressenter AB, Småhus, Brygga 2 (Brygga 1:24, 1:25, 1:28, 1:30, 1:32)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järntorget</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järntorget Byggintressenter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Järntorget Box 1267</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #201, proj.nr 14685 (Almunge-Söderby 1:35)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #205, proj.nr 14702 (Tuna 11:24)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #201, proj.nr 14748 (Brunnsåker 2:21)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 14838 (Kasby 3:13)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Besqab, Småhus, Smultronstället (Fjärdlång 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Besqab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Besqab Projektutveckling AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Danderyd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #104, proj.nr 15020 (Västanvik 86:13)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 14842 (Restad 3:53)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava, Småhus, Brf Rönnbärsgläntan (Rishammar 2:83)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava Sverige, Småhus, Syrenen i Älta (Erstavik 25:49-25:71)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #201, proj.nr 14989 (Degernäs 42:5)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, HOME #502, proj.nr 14741 (Jonstorp 1:19)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lyckos, Småhus, Brf Längtan i Kävlinge (Styckmästaren 1, Köttmästaren 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lyckos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lyckos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jungmansgatan 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Besqab, Småhus, Ekerövallen Sjösidan (Ekerö-Väsby 43:625)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0216</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Besqab AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sveavägen 31</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skanska, Småhus, Söder om Allén (Brännmaneten 1-15, Havsnejlikan 1-31, Kammaneten 1-10, Lungmaneten 1-14, Öronmaneten 1-8)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Warfvinges väg 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM AB: Licens för att bygga Svanenmärkt småhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #201, proj.nr 13643 (Haljersröd 1:44)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #104, proj.nr 13651 (Olsby 1:57)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 13589 (Helgö-Bona 3:14)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #305, proj.nr 13810 (Bällsta 2:1245)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #302, proj.nr 13851 (Gudby 6:22)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #205, proj.nr 13857 (Bro-Ösby 3:12)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #204, proj.nr 13874 (Anrås 44:3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 13843 (Skogs Ekeby 6:317)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 13882 (Pomeransen 4)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 13922 (Skedala 1:302)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #106, proj.nr 13762 (Aktern 7)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #104, proj.nr 13880 (Kärraby 5:219)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #204, proj.nr 13799 (Nordanå 8:67)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 13740 (Nordanå 8:63)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Besqab Projektutveckling AB, Licens för att bygga Svanenmärkta småhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Besqab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Besqab Projektutveckling AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Danderyd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 13971 (Götebo 1:38)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #305, proj.nr 13973 (Götebo 1:53)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #701, proj.nr 14027 (Götebo 1:41)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>IKANO Bostad AB: Licens för att bygga Svanenmärkt småhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0127</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ikano Bostad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>IKANO Bostad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsvägen 52</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundbyberg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #101, proj.nr 13458 (Färnäs 345:2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #106, proj.nr 12811</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #305, proj.nr 13046</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #106, proj.nr 13125</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus AB: Licens för att bygga Svanenmärkt småhus, MOVE #601</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #303, proj.nr 13110 (Bällsta 2:1252)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #304, proj.nr 13456 (Edsgatan 2:71)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lyckos AB: Licens för att bygga Svanenmärkt småhus, Hustyp Vinkeln</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lyckos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lyckos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jungmansgatan 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OBOS Sverige AB: Licens för att bygga Svanenmärkt småhus (Start Living)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3089 0103</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Single family house</x:v>
       </x:c>
       <x:c t="str">
         <x:v>089 New buildings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>OBOS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>OBOS Sverige AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Vetlanda</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Trivselhus, MOVE # 204, proj.nr 14834 (Toarp 5:111)</x:v>
-[...55 lines deleted...]
-        <x:v>Warfvinges väg 25</x:v>
+        <x:v>Trivselhus AB: Licens för att bygga Svanenmärkt småhus, MOVE #502</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #204, proj.nr 13211 (Nordanå 8:36)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 13337 (Nordanå 8:30)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 13063 (Hårdaholmen 1:96)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 13064 (Stenhamre 31:5)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #203, proj.nr 13598 (Stockfallet 1:15)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 13529 (Fjälla 1:3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #102, proj.nr 12530 (Enskiftet 7)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #302, proj.nr 13574 (Kolmilan 8)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #105, proj.nr 13586 (Skravelsjö 9:3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #105, proj.nr 13552 (Storgården 2:30)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 13933 (Västra Tye 1:129)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #201, proj.nr 13594 (Tonsättaren 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #305, proj.nr 13821 (Bällsta 2:1247)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #303, proj.nr 13716 (Järvsta 43:18)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava, Småhus P404, Lilla Sköndal Tant Gredelin Etapp 3 (Banketten 3-7, Bjudningen 3-17, Buffén 2-3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Lyckos, Småhus, Brf Albatrossen (Mosippan 2, Tovsippan 1)</x:v>
+        <x:v>Trivselhus AB: Licens för att bygga Svanenmärkt småhus, MOVE #103</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #205, proj.nr 14504 (Kyrkoköpinge 4:41)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, HOME #501, proj.nr 14456 (Björklinge-Lund 1:49)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #305, proj.nr 14684 (Ängby 1:129)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #106, proj.nr 14664 (Tista 2:36)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #104 , proj.nr 14744 (Toverud 1:51)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #104, proj.nr 14780 (Porla 4:4)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Byggnadsfirman Viktor Hanson AB: Licens för att bygga Svanenmärkt småhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0171</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Byggnadsfirman Viktor Hanson </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Byggnadsfirman Viktor Hanson AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lumaparksvägen 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #105, proj.nr 14901 (Tekannan 7)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #104, proj.nr 14832 (Unden 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, HOME #601, proj.nr 14700 (Slätteröd 1:36)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #105, proj.nr 14796 (Hovsta-Gryt 3:34)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #204, proj.nr 14939 (Nedernäs 1:20)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE#103, proj.nr 14394 (Luleå Björsbyn 4:45)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 14777 (Stäket 74:5)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #106, proj.nr 14758 (Bergshammar-Ekeby 6:79)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Småhus, Kv. Fören (Lomma 25:156)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lyckos, Småhus, Brf Hjärtat i Kävlinge (Pastejen 2)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3089 0100</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Single family house</x:v>
       </x:c>
       <x:c t="str">
         <x:v>089 New buildings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lyckos</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lyckos</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jungmansgatan 12</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Malmö</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Birger Bostadsutveckling AB: Licens för att bygga Svanenmärkt hus</x:v>
-[...2 lines deleted...]
-        <x:v>3089 0312</x:v>
+        <x:v>Trivselhus, MOVE #106, proj.nr 15016 (Tunnlandet 7)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #106, proj.nr 13861 (Tumstocken 20)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #307, proj.nr 14065 (Älvängen 6)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, HOME #602, proj.nr 14157 (Berga 6:740)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #105, proj.nr 13873 (Bälinge-Svista 1:26)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103 proj.nr 14182 (Kallfors 1:309)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #302, proj.nr 14131 (Edsgatan 2:45)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #201, proj.nr 14188 (Skutan 3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #402, proj.nr 14201 (Bällsta 2:1244)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 14428 (Ramkvilla 2:73)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava, Småhus, Gatt Täljö Strandäng (Näs 7:17)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava, Småhus, Kareby Äng etapp 1 (Rishammar 2:57-2:76)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #308, proj.nr 14243 (Rödögården 1:83)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, Home #501, proj.nr 14478 (Rödögården 1:84)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #204, proj.nr 14677 (Sjörup 5:15)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #202, proj.nr 14713 (Rörum 72:38)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>JM, Småhus, Skölstahöjden (Svia 34:1 – 40:8)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0083</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>JM AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #305 , proj.nr 14701 (Edsgatan 2:83)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #201, proj.nr 14878 (Enslövs Djäknebol 1:14)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OBOS, Småhus, Brf Önskan i Rydebäck (Borgen 1, Brändön, Sandön 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0103</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OBOS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OBOS Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vetlanda</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trivselhus, MOVE #103, proj.nr 14929 (Raskarum 7:22)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0069</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Trivselhus AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Panelvägen 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Landsbro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lyckos, Småhus, Brf Svarte Sjöspejare i Ystad (Dikten 1, Eposet 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lyckos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lyckos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jungmansgatan 12</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OBOS, Småhus, Brf Hjärtbladet (Skrållan 2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0103</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OBOS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OBOS Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vetlanda</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Husvallen Entreprenad, Småhus, Vallhusen (Näringslivet 1-2, 4-9 &amp; Näringspyramiden 2, 5-9)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Single family house</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Husvallen Entreprenad AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Molijns Väg 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava: Licens för att bygga Svanenmärkt småhus, P404</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Single family house</x:v>
       </x:c>
       <x:c t="str">
         <x:v>089 New buildings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
-        <x:v/>
-[...5 lines deleted...]
-        <x:v>Luntmakargatan 18 Bv</x:v>
+        <x:v>Bonava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
-      </x:c>
-[...13662 lines deleted...]
-        <x:v>Landsbro</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>