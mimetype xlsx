--- v0 (2025-12-15)
+++ v1 (2026-02-13)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a2ff6628bea479e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f939a2a83474e6d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R49b3952c8bde4229"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R6e7f709bf17b4a2f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R49b3952c8bde4229" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6e7f709bf17b4a2f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -484,6030 +484,6126 @@
       </x:c>
       <x:c t="str">
         <x:v>Shower gel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Eco-Boutique</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ADA International s.r.o.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Podlesí 53</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Holice</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Best Western Plus Bath &amp; Shower Gel, 30 ml (Prag)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0263</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA Cosmetics International GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rastatter Strasse 2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kehl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>one day care hair, hand &amp; body wash, 330 ml (P&amp;W Comfort flacon)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0263</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>one day care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA Cosmetics International GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rastatter Strasse 2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kehl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Boutique, Shower Gel, 300 ml (Smart Care dispenser)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0263</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eco-Boutique</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA Cosmetics International GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rastatter Strasse 2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kehl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sterisol ULTRA Hair &amp; Body No Parfum, 0,375 l (4833)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0196</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sterisol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sterisol AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 149</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstena</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mums with love Shower Gel, 100 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0040, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mums with love</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ZENZ Body Wash Blossom no. 41, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0375, 5090 0375</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ Organic Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thoravej 7, st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København NV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Derma Family Moisturising Shower Gel, 1000 ml - 20002114</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0002, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Derma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abena Body shampoo 1000ml dispenso</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4090 0410, 4090 0410</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AS Chemi-Pharm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tänassilma tee 11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saku</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abena Body shampoo 5000ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4090 0410, 4090 0410</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AS Chemi-Pharm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tänassilma tee 11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saku</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Body shampoo 1000 ml bottle</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4090 0410, 4090 0410</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>AS Chemi-Pharm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tänassilma tee 11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saku</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Boutique Hair and Body Shampoo (D-10625), 10 l (cubitainer)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eco-Boutique</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Think Act &amp; Live Responsible Shampoo Hair &amp; Body (D-11912), 3 l (refill jerrycan)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Think, Act &amp; Live Responsible</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Think Act &amp; Live Responsible Shower Gel (D-11913), 10 l (cubitainer)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Think, Act &amp; Live Responsible</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yroli Essential Care Body Wash Perfume free, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yroli</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Baltic Bliss Shower Gel 375 ml (601306)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0198</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sterisol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sterisol AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 149</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstena</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Think Act &amp; Live Responsible Shower Gel (D-11913), 300 ml (SmartCare dispenser), rf</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Think, Act &amp; Live Responsible</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bambo Nature Hair &amp; Body Wash, 150 ml (1000011398)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0040, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bambo Nature</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Opticare Neutral Showergel uden duft, 250 ml (Opticare Nordic)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Opticare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Katrin Head &amp; Body, 500 ml (47543)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0062, DK/030/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel, EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Katrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pro-Ren A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Springstrup 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holbæk</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Body wash, Anyah, bottle 46ml (P52RB2AY)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0218, 3090 0415, 3090 0416, 3090 0218</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Anyah</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GFL SA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Sorengo 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lugano (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>HTH Aloe Vera Shower Gel, 250 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2090 0331</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Shower gel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>hth HJÄLPER TORR HUD</x:v>
+        <x:v>Hth</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Orkla Home &amp; Personal Care</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Postboks 673 Skøyen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>OSLO</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Best Western Plus Bath &amp; Shower Gel, 30 ml (Prag)</x:v>
+        <x:v>ABENA Hair and Body Wash Gently Scented, 100 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0094, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cehtech Hair &amp; Body Shampoo, 5000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0062</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cehtech</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pro-Ren A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Springstrup 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holbæk</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sterisol ULTRA Liquid Soap &amp; Shampoo, 2,5 l (3825)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0196</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sterisol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sterisol AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 149</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstena</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglamark Hair &amp; Body Shampoo 2 in 1 for Men, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0214</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aroma AD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>12 Kiril Blagoev Str.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sofia</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sterisol ULTRA Liquid Soap &amp; Shampoo, 5 l (4827)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0196</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sterisol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sterisol AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 149</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstena</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dharmazone Nordic Consciousness Soap, 400 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0040, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dharmazone</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>GUNRY Shower Gel Coconut Milk, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0279</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gunry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gold Drop  Sp. z o.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rzeczna 11d</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limanowa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Boutique, Hair- Hand &amp; Body Shampoo, 300 ml (Smart Care dispenser)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5090 0263</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Shower gel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Eco-Boutique</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA Cosmetics International GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rastatter Strasse 2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kehl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>one day care hair, hand &amp; body wash, 30 ml (Prag)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0263</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>one day care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA Cosmetics International GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rastatter Strasse 2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kehl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sterisol ULTRA Hair &amp; Body, 0,375 l (4831)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0196</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sterisol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sterisol AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 149</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstena</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sterisol ULTRA Hair &amp; Body No Parfum, 0,7 l (4832)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0196</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sterisol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sterisol AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 149</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstena</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>SHU SPA HAIR, HAND &amp; BODY SHAMPOO, 330 ml (Press &amp; Wash Comfort flacon)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0263</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shu Spa</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA Cosmetics International GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rastatter Strasse 2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kehl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>GUNRY THE SCENT FACTORY Shower gel Wild Bamboo, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0279</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gunry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gold Drop  Sp. z o.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rzeczna 11d</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limanowa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ZENZ Body Wash Blossom no. 41, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0375, 5090 0375</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ Organic Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thoravej 7, st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København NV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco by Green Culture Shower Gel (D-10629), 300 ml (Shape dispenser)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eco by Green Culture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco by Green Culture Hair Shampoo (D-10630), 300 ml (Shape dispenser)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eco by Green Culture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco-Boutique Hair &amp; Body Shampoo (D-10625), 300 ml (Shape Dispenser)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eco-Boutique</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Derma Family Moisturising Shower Gel, 200 ml - 26001284</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0002, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Derma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abena Body shampoo 500ml (round) bottle</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4090 0410, 4090 0410</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AS Chemi-Pharm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tänassilma tee 11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saku</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Body shampoo 250ml bottle</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4090 0410, 4090 0410</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>AS Chemi-Pharm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tänassilma tee 11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saku</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Body shampoo 1000ml dispenso</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4090 0410, 4090 0410</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>AS Chemi-Pharm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tänassilma tee 11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saku</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cien Sensitive Shower gel, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0040, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Natur Moisturizing Shower Gel, 400 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0001, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Natur</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Natur Superfruit Blueberry + Sea Buckthorn Shower Gel, 400 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0001, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Natur</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Esteban Hand and Body Wash (D-10626), 300 ml (Shape dispenser), rf</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Estéban</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Algotherm All Over Shampoo, 375 ml (601901)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0198, SE/030/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel, EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Algotherm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sterisol AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 149</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstena</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Body wash, Anyah, refillable pump dispenser 480ml (P500RB2AY)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0218, 3090 0415, 3090 0416, 3090 0218</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Anyah</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GFL SA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Sorengo 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lugano (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Damana Hair &amp; Body Gel, 375 ml (602001)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0198</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sterisol AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 149</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstena</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yasuragi Tvagningstvål m/p, 100 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0316, 5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yasuragi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Maxx by Steigenberger, Shampoo Body, 300 ml (Smart Care dispenser)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0263</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maxx by Steigenberger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA Cosmetics International GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rastatter Strasse 2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kehl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sterisol ULTRA Liquid Soap &amp; Shampoo No Parfum, 2,5 l (3815)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0196</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sterisol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sterisol AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 149</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstena</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yggotel Hand, Hair, Body Wash, 300 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0263</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yggotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA Cosmetics International GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rastatter Strasse 2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kehl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ECO BY HOTELSTARS.EU HAND, HAIR &amp; BODY WASH, 300 ml (Press &amp; Wash dispenser)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0263</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ECO by HOTELSTARS.EU</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA Cosmetics International GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rastatter Strasse 2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kehl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ZENITUDE HOTEL-RESIDENCES, ALL-IN-ONE HAND, HAIR &amp; BODY WASH, 330 ml (Press &amp; Wash Comfort flacon)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0263</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Zenitude Hotel Residences</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA Cosmetics International GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rastatter Strasse 2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kehl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco-Boutique, by Genteelhome, Shower Gel, 300 ml (Smart Care Dispenser)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0263</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eco-Boutique</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA Cosmetics International GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rastatter Strasse 2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kehl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco by Green Culture Hair &amp; Body Wash (D-10630), 300 ml (Shape dispenser)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eco by Green Culture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Consciousness Body Wash, 375 ml (2695-1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0050, 5090 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dharmazone</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frederik Plums Vej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Assens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Think, act and live responsible Shower Gel (D-11913), 3 l (refill jerrycan)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Think, Act &amp; Live Responsible</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ESTEBAN Hand &amp; Body Wash (D-10626), 3 l (refill jerrycan)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Estéban</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Body shampoo 500ml (round) bottle</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4090 0410, 4090 0410</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>AS Chemi-Pharm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tänassilma tee 11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saku</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Body shampoo 5000ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4090 0410, 4090 0410</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>AS Chemi-Pharm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tänassilma tee 11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saku</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Herobility Baby Bubble Bath, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herobility</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Boutique Shower Gel (D-10626), 10 l (cubitainer)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eco-Boutique</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco by Green Culture Shower Gel (D-10629), 10 l (cubitainer)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eco by Green Culture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Natur Nourishing Shower Gel Fragrance Free, 400 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0001, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Natur</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Boutique Hand &amp; Body Wash (D-10626), 300 ml (Shape dispenser), rf</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eco-Boutique</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yasuragi Tvagningstvål m/p, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0316, 5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yasuragi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Body wash, Anyah, pump dispenser 480ml (P500R_RB2AY)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0218, 3090 0415, 3090 0416, 3090 0218</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Anyah</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GFL SA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Sorengo 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lugano (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Boutique Hand &amp; Body Wash (D-10626), 1 l (refill bottle)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eco-Boutique</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Neutral Shower Gel, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0025, 5090 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neutral</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilever Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ørestads Boulevard 73</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København S</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco by Green Culture, Shower Gel, 300 ml (Smart Care dispenser)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0263</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eco by Green Culture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA Cosmetics International GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rastatter Strasse 2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kehl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Best Western Plus, Bath &amp; Shower Gel/Bade &amp; Duschgel, 30 ml Bottle</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0263</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Best Western</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ADA Cosmetics International GmbH</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rastatter Strasse 2A</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kehl</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>one day care hair, hand &amp; body wash, 330 ml (P&amp;W Comfort flacon)</x:v>
+        <x:v>Eco by Green Culture, Shower Gel, 30 ml (Tube)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5090 0263</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Shower gel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Eco by Green Culture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA Cosmetics International GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rastatter Strasse 2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kehl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yasuragi Tvagningstvål refill m/p, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0316, 5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yasuragi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Omnisens Hair &amp; Body Gel, 375 ml (601701)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0198</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sterisol AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 149</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstena</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sterisol ULTRA Shower Soap, 5 l (4818)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0196</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sterisol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sterisol AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 149</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstena</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>GUNRY Shower Gel Lavender Sandelwood, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0279</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gunry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gold Drop  Sp. z o.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rzeczna 11d</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limanowa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Absolute Nordic Skincare, Body Wash (D-10480), 30 ml (Bottle Tofino)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0263</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Absolute Nordic Skincare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA Cosmetics International GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rastatter Strasse 2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kehl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Best Western Bath &amp; Shower Gel, 30 ml (Prag)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0263</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA Cosmetics International GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rastatter Strasse 2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kehl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ECO BY HOTELSTARS.EU HAIR &amp; BODY WASH, 30 ml bottle</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0263</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ECO by HOTELSTARS.EU</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA Cosmetics International GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rastatter Strasse 2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kehl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Think Green, Hair, Hand &amp; Body Wash, 330 ml (Press &amp; Wash Comfort Flacon)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0263</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Think Green</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA Cosmetics International GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rastatter Strasse 2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kehl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ECO-HAIR, HAND &amp; BODY WASH, 330 ml (Press &amp; Wash Comfort flacon)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0263</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ECO by HOTELSTARS.EU</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA Cosmetics International GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rastatter Strasse 2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kehl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lykkegaard Relaxing Moisture Body Wash, 400 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lykkegaard</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ace HOTEL, HAIR &amp; BODY WASH (D-10481), 30 ml (Bottle Tofino)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0263</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ACE Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA Cosmetics International GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rastatter Strasse 2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kehl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Shower and Bathing Soap Scented, 500 ml (6662)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0062</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pro-Ren A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Springstrup 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holbæk</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ZENZ Body Wash Pure no. 40, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0375, 5090 0375</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ Organic Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thoravej 7, st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København NV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Absolute Nordic Skincare Hand &amp; Body Wash (D-10754), 500 ml (Chicago)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Absolute Nordic Skincare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TAR Think, Act &amp; Live Responsible body wash bar (solid), 15 g</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0356</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Albogroup S.R.L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Arti E Mestieri, 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lallio (BG)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abena Body shampoo 250ml bottle</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4090 0410, 4090 0410</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AS Chemi-Pharm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tänassilma tee 11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saku</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abena Body shampoo 500ml (square) bottle</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4090 0410, 4090 0410</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AS Chemi-Pharm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tänassilma tee 11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saku</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Hair  and Body Shampoo, 1000 ml (150796)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0062</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pro-Ren A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Springstrup 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holbæk</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco by Green Culture Hair &amp; Body Shampoo (D-10630), 10 l (cubitainer)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eco by Green Culture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco by Green Culture All in One Shampoo (D-10630), 10 l (cubitainer)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eco by Green Culture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Think Act &amp; Live Responsible Shampoo Hair &amp; Body (D-11912), 10 l (cubitainer)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Think, Act &amp; Live Responsible</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Natur Nourishing Shower Gel Fragrance Free, 80 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0001, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Natur</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Think Act &amp; Live Responsible Shower Gel (D-11913), 300 ml (Shape dispenser), rf</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Think, Act &amp; Live Responsible</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Rudolph Care Hand and Body Soap, 500 ml - 20002572</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0045, 5090 0045</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rudolph Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecosource Shower Gel &amp; Shampoo, 375 ml (601711)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0198, SE/030/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel, EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sterisol AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 149</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstena</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hair &amp; Body Wash, SWAN. 30 ml (TJ01#023877)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0218, 3090 0415, 3090 0416, 3090 0218</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Anyah</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GFL SA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Sorengo 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lugano (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Klinion Personal Care Body Bath, 600 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0040, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klinion</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Klinion Personal Care Hair Body Hands, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0040, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klinion</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dusch och Badtvål svagt parfymerad, 5000 ml (6762)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0062</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pro-Ren A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Springstrup 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holbæk</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cien Sensitive Shower gel, 275 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0080</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lidl Sverige KB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 4093</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yasuragi Tvagningstvål u/p, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0316, 5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yasuragi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yasuragi Tvagningstvål refill u/p, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0316, 5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yasuragi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yasuragi Tvagningstvål u/p, 2500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0316, 5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yasuragi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>GUNRY Shower Gel Fresh Verbena, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0279</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gunry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gold Drop  Sp. z o.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rzeczna 11d</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limanowa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco-Boutique Shower Gel (D.10626), 30 ml (bottle)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eco-Boutique</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lime Tea Sensitive Soap, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0309</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>one day care hair, hand &amp; body wash, 300 ml (Smart Care dispenser)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0263</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>one day care</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ADA Cosmetics International GmbH</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rastatter Strasse 2A</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kehl</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Eco Boutique, Shower Gel, 300 ml (Smart Care dispenser)</x:v>
+        <x:v>ECO BY HOTELSTARS.EU SHOWER GEL, 30 ml bottle</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5090 0263</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Shower gel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>ECO by HOTELSTARS.EU</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA Cosmetics International GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rastatter Strasse 2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kehl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Green care, ALL IN ONE FACE, HAIR &amp; BODY WASH (D-11070), 330 ml (Press &amp; Wash Comfort flacon)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0263</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>green care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA Cosmetics International GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rastatter Strasse 2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kehl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Sense Shower gel, 100 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0040, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mevolution Sensitive Shower Gel, 275 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0080</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mevolution</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NOPA Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Finn Thostrup Engen 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hobro</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ZENZ Body Wash Pure no. 40, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0375, 5090 0375</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ Organic Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thoravej 7, st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København NV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Consciousness Hair &amp; Body, 375 ml (2692-1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0050, 5090 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dharmazone</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frederik Plums Vej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Assens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Think, act and live responsible Shower Gel (D-11913), 300 ml (Cannes dispenser)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Think, Act &amp; Live Responsible</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Think, act and live responsible Hair &amp; Body Shampoo (D-11912), 300 ml (SmartCare dispenser)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Think, Act &amp; Live Responsible</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Natur Energizing Shower Gel , 400 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0001, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Natur</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Body shampoo 600ml bottle</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4090 0410, 4090 0410</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>AS Chemi-Pharm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tänassilma tee 11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saku</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Absolute Nordic Skincare Hair &amp; Body Wash (D-10755), 5 l (cubitainer)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Absolute Nordic Skincare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Esteban Hair and Body Shampoo (D-10625), 10 l (cubitainer)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Estéban</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Natur Nourishing Showergel Fragrance Free, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0001, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Natur</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Neutral Sæbe uden parfume, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sæbefabrikken</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Naturpleje Body Shower uden parfume, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>eqderma Refreshing Shampoo &amp; Body Wash, 505 ml (15310)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0050, 5090 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>eqderma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frederik Plums Vej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Assens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Plum Fresh Hair &amp; Body, 1 L (1736)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0050, 5090 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Plum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frederik Plums Vej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Assens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Care-Line Badesæbe uden farve og parfume, 5000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0062</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clean Care</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pro-Ren A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Springstrup 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holbæk</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yasuragi Tvagningstvål u/p, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0316, 5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yasuragi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Best Western, Bath &amp; Shower Gel/Bade &amp; Duschgel, 30 ml Bottle</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0263</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA Cosmetics International GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rastatter Strasse 2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kehl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Dusch och Badolja, 250 ml (1000007319)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0062</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pro-Ren A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Springstrup 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holbæk</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dharmazone Nordic Consciousness Hair &amp; Body, 400 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0040, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dharmazone</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dharmazone Nordic Consciousness Soap, 30 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0040, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dharmazone</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>GUNRY Shower Gel Nectarine Pear, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0279</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gunry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gold Drop  Sp. z o.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rzeczna 11d</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limanowa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>GUNRY Shower Gel Sicilian Olives, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0279</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gunry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gold Drop  Sp. z o.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rzeczna 11d</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limanowa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Absolute Nordic Skincare Hand &amp; Body Wash (D-10754), 3 l (refill jerrycan)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Absolute Nordic Skincare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Premier Best Western Bath &amp; Shower Gel, 30 ml (Prag)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0263</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA Cosmetics International GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rastatter Strasse 2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kehl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ECO BY HOTELSTARS.EU SHOWER GEL, 300 ml (Press &amp; Wash dispenser)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0263</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ECO by HOTELSTARS.EU</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA Cosmetics International GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rastatter Strasse 2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kehl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sterisol ULTRA Hair &amp; Body Duschtvål, 0,7 l (4829)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0196</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sterisol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sterisol AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 149</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstena</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sterisol ULTRA Hair &amp; Body, 5 l (4828)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0196</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sterisol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sterisol AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 149</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstena</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sterisol ULTRA Hair &amp; Body No Parfum, 5 l (4826)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0196</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sterisol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sterisol AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 149</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstena</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>GUNRY THE SCENT FACTORY Shower gel Soft Vanilla, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0279</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gunry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gold Drop  Sp. z o.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rzeczna 11d</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limanowa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco-Boutique Hair &amp; Body Shampoo (D-10625), 300 ml (Cannes dispenser)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>Eco-Boutique</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco-Boutique Hair &amp; Body Shampoo (D-10625), 3 l (refill jerrycan)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eco-Boutique</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Esteban hand &amp; body wash, 300 ml (Smart Care Dispenser)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0263</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Estéban</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>ADA Cosmetics International GmbH</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Rastatter Strasse 2A</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kehl</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Sterisol ULTRA Hair &amp; Body No Parfum, 0,375 l (4833)</x:v>
+        <x:v>Eco Boutique Hand and Body Wash (D-10626), 10 l (cubitainer)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eco-Boutique</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Esteban Hand &amp; Body Wash (D-10626), 10 l (cubitainer)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Estéban</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>The Humble Co. Baby, Duschgel, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0214</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>The Humble Co.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aroma AD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>12 Kiril Blagoev Str.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sofia</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Striber Hyaluron Body Shampoo, 500 ml - 20002472</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0002, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Striber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Neutral Sæbe uden parfume, 150 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sæbefabrikken</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Naturpleje Body Shower, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Katrin Head &amp; Body, 1000 ml (47550)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0062, DK/030/001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel, EU Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Katrin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pro-Ren A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Springstrup 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holbæk</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yasuragi Tvagningstvål refill u/p, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yasuragi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Scandinavian White Hair &amp; Body Gel, 375 ml  (601501)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0198</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Scandinavian White</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sterisol AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 149</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstena</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Best Western Premier, Bath &amp; Shower Gel/Bade &amp; Duschgel, 30 ml Bottle</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0263</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA Cosmetics International GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rastatter Strasse 2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kehl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglamark Shower Gel, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0002, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglamark Shower Gel, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0002, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yasuragi Tvagningstvål u/p, 100 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0316, 5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yasuragi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Generic Hair &amp; Body Gel, 375 ml (601801)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0198</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sterisol AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 149</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstena</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sterisol ULTRA Shower Soap, 2,5 l (3818)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3090 0196</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Shower gel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sterisol</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sterisol AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 149</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Vadstena</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Mums with love Shower Gel, 100 ml</x:v>
+        <x:v>GUNRY Shower Gel Mandarin Blossom, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0279</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gunry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gold Drop  Sp. z o.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rzeczna 11d</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limanowa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>KBM Crystal Shower Cream, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0309</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KBM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NSI Sweden AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fjärrvärmevägen 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skövde</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco-Boutique Hair &amp; Body wash (D-10626), 3 l (refill jerycan)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eco-Boutique</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco-Boutique Hand &amp; Body Wash (D-10626) , 3 l (refill jerrycan)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eco-Boutique</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Boutique, Hand- &amp; Body Wash, 300 ml (Smart Care dispenser)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0263</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eco-Boutique</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA Cosmetics International GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rastatter Strasse 2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kehl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Best Western Shampoo Hair &amp; Body, 330 ml (P&amp;W Comfort flacon)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0263</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA Cosmetics International GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rastatter Strasse 2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kehl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>FLAIR HOTEL HAAR &amp; KÖRPER SHAMPOO, 300 ml (Press &amp; Wash dispenser)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0263</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flair Hotel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA Cosmetics International GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rastatter Strasse 2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kehl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sterisol ULTRA Hair &amp; Body, 2,5 l (3828)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0196</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sterisol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sterisol AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 149</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstena</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sterisol ULTRA Hair &amp; Body No Parfum, 2,5 l (3826)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0196</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sterisol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sterisol AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 149</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstena</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>GUNRY THE SCENT FACTORY Shower gel Peach Blossom, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0279</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gunry</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Gold Drop  Sp. z o.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rzeczna 11d</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Limanowa</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Sense Shower gel, 1000 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5090 0040, 5090 0040</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Shower gel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Mums with love</x:v>
+        <x:v>Nordic Sense</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Sense A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mads Clausens Vej 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Silkeborg</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>ZENZ Body Wash Blossom no. 41, 50 ml</x:v>
+        <x:v>Neutral Shower Gel, 900 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0025, 5090 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neutral</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilever Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ørestads Boulevard 73</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København S</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ZENZ Body Wash Blossom no. 41, 1000 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5090 0375, 5090 0375</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Shower gel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ZENZ</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ZENZ Organic Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Thoravej 7, st.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>København NV</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Derma Family Moisturising Shower Gel, 1000 ml - 20002114</x:v>
+        <x:v>Eco-Boutique Hand &amp; Body Wash (D-10626), 300 ml (Cannes dispenser)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eco-Boutique</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Esteban Shower Gel, 30 ml (Prag)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0263</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Estéban</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA Cosmetics International GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rastatter Strasse 2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kehl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Think, act and live responsible Shower Gel (D-11913), 300 ml (SmartCare dispenser)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Think, Act &amp; Live Responsible</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ESTEBAN Hand &amp; Body Wash (D-10626), 300 ml (Cannes dispenser)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Estéban</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ESTEBAN Shower Gel (D-10626), 50 ml (bottle Prague)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Estéban</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Derma Family Moisturising Shower Gel, 350 ml - 26001285</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5090 0002, 5090 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Shower gel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Derma</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DermaPharm A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Europavej 10</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fårup</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Abena Body shampoo 1000ml dispenso</x:v>
-[...2 lines deleted...]
-        <x:v>4090 0410, 4090 0410</x:v>
+        <x:v>ABENA Hair and Body Shampoo, 5 l (1999918707)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0062</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Shower gel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ABENA</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>AS Chemi-Pharm</x:v>
-[...74 lines deleted...]
-        <x:v>Eco Boutique Hair and Body Shampoo (D-10625), 10 l (cubitainer)</x:v>
+        <x:v>Pro-Ren A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Springstrup 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holbæk</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Natur Superfruit Goji Berry + Aloe Vera Shower Gel, 400 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0001, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Natur</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco by Green Culture Shower Gel (D-10629), 300 ml (Shape dispenser), rf</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5090 0350, 5090 0350</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Shower gel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Eco-Boutique</x:v>
+        <x:v>Eco by Green Culture</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ADA International s.r.o.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Podlesí 53</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Holice</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Think Act &amp; Live Responsible Shampoo Hair &amp; Body (D-11912), 3 l (refill jerrycan)</x:v>
-[...159 lines deleted...]
-        <x:v>Bambo Nature Hair &amp; Body Wash, 150 ml (1000011398)</x:v>
+        <x:v>Coop Duschtvål, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0214</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aroma AD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>12 Kiril Blagoev Str.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sofia</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Klinion Personal Care Hair Body Hands, 30 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5090 0040, 5090 0040</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Shower gel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Bambo Nature</x:v>
+        <x:v>Klinion</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Sense A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Mads Clausens Vej 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Silkeborg</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Katrin Head &amp; Body, 500 ml (47543)</x:v>
-[...34 lines deleted...]
-        <x:v>3090 0218, 3090 0415, 3090 0416, 3090 0218</x:v>
+        <x:v>Plum Fresh Hair &amp; Body, 1,4 L (1737)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0050, 5090 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Plum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frederik Plums Vej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Assens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Spa VITAL Shampoo Hair &amp; Body, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0057, 5090 0057</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower gel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Artero Cosmetics</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Respekt Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solvænget 17</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jyderup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Anyah, Body wash, 5 liters tank (TB5LB2AY)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0218, 3090 0416, 3090 0218</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Shower gel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Anyah</x:v>
       </x:c>
       <x:c t="str">
         <x:v>GFL SA</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Via Sorengo 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lugano (CH)</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Opticare Neutral Showergel uden duft, 250 ml (Opticare Nordic)</x:v>
-[...866 lines deleted...]
-        <x:v>3090 0218, 3090 0415, 3090 0416, 3090 0218</x:v>
+        <x:v>Anyah, Body Wash, pump dispenser, 370 ml  (P370LR_B2AY)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0218, 3090 0416, 3090 0415, 3090 0218</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Shower gel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Anyah</x:v>
       </x:c>
       <x:c t="str">
         <x:v>GFL SA</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Via Sorengo 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lugano (CH)</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Yasuragi Tvagningstvål m/p, 250 ml</x:v>
-[...319 lines deleted...]
-        <x:v>Nordic Consciousness Body Wash, 375 ml (2695-1)</x:v>
+        <x:v>eqderma Refreshing Shampoo &amp; Body Wash, 5 l (15309)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5090 0050, 5090 0050</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Shower gel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Dharmazone</x:v>
+        <x:v>eqderma</x:v>
       </x:c>
       <x:c t="str">
         <x:v>KiiltoClean A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Frederik Plums Vej 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Assens</x:v>
-      </x:c>
-[...4094 lines deleted...]
-        <x:v>Lugano (CH)</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Neutral Shower Gel, 250 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5090 0025, 5090 0025</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Shower gel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Neutral</x:v>
       </x:c>
       <x:c t="str">