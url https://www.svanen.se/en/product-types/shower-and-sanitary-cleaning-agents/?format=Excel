--- v0 (2025-12-25)
+++ v1 (2026-02-11)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15db08211ad74a1c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8fbbb0077174d46" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Rbe97949ca8b4494b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R408423e905144275"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbe97949ca8b4494b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R408423e905144275" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -1092,50 +1092,82 @@
       </x:c>
       <x:c t="str">
         <x:v>Shower and sanitary cleaning agents</x:v>
       </x:c>
       <x:c t="str">
         <x:v>026 Cleaning products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>CLIMA30</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NSI Sweden AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fjärrvärmevägen 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skövde</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Snabbrent Sanitet, 750 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0244, 5026 0244</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tingstad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Skona Badrumsrengöring, 750 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5026 0227, 5026 0035</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Shower and sanitary cleaning agents</x:v>
       </x:c>
       <x:c t="str">
         <x:v>026 Cleaning products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ICA Skona</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NOPA Nordic A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Finn Thostrup Engen 1</x:v>
@@ -1536,50 +1568,82 @@
         <x:v>3026 0270</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Shower and sanitary cleaning agents</x:v>
       </x:c>
       <x:c t="str">
         <x:v>026 Cleaning products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gipeco</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Gipeco AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 3035</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jönköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenshine Badrumsrent, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5026 0244, 5026 0244</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shower and sanitary cleaning agents</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>026 Cleaning products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GREENSHINE</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Effekt Badrum, 750 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2026 0273, 2026 0273</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Shower and sanitary cleaning agents</x:v>
       </x:c>
       <x:c t="str">
         <x:v>026 Cleaning products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">