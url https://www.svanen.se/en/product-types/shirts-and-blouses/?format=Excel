--- v0 (2025-12-17)
+++ v1 (2026-02-17)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31486c2b37b544fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc70ee48efd92424c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R00ace57cdc574037"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R6c9e2cd45f714ba5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R00ace57cdc574037" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6c9e2cd45f714ba5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -196,50 +196,242 @@
       </x:c>
       <x:c t="str">
         <x:v>Shirts and blouses</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Herning</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Women's merino wool wrap top - FG-9926-0172-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shirts and blouses</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool long sleeve top - FG-9927-0412-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shirts and blouses</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool long sleeve top - FG-7535-0112-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shirts and blouses</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool high neck top - FG-7535-0117-834</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shirts and blouses</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool long sleeve top - FG-7535-0212-834</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shirts and blouses</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool long sleeve top with buttons - FG-9915-0135-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shirts and blouses</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Men's cotton T-shirt - FG-0662-0002-999</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Shirts and blouses</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
@@ -292,82 +484,466 @@
       </x:c>
       <x:c t="str">
         <x:v>Shirts and blouses</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Herning</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Women’s merino wool hipster - FG-9926-0208-112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shirts and blouses</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool polo - FG-9927-0141-253</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shirts and blouses</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool long sleeve top - FG-7535-0112-362</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shirts and blouses</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool long sleeve top - FG-7535-0112-698</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shirts and blouses</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool long sleeve top - FG-7535-0112-849</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shirts and blouses</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool high neck top - FG-7535-0117-461</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shirts and blouses</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool long sleeve top with buttons - FG-7535-0135-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shirts and blouses</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool high neck top - FG-7545-0117-834</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shirts and blouses</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Women's merino wool long sleeve top - FG-7539-0213-085</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Shirts and blouses</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Herning</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Women’s merino wool hipster - FG-9926-0208-432</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shirts and blouses</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool polo - FG-9927-0141-112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shirts and blouses</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool high neck top - FG-7535-0117-698</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shirts and blouses</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool high neck top - FG-7535-0117-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shirts and blouses</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Baby full-length merino wool bodysuit  - FG-5232-0230-783</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Shirts and blouses</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
@@ -452,50 +1028,114 @@
       </x:c>
       <x:c t="str">
         <x:v>Shirts and blouses</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Herning</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Women's merino wool long sleeve top - FG-7535-0112-568</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shirts and blouses</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool high neck top - FG-7535-0117-468</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shirts and blouses</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Women's cotton T-shirt - FG-7534-0102-486</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Shirts and blouses</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
@@ -516,50 +1156,210 @@
       </x:c>
       <x:c t="str">
         <x:v>Shirts and blouses</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Herning</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Women's merino wool hipsters - FG-9926-0908-849</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shirts and blouses</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool high neck top - FG-0535-0117-698</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shirts and blouses</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool long sleeve top - FG-7535-0112-068</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shirts and blouses</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool high neck top - FG-7535-0117-198</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shirts and blouses</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool long sleeve top - FG-7545-0112-834</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shirts and blouses</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Women’s cotton high-waist hipster - FG-7534-0408-001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Shirts and blouses</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
@@ -644,50 +1444,466 @@
       </x:c>
       <x:c t="str">
         <x:v>Shirts and blouses</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Herning</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Women's merino wool polo - FG-9926-0141-112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shirts and blouses</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool polo - FG-9926-0141-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shirts and blouses</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women’s merino wool hipster - FG-9926-0208-263</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shirts and blouses</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women’s merino wool hipster - FG-9926-0208-678</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shirts and blouses</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool long sleeve top - FG-7535-0112-082</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shirts and blouses</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool long sleeve top - FG-7535-0112-198</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shirts and blouses</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool high neck top - FG-7535-0117-068</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shirts and blouses</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool high neck top - FG-7535-0117-362</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shirts and blouses</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool high neck top - FG-7535-0117-568</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shirts and blouses</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool long sleeve top with buttons - FG-7535-0135-082</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shirts and blouses</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool long sleeve top - FG-7535-0212-533</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shirts and blouses</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool long sleeve top with buttons - FG-9915-0135-198</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shirts and blouses</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool long sleeve top with buttons - FG-9915-0135-849</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shirts and blouses</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Women's organic cotton hipsters - FG-7534-0308-714</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Shirts and blouses</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
@@ -740,83 +1956,435 @@
       </x:c>
       <x:c t="str">
         <x:v>Shirts and blouses</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Herning</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Women's merino wool wrap top - FG-9926-0172-678</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shirts and blouses</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women’s merino wool hipster - FG-9926-0208-480</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shirts and blouses</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women’s merino wool hipster - FG-9926-0208-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shirts and blouses</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool hipsters - FG-9926-0908-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shirts and blouses</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool polo - FG-9927-0141-999</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shirts and blouses</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool long sleeve top - FG-9927-0412-112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shirts and blouses</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool high neck top - FG-7535-0117-082</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shirts and blouses</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool high neck top - FG-7535-0117-849</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shirts and blouses</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Baby merino wool sleepsuit - FG-5229-0230-849</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Shirts and blouses</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Herning</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Women's merino wool half-zip top - FG-7539-0115-353</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shirts and blouses</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool long sleeve top - FG-9927-0412-678</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shirts and blouses</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Women's merino wool high neck top - FG-7535-0117-533</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5112 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shirts and blouses</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>112 Products of textiles, hides/skins and leather</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dilling A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sundsvej 62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Herning</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Men's merino wool top with buttons - FG-9915-0235-834</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5112 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Shirts and blouses</x:v>
       </x:c>
       <x:c t="str">
         <x:v>112 Products of textiles, hides/skins and leather</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Dilling A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sundsvej 62</x:v>
       </x:c>