--- v0 (2026-01-22)
+++ v1 (2026-03-24)
@@ -1,149 +1,5813 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e19177f15e045db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52d0dd2b5eb74a11" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Rc517e6b6ea134bce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="products" sheetId="1" r:id="R630b1b140e9f4e72"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc517e6b6ea134bce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R630b1b140e9f4e72" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brand</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensee</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c t="str">
         <x:v>City</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Fixa bas 4:2, djup 36</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 1:3, djup 36</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 5:3, djup 36</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 4:1, djup 36</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa dockhus 3:2 2 dörrar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa dockhus 2:2 1 dörr</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa 2:3 utan rygg, djup 36</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 5:3, djup 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa 12 fack</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa stödben 2st/1 extra hjul, för djup 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 3:4, djup 36</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Öron topp 1,5:1 dörr vänster</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa låda hel 3:1, 3 lådor, djup 57</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa elevförvaring 4 fack 2 lådor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kubus dörr</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa låda med handhål 3:1. 2 lådor. djup 45</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kubus björk 4 fack med HT-topp</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Fasad 1:2 dörr höger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kubus vitpig 4 fack utan rygg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa dörr med handhål 1,5:1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa svängd med hjul</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa 3:3 utan rygg, djup 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa hyllplan 2, djup 45</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa hyllplan 3, djup 45</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Kubus m 4 Fack (82783)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0099</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Shelving units / Shelves and shelving systems </x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Osby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Fixa dörr med handhål 1:1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Systemskap-serien, direktelaminat/høytrykkslaminat, alle størrelser, alle farger unntatt mørk grå direktelaminat.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grande</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grande Fabrikker AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skjelbostad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Innfjorden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Max Förvaringsserie björkplywood natur, Elevförvaring Ella, 4 och 6 facks förvaring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0080</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABA Skol AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogaholmsgatan 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa dörr med handhål 2:3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kubus vitpig 6 fack utan rygg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa dockhus 2:3 1 dörr</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 1:4, djup 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa dörr hel 2:5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 1:4, djup 58</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kubus m 3 Fack (82782)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa T med hjul</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa T 2, djup 36, topp i ljusgrå HT laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa dörr med postfack 1:1 högerhängd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa låda hel 3:1, 2 lådor, djup 57</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flexi 28 liten dörr med handhål</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa låda med handhål 2:1, 3 lådor, djup 57</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa låda hel 2:1, 2 lådor, djup 57</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa 4 fack, bred</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa 1 fack</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Madrasskåp KRS 1260 med och utan slitsar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0078</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KRS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karl Roland Simonsson AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 3179</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 3:1, djup 36, topp ljusgrå HT laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kubus björk 2 fack utan rygg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa sockel 5:, djup 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kubus vitpig 9 fack med HT-topp</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa låda hel 1:1, 2 lådor, djup 45</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa stödben med hjul, 2 st, för djup 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Fasad 2:3 dörr höger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa 5:3 utan rygg, djup 36</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 2:4, djup 58</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa sockel 3:, djup 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 1:1, djup 36</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa 12 fack, hög</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa 1.5:1 D46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Krypin Grotta 3:2 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 2:2, djup 36</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 2:3, djup 36</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa svängd :2, ytter ø 284 cm utan rygg RM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Børge Mogensen Hylla B5, 21 x 100 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0106</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FDB Møbler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FDB Møbler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallensbæk Torvevej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Albertslund</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa 3 fack bred RM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Tittut 1,5:1 dörr med hål i mitten</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kubus björk 12 fack med HT-topp</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kubus vitpig 1 hyllplan med HT-topp</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kubus vitpig 3 fack med HT-topp</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 2:2, djup 35 topp i ljusgrå HT laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Børge Mogensen Hylla B5, 21 x 80 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0106</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FDB Møbler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FDB Møbler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallensbæk Torvevej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Albertslund</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa låda hel 2:1, 3 lådor, djup 57</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa 4:2 utan rygg, djup 58</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa 4:2 utan rygg, djup 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa lös mellanvägg 1 djup 57</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa hörn 1, djup 36</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 2:2, djup 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa öron 3:2 combo rosa/pastellgul</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa hyllplan 1, djup 45</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mix-serien, uttrekkseksjon, direktelaminat/høytrykkslaminat, alle størrelser og varianter, alle farger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grande</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grande Fabrikker AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skjelbostad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Innfjorden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa låda med handhål 2:1, 3 lådor, djup 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa låda med handhål 2:1, 2 lådor, djup 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa svängd :2, ytter ø 284 cm insida rygg RM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa rumsavdelare 3:2 HT utan rygg RM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa lös mellanvägg 2 djup 57</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flexi ryggplatta mot vägg 28 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa sockel 2:, djup 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa 1:2 utan rygg, djup 58</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa dörr hel 2:2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa 3:1 Materialvagn</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa stödben med hjul, 2 st, för djup 36</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flexi 25 stor dörr med handhål</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kubus björk 6 fack med HT-topp</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa 1:2 utan rygg, djup 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa 4:3 utan rygg, djup 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa sockel 1:, djup 57</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 4:4, djup 58</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kudd- och filtskåp KRS 600 med och utan slitsar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0078</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KRS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karl Roland Simonsson AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 3179</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa låda med handhål 3:1, 2 lådor, djup 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa dörr med handhål 2:5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Fasad 1,5:2 dörr höger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Fasad 1:2 dörr vänster</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kubus vitpig 4 fack med HT-topp</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa svängd 2, djup 36</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 2:1, djup 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa låda med handhål 1:1, 3 lådor, djup 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa hyllplan 1, djup 57</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 4:4, djup 36</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 4:4, djup 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa runda öron 1.5:1 combo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa dockhus 1:2 1 dörr</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa 3:1 utan rygg, djup 36</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa hörn 2, djup 36</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa låda hel 1:1, 3 lådor, djup 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kubus björk 3 fack med HT-topp</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa förvaring 8 lådor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kubus vitpig 3 fack utan rygg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa organisera 3:1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 3:2, djup 46, topp i ljusgrå HT laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Öron topp 1,5:1 dörr höger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa hörn med hjul</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa back 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kompani sløyd-systemskap, direktelaminat/høytrykkslaminat, alle størrelser og varianter, alle farger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grande</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grande Fabrikker AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skjelbostad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Innfjorden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa dörr med postfack 1:1 vänster</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa stomme 3:2 HT med rygg RM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa 12 fack öppen RM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa 6 fack hög RM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 2:1, djup 35, topp i ljusgrå HT laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Flexi 22 liten dörr med handhål</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0099</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Shelving units / Shelves and shelving systems </x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Osby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Fixa dörr hel 1,5:5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 2:1, djup 36</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 4:1, djup 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa låda med handhål 1:1, 3 lådor, djup 45</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kubus björk 6 fack hög utan rygg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa lös mellanvägg 1 djup 45</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa stomme 3:1 HT med rygg RM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa dockhus 3:3 2 dörrar </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa dockhus 2:2 2 dörrar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa 5:3 utan rygg, djup 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa 2:2 utan rygg, djup 36</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa 4:3 utan rygg, djup 36</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Fasad 1,5:2 dörr vänster</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa fast mellanvägg 1 djup 45</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kubus björk 9 fack med HT-topp</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kubus björk 12 fack utan rygg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa 4 fack bred RM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa 4 fack</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mix-serien, mobilhotell, direktelaminat/høytrykkslaminat, alle størrelser og varianter, alle farger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grande</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grande Fabrikker AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skjelbostad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Innfjorden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 3:3, djup 36, topp i ljusgrå HT laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa boklåda 3:1, frontdisplay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa 3:2 utan rygg, djup 36</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa hyllplan 3, djup 57</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Hus front 3:2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa 8 fack, bred</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kubus låda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa lös låda A4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Krypin Runda Bo 3:2 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa svängd 1, djup 36, topp i ljusgrå HT laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 4:2, djup 36, topp i ljusgrå HT laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa dörr med handhål 1,5:5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa dörr med handhål 1,5:2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa svängd :3, ytter ø 284 cm utan rygg RM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa stödben med hjul, 2 st, för djup 58</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa låda hel 2:1, 2 lådor, djup 45</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa låda hel 3:1, 5 lådor, djup 57</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa 9 fack</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa fast mellanvägg 1 djup 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 2:3, djup 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 1:2, djup 36</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 4:2, djup 58</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flexi 22 stor dörr med handhål</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kubus björk 1 hyllplan med HT-topp</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 3:2, djup 36</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa hörn 2, djup 36, topp i ljusgrå HT laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa 1:3 utan rygg, djup 36</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Fasad 1,5:3 dörr vänster</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa 4 fack hög</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa låda hel 3:1, 2 lådor, djup 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa boklåda 3: bred H30, frontdisplay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa boklåda 3:1, ryggdisplay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Kubus björk 3 fack utan rygg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0099</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Shelving units / Shelves and shelving systems </x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
@@ -164,1011 +5828,1939 @@
       </x:c>
       <x:c t="str">
         <x:v>Shelving units / Shelves and shelving systems </x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Osby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Fixa stomme 3:2 HT med rygg RM</x:v>
-[...319 lines deleted...]
-        <x:v>Kompani sløyd-systemskap, direktelaminat/høytrykkslaminat, alle størrelser og varianter, alle farger</x:v>
+        <x:v>Fixa bas 4:3, djup 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Krypin Grotta 4:2 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 3:4, djup 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa låda hel 2:1, 3 lådor, djup 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa stödben 2st/1 extra hjul, för djup 58</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 1:4, djup 36</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Tittut 3:2 combo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa svängd :1, ytter ø 284 cm utan rygg RM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa dörr hel 1,5:2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 3:2, djup 58</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa fast mellanvägg 2 djup 57</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa förvaring 3:2 12 lådor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Extra hylla till Flexi hörnmodul</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa fast mellanvägg 1 djup 57</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kubus vitpig 6 fack med HT-topp</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kubus vitpig 12 fack utan rygg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa organisera 3: låda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 3:2, djup 58, topp i ljusgrå HT laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 4:1, djup 36, topp i ljusgrå HT laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa 1:1 utan rygg, djup 36</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 4:3, djup 36</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa sockel 1:, djup 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 4:3, djup 46, topp i ljusgrå HT laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa sockel 3:, djup 57</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa 2 fack RM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa lös mellanvägg 2 djup 45</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa sockel 2:, djup 57</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kubus m 1 hyllplan (82780)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa hyllplan 1, djup 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa svängd :1, ytter ø 284 cm insida rygg RM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 4:2, djup 46, topp i ljusgrå HT laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kubus m 9 Fack (82786)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa dörr med handhål 1,5:3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa 2:2 utan rygg, djup 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 1:1, djup 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa sockel 4:, djup 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Hus 3 bred D58</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa 9 fack öppen RM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Krypin Runda Bo 4:2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa hus 4: D58</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Partner boksskap-serie, direktelaminat/høytrykkslaminat, alle størrelser og varianter, alle farger</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2031 0094</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Shelving units / Shelves and shelving systems </x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grande</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grande Fabrikker AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skjelbostad</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Innfjorden</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Fixa öron 3:2 combo rosa/pastellgul</x:v>
-[...607 lines deleted...]
-        <x:v>Fixa svängd med hjul</x:v>
+        <x:v>Flexi ryggplatta mot vägg 25 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa T 2, djup 36</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa öron 3:2 combo Avokadogrön/ljusturkos</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa hyllplan 2, djup 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa hyllplan 3, djup 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa dockhus 4:2 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa låda med handhål 1:1, 2 lådor, djup 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa låda med handhål 2:1, 2 lådor, djup 57</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa låda hel 1:1, 2 lådor, djup 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa 6 fack</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa 6 fack med dörrar och hjul björkstomme D36 RM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Elevförvaring Ella, 4 och 6 facks förvaring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0080</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABA Skol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABA Skol AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogaholmsgatan 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 3:2, djup 36, topp i ljusgrå HT laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa dörr med handhål 1:2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa fast mellanvägg 2 djup 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa 4:1, utan rygg, djup 36</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kubus förvaringslåda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa sockel 5:, djup 45</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa sockel 4:, djup 45</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0099</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Shelving units / Shelves and shelving systems </x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
@@ -1188,115 +7780,3987 @@
       </x:c>
       <x:c t="str">
         <x:v>Shelving units / Shelves and shelving systems </x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Osby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Fixa Fasad 2:2 dörr vänster</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa 4 fack RM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa låda med handhål 3:1, 3 lådor, djup 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa boklåda 3:bred H30, ryggdisplay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa dörr hel 1:2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 3:3, djup 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa 6 fack RM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa hörn 1, djup 36, topp i ljusgrå HT laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Fasad 1,5:3 dörr höger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa 2 fack, hög</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa lös låda A5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa låda hel 1:1, 3 lådor, djup 45</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa sockel till hörn</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa 3:2 utan rygg, djup 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 2:4, djup 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa låda med handhål 1:1, 2 lådor, djup 45</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa svängd 2, djup 36, topp i ljusgrå HT laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa skrivbås 3:2 D46 RM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 4:2, djup 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Krypin Husfasad 4:2 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 3:1, djup 36</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa stödben 2st/1 extra hjul, för djup 36</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa elevförvaring 6 fack 6 lådor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa lös mellanvägg 2 djup 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa rumsavdelare 3:1 HT utan rygg RM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa lös mellanvägg 1 djup 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa lös låda A3 halv</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa 4:2 utan rygg, djup 36</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa 2:3 utan rygg, djup 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa låda hel 2:1, 3 lådor, djup 45</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bokdisplay 3:bred, H30, vägghängd</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa dörr hel 1,5:1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 3:5, djup 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 2:2, djup 58</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 3:3, djup 36</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa hus 3: D36</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flexi 25 liten dörr med handhål</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa 1:3 utan rygg, djup 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa elevförvaring H62</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa 1:2 utan rygg, djup 36</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa hyllplan 2, djup 57</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa sockel 4:, djup 57</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 2:5, djup 36</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 3:2, djup 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kubus 2 Fack (82781)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kubus 6 Fack (82785)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Box reolserie, direktelaminat/høytrykkslaminat, alle farger, alle varianter hvor plastskuffer utgjør mindre enn 10 % av produktets vekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grande</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grande Fabrikker AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skjelbostad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Innfjorden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>KRS Madrasskåp, kudd- och filtskåp</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0078</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KRS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Karl Roland Simonsson AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 3179</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Hus 4 bred D46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa svängd :3, ytter ø 284 cm insida rygg RM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa låda hel 3:1, 2 lådor, djup 45</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa liten köpmansdisk 12 lådor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flexi ryggplatta mot vägg 22 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kubus björk 4 fack utan rygg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa 3:2 utan rygg, djup 58</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Hus 4 bred D36</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa 6 fack, hög</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa dörr hel 1,5:3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa T 1, djup 36</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Børge Mogensen Hylla B5, 21 x 40 cm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0106</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FDB Møbler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>FDB Møbler</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vallensbæk Torvevej 9</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Albertslund</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Krypin Husfasad 3:2 </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kubus björk 6 fack utan rygg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kubus vitpig 2 fack med HT-topp</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Fasad 2:2 dörr höger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa 2:1 utan rygg, djup 36</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kubus stödben (82788)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 4:3, djup 36, topp i ljusgrå HT laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa 4:2 utan rygg med hyllplan i mitten, djup 36</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa 3:3 utan rygg, djup 36</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 3:4, djup 58</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa låda med handhål 2:1, 3 lådor, djup 45</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa låda med handhål 3:1, 2 lådor, djup 57</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa låda hel 3:1, 3 lådor, djup 45</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa 8 fack RM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa 9 fack med dörrar och stödben björkstomme D36 RM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa låda med handhål 3:1, 3 lådor, djup 45</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa låda hel 3:1, 3 lådor, djup 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa lös låda A3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 2:4, djup 36</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa sockel 2:, djup 45</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa sockel till T</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa 3 fack, bred</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 3:3, djup 46, topp i ljusgrå HT laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 1:2, djup 58</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 3:5, djup 58</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 3:5, djup 36</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 1:3, djup 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Hus 3 bred D46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa låda med handhål 3:1, 3 lådor, djup 57</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa låda med handhål 2:1, 2 lådor, djup 45</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Fixa Öron rund 1,5:1 dörr vänster</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0099</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Shelving units / Shelves and shelving systems </x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Osby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Fixa låda med handhål 2:1, 2 lådor, djup 45</x:v>
-[...31 lines deleted...]
-        <x:v>Fixa låda med handhål 3:1, 3 lådor, djup 57</x:v>
+        <x:v>Kubus vitpig 6 hög fack med HT-topp</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kubus vitpig 9 fack utan rygg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 5:3, djup 46, topp i ljusgrå HT laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa T 1, djup 36, topp i ljusgrå HT laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa fast mellanvägg 2 djup 45</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Fasad 2:3 dörr vänster</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa dörr hel 2:3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa sockel 3:, djup 45</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa sockel 1:, djup 45</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa 12 fack, bred</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kubus 6 fack</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa 8 fack</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa 8 fack med dörrar och hjul björkstomme D36 RM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kubus vitpig 12 fack med HT-topp</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kubus vitpig 2 fack utan rygg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 2:5, djup 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa dörr hel 1:1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Flexi 28 stor dörr med handhål</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa spetsiga öron 1.5:1 combo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Digit, direktelaminat/høytrykkslaminat, alle størrelser og varianter, alle farger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2031 0094</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grande</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grande Fabrikker AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skjelbostad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Innfjorden</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kubus björk 6 hög fack med HT-topp</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa svängd :2, ytter ø 284 cm utsida rygg RM</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 1:2, djup 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa 2:2 utan rygg, djup 58</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Max Förvaringsserie vit MDF, Elevförvaring Ella, 4 och 6 facks förvaring</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3031 0080</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABA Skol AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skogaholmsgatan 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Malmö</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 5:3, djup 36, topp i ljusgrå HT laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 4:2, djup 58, topp i ljusgrå HT laminat</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 2:5, djup 58</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa låda hel 2:1, 2 lådor, djup 35</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Kubus björk 2 fack med HT-topp</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa Runda Bo front 3:2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa bas 3:1, djup 46</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5031 0099</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shelving units / Shelves and shelving systems </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>031 Furniture and fitments</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lekolar AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Osby</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fixa 2 fack</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0099</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Shelving units / Shelves and shelving systems </x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
@@ -1316,531 +11780,51 @@
       </x:c>
       <x:c t="str">
         <x:v>Shelving units / Shelves and shelving systems </x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grande</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grande Fabrikker AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skjelbostad</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Innfjorden</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Fixa Hus 3 bred D46</x:v>
-[...479 lines deleted...]
-        <x:v>Fixa dörr hel 2:3</x:v>
+        <x:v>Kubus vitpig 6 fack hög utan rygg</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0099</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Shelving units / Shelves and shelving systems </x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
@@ -1860,10003 +11844,51 @@
       </x:c>
       <x:c t="str">
         <x:v>Shelving units / Shelves and shelving systems </x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Osby</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Fixa T 1, djup 36, topp i ljusgrå HT laminat</x:v>
-[...350 lines deleted...]
-      <x:c t="str">
         <x:v>Kubus m 12 Fack (82787)</x:v>
-      </x:c>
-[...9598 lines deleted...]
-        <x:v>Fixa låda hel 2:1, 3 lådor, djup 45</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5031 0099</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Shelving units / Shelves and shelving systems </x:v>
       </x:c>
       <x:c t="str">
         <x:v>031 Furniture and fitments</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lekolar AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 170</x:v>
       </x:c>