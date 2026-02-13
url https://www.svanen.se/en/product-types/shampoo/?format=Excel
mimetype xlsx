--- v0 (2025-12-15)
+++ v1 (2026-02-13)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree2286d5c1f14ba0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R819716dcd0d54f8a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Rbee89b4e5cf74c90"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Rb1376417726f42b3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbee89b4e5cf74c90" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb1376417726f42b3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -836,50 +836,178 @@
       </x:c>
       <x:c t="str">
         <x:v>Shampoo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Plum</x:v>
       </x:c>
       <x:c t="str">
         <x:v>KiiltoClean A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Frederik Plums Vej 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Assens</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>ZENZ Shampoo Pure no. 01, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0375, 5090 0375</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ Organic Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thoravej 7, st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København NV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ZENZ Shampoo PURE No. 01, 2500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0375, 5090 0375</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ Organic Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thoravej 7, st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København NV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Naturpleje Shampoo Normal uden parfume, 800 ml pose</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Absolut shampoo WeCare, 1 l (Stadsing A/S)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>WeCare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Hopal Body Wash, 30 ml (TJ01BHP)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3090 0218, 3090 0415, 3090 0416, 3090 0218</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Shampoo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hopal</x:v>
       </x:c>
       <x:c t="str">
         <x:v>GFL SA</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Via Sorengo 1</x:v>
@@ -996,5646 +1124,5678 @@
       </x:c>
       <x:c t="str">
         <x:v>Shampoo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Anyah</x:v>
       </x:c>
       <x:c t="str">
         <x:v>GFL SA</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Via Sorengo 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lugano (CH)</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>ZENZ Shampoo Pure no. 01, 1000 ml</x:v>
+        <x:v>Anyah, Hair&amp;Body Wash, pump dispenser, 370 ml  (P370LR_M2AY)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0218, 3090 0416, 3090 0415, 3090 0218</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Anyah</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GFL SA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Sorengo 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lugano (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Opticare Neutral Shampoo uden duft, 250 ml (Opticare Nordic)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Opticare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ZENZ Shampoo Pure no. 01, 50 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5090 0375, 5090 0375</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Shampoo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ZENZ</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ZENZ Organic Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Thoravej 7, st.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>København NV</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>ZENZ Shampoo PURE No. 01, 2500 ml</x:v>
+        <x:v>Hopal Shampoo, 360 ml (PCYR360SHP)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0218, 3090 0415, 3090 0416, 3090 0218</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hopal</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GFL SA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Sorengo 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lugano (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Neutral Shampoo 2in1, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0025, 5090 0025</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Neutral</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Unilever Danmark A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ørestads Boulevard 73</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København S</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglamark Shampoo 2 in 1, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0214</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aroma AD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>12 Kiril Blagoev Str.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sofia</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nature Shampoo, 100 ml (1762)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0050, 5090 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Plum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Plum A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frederik Plums Vej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Assens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lux 2 in 1 Professional Hair and Body Shampoo, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0376, 3090 0195</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>LUX Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yasuragi Schampo m/p, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0316, 5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yasuragi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco by Green Culture, Hair &amp; Body Wash, 300 ml (Press&amp;Wash dispenser)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0263</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eco by Green Culture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA Cosmetics International GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rastatter Strasse 2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kehl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Best Western Plus, Shampoo Hair &amp; Body, 300 ml (Press&amp;Wash dispenser)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0263</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA Cosmetics International GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rastatter Strasse 2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kehl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zenz Shampoo PURE NO. 01, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0002, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Volume Shampoo, 50 ml MP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yasuragi Schampo refill u/p, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0316, 5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yasuragi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Maxx by Steigenberger, Shower Gel, 30 ml bottle</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0263</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Maxx by Steigenberger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA Cosmetics International GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rastatter Strasse 2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kehl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sterisol Shower Soap &amp; Shampoo, 5 l (4805)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0196</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sterisol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sterisol AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 149</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstena</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sterisol Shower Soap &amp; Shampoo, 0,7 l (4801)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0196</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sterisol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sterisol AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 149</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstena</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ABENA Hair Shampoo, 250 ml (1000007320)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0062</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pro-Ren A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Springstrup 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holbæk</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hotel Supply Diamond Hair &amp; Body Shampoo, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0287</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Clemondo AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 13073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsingborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Laguna Verde, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0252</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diskteknik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Boutique, Hair- &amp; Body Shampoo, 300 ml (Smart Care dispenser)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0263</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eco-Boutique</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA Cosmetics International GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rastatter Strasse 2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kehl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Absolute Nordic Skincare, Hair &amp; Body Wash (D-10481), 300 ml (Smart Care dispenser)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0263</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Absolute Nordic Skincare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA Cosmetics International GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rastatter Strasse 2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kehl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ingredien Cleansing Shampoo, 50 ml MP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Best Western Shampoo, 30 ml (Prag)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0263</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA Cosmetics International GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rastatter Strasse 2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kehl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Premier Best Western Shampoo, 30 ml (Prag)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0263</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA Cosmetics International GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rastatter Strasse 2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kehl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>BIST DU NOCH GANZ sauber? HAIR SHAMPOO, 300 ml (Smart Care dispenser)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0263</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BIST DU NOCH GANZ sauber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA Cosmetics International GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rastatter Strasse 2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kehl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco Boutique, Shampoo, 300 ml (Smart Care dispenser)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0263</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eco-Boutique</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA Cosmetics International GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rastatter Strasse 2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kehl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zenz Shampoo RHASSOUL No. 16, 2000 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5090 0375, 5090 0375</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Shampoo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ZENZ</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ZENZ Organic Products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Thoravej 7, st.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>København NV</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Naturpleje Shampoo Normal uden parfume, 800 ml pose</x:v>
+        <x:v>Zenz Shampoo Sweet Sense no. 04, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0375, 5090 0375</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ Organic Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thoravej 7, st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København NV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zenz Shampoo Deep Wood no. 07, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0375, 5090 0375</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ Organic Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thoravej 7, st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København NV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ZENZ Shampoo Rhassoul Pure no. 19, 900 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0375, 5090 0375</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ Organic Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thoravej 7, st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København NV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Consciousness Shampoo, 30 ml (262-1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0050, 5090 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dharmazone</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frederik Plums Vej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Assens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bea Pro Swan 250 ml Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4090 0199</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bea Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Berner Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 15</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco-Boutique Shampoo (D-10625), 300 ml (Shape dispenser)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eco-Boutique</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Esteban Shampoo, 300 ml (Smart Care Dispenser)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0263</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Estéban</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA Cosmetics International GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rastatter Strasse 2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kehl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ESTEBAN Hair &amp; Body Shampoo (D-10625), 300 ml (Cannes dispenser)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Estéban</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ESTEBAN Hair &amp; Body Shampoo (D-10625), 3 l (refill jerrycan)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Estéban</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Derma Family Nourishing Shampoo, 350 ml - 26001287</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0002, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Derma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Natulique Curls &amp; Waves Shampoo, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Natulique</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abena Hair Shampoo, 600ml bottle</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4090 0410, 4090 0410</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AS Chemi-Pharm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tänassilma tee 11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saku</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Romantik Hotels &amp; Restaurants, Hand, Hair &amp; Body Shampoo (D-11912), 300 ml (Cannes dispenser)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Romantik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Danatekt Patient Hår- og kropsvask, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0140, 5090 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Danatekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Soft Care Deluxe 2 in 1, 24x0,25 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0377, 3090 0195</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TASKI</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Danatekt shampoo og vask, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0032, 5090 0032</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Danatekt</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Klinion Personal Care Shampoo, 600 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0040, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Klinion</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yasuragi Schampo m/p, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0316, 5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yasuragi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yasuragi Schampo u/p, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0316, 5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yasuragi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pure-n-nice moist shampoo med parfume, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pure-n-Nice</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Laguna Tvålcreme, 600 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0252</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diskteknik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Laguna Dusch &amp; Schampo, 5,1 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0252</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diskteknik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yasuragi Schampo refill u/p, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yasuragi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yasuragi Schampo refill m/p, 2,5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0316, 5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yasuragi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yasuragi Schampo refill m/p, 5, l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yasuragi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lotus Love Shampoo med parfume, 100 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0316, 5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lotus Love</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Best Western Premier, Shampoo Hair &amp; Body, 300 ml (Press&amp;Wash dispenser)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0263</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA Cosmetics International GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rastatter Strasse 2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kehl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Best Western Premier, Shampoo/Haarshampoo, 30 ml Bottle</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0263</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA Cosmetics International GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rastatter Strasse 2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kehl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco by Green Culture, Hair &amp; Body Wash, 30 ml (Tube)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0263</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eco by Green Culture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA Cosmetics International GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rastatter Strasse 2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kehl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Derma Woman Shampoo, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0002, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Derma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yasuragi Schampo m/p, 100 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0316, 5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yasuragi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Striber Striber Collagen Shampoo, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0001, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Striber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Striber Curly 1 Low Poo Shampoo fragrance free, 75 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0001, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Striber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Naturpleje Shampoo Normal, 250 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5090 0136</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Shampoo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Soap Nordic</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Soap Nordic A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Viborgvej 13</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nykøbing F</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Absolut shampoo WeCare, 1 l (Stadsing A/S)</x:v>
+        <x:v>Estell Professionell Shower Cream (Tensia AB), 5 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5090 0136</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Shampoo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>Estell</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco by Green Culture, Hair Shampoo, 300 ml (Smart Care dispenser)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0263</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eco by Green Culture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA Cosmetics International GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rastatter Strasse 2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kehl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco by Green Culture, Hair Shampoo, 300 ml (Press&amp;wash dispenser)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0263</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eco by Green Culture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA Cosmetics International GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rastatter Strasse 2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kehl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Power Protein Shampoo, 50 ml UP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Smooth Shampoo, 1000 ml MP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yasuragi Schampo u/p, 100 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0316, 5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yasuragi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sterisol ULTRA Liquid Soap &amp; Shampoo No Parfum, 5 l (4817)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0196</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sterisol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sterisol AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 149</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstena</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Spa VITAL Hair and Body, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0057, 5090 0057</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Artero Cosmetics</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Velfyld ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Adelers Allé 155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårevejle</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Laguna Rosada, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0252</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diskteknik</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco-Boutique Shampoo (D-10625), 50 ml (bottle)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eco-Boutique</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ingredien Cleansing Shampoo, 250 ml UP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Premier Best Western Shampoo Hair &amp; Body, 330 ml (P&amp;W Comfort flacon)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0263</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA Cosmetics International GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rastatter Strasse 2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kehl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Natulique perfume-free Hairwash, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Natulique</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zenz Shampoo Rhassoul no. 16, 230 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0375, 5090 0375</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ Organic Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thoravej 7, st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København NV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Sense Shampoo normal hair, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0040, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ZENZ Shampoo Cactus Pure no. 20, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0375, 5090 0375</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ Organic Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thoravej 7, st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København NV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LAPĒ collection Sakura Sea Breeze SHAMPOO &amp; BODY WASH, 300 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0195, 3090 0195</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lape Collection</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abena Hair Shampoo, 1000 ml (dispenso)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4090 0410, 4090 0410</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AS Chemi-Pharm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tänassilma tee 11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saku</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Abena Hair Shampoo, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4090 0410, 4090 0410</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ABENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>AS Chemi-Pharm</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tänassilma tee 11</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Saku</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Natur Superfruit Blueberry + Sea Buckthorn Shampoo, 400 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0001, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Natur</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Think Act &amp; Live Responsible Shampoo (D-11912), 300 ml (Shape dispenser), rf</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Think, Act &amp; Live Responsible</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>eqderma Refreshing Shampoo &amp; Body Wash, 400 ml (15308)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0050, 5090 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>eqderma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frederik Plums Vej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Assens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>V- Touch Hair and Body Wash, 360 ml (PCYR360MHP#034855)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0218, 3090 0415, 3090 0416, 3090 0218</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>V-Touch</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GFL SA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Sorengo 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lugano (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>MIKO Pearl Hair &amp; Body Foam, 200 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0163</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Absolute Nordic Skincare, Hair Wash (D-10481), 30 ml (Bottle Tofino)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0263</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Absolute Nordic Skincare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA Cosmetics International GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rastatter Strasse 2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kehl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ingredien Hair &amp; Body Shampoo, 50 ml UP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ingredien Hair &amp; Body Shampoo, 1000 ml UP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Tiven Morgondagg Dusch &amp; Schampo, 350 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0252</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco-Boutique, by Genteelhome, Shampoo, 300 ml (Smart Care Dispenser)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0263</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eco-Boutique</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA Cosmetics International GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rastatter Strasse 2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kehl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zenz Shampoo Cactus no. 17, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0375, 5090 0375</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ Organic Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thoravej 7, st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København NV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sterisol Sweden SHOWER, Shower and Shampoo, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0196</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sterisol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sterisol AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 149</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstena</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zenz Shampoo CACTUS No. 17, 2500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0375, 5090 0375</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ Organic Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thoravej 7, st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København NV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zenz Shampoo Menthol no. 10, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0375, 5090 0375</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ Organic Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thoravej 7, st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København NV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Think, act and live responsible Shampoo (D-11912), 3 l (refill jerrycan)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Think, Act &amp; Live Responsible</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Think, act and live responsible Shampoo (D-11912), 300 ml (Cannes dispenser)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Think, Act &amp; Live Responsible</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bambo Nature Hair &amp; Body Wash, 150 ml - 26000985</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0002, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bambo Nature</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lupilu 2i1 Shampoo/Bodywash, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0040, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lupilu</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Eco by Green Culture Shampoo (D-10630), 10 l (cubitainer)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Eco by Green Culture</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Think Act &amp; Live Responsible Shampoo (D-11912), 300 ml (Shape dispenser)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Think, Act &amp; Live Responsible</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Natur Curly 1 Low-Poo Shampoo Fragrance Free, 400 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0001, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Natur</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>eqderma Refreshing Shampoo &amp; Body Wash, 450 ml (15304)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0050, 5090 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>eqderma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frederik Plums Vej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Assens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bea Pro Swan 100 ml Schampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4090 0199</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bea Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Berner Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 15</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Oras 100 ml Schampo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4090 0199</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Berner Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 15</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Striber Hyaluron Shampoo, 1000 ml - 20002467</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0002, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Striber</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Plum Daily Shampoo, 50 ml (1768)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0050, 5090 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Plum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frederik Plums Vej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Assens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Plum Daily Shampoo, 1 l (1766)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0050, 5090 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Plum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frederik Plums Vej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Assens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zenz Shampoo DEEP WOOD NO. 07, 785 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0002, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Power Protein Shampoo, 1000 ml MP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Deep Cleansing Shampoo, 250 ml MP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ingredien Soft Shampoo, 250 ml MP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ingredien Soft Shampoo, 250 ml UP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pure-n-nice moist shampoo uden parfume, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Pure-n-Nice</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lotus Love Shampoo med parfume, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lotus Love</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Best Western Plus, Shampoo Hair &amp; Body, 300 ml (Smart Care dispenser)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0263</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA Cosmetics International GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rastatter Strasse 2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kehl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Moisture Shampoo, 250 ml MP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Moisture Shampoo, 50 ml UP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Smooth Shampoo, 50 ml UP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Deep Cleansing Shampoo, 50 ml MP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yasuragi Schampo refill m/p, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0316, 5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yasuragi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>&amp;shampoo, 500 ml (Dharmazone)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0040, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dharmazone</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Striber Men Hair &amp; Body Shampoo, Fragrance Free, Sensitive Skin, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Men</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hair &amp; Body wash, Anyah, refillable pump dispenser 480ml (P500RM2AY)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0218, 3090 0415, 3090 0416, 3090 0218</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Anyah</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GFL SA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Sorengo 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lugano (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Anyah, Hair &amp; Body wash, 5 liters tank (TB5LM2AY)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0218, 3090 0415, 3090 0416, 3090 0218</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Anyah</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GFL SA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Sorengo 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lugano (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CenterParcs, Hair &amp; Body Wash, 1 liter bottle (FL1000MCP2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0218, 3090 0415, 3090 0416, 3090 0218</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>GFL SA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Sorengo 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lugano (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Opticare Neutral Shampoo med duft, 250 ml (Opticare Nordic)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Opticare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>KRUSAN Shampoo, 5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0163</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KRUSAN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Novadan ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Platinvej 21</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Naturpleje Shampoo Normal uden parfume, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Absolut Shampoo WeCare, 5 l (Stadsing A/S)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>WeCare</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Soap Nordic A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Viborgvej 13</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nykøbing F</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Neutral Shampoo 2in1, 250 ml</x:v>
+        <x:v>Naturpleje Shampoo Normal, 250 ml (Toprent A/S)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0136</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TopRent</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Soap Nordic A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Viborgvej 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nykøbing F</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>V- Touch Hair and Body Wash, 30 ml (TJ01MHP#034857)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0218, 3090 0415, 3090 0416, 3090 0218</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>V-Touch</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GFL SA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Sorengo 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lugano (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Anyah, Shampoo, Anyah, 5 liters tank (TB5LS2AY)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0218, 3090 0415, 3090 0416, 3090 0218</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Anyah</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GFL SA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Sorengo 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lugano (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>V- Touch Hair and Body Wash, 380 ml (P400EXT#039242)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0218, 3090 0416, 3090 0415, 3090 0218</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>V-Touch</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>GFL SA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Sorengo 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lugano (CH)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bea Pro Swan 60 ml Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4090 0199</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bea Pro</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Berner Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 15</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Helsinki</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nordic Consciousness Shampoo, 375 ml (2690-1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0050, 5090 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Dharmazone</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frederik Plums Vej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Assens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Naturigin Thickness Booster Shampoo, 400 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Naturigin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TAR  Think, Act &amp; Live Responsible shampoo bar (solid), 15 g</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0356</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Albogroup S.R.L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Via Arti E Mestieri, 7</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lallio (BG)</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Esteban Shampoo (D-10625), 10 l (cubitainer)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Estéban</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecoestic Pro Hair Care Shampoo, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecoestic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Matas Natur Nourishing Shampoo Fragrance Free, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0001, 5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Natur</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Persano Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skaaremosevej 11-14, Blistrup</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Graested</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Esteban Hair and Body Shampoo (D-10625), 300 ml (Shape dispenser), rf</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Estéban</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Esteban Vitalizing Shampoo (D-10625), 300 ml (Shape dispenser), rf</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Estéban</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Björk Parfymfri Shampoo, 300 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0426</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hardford AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1213</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bambo Nature Hair &amp; Body Wash, 500 ml (1999903964)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0040, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bambo Nature</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Plum Daily Shampoo, 100 ml (1762)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0050, 5090 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Plum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frederik Plums Vej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Assens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ecoestic Hair and Body Wash, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ecoestic</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zenz Shampoo PURE NO. 01, 785 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0002, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Neutral Shampoo Normal, 250 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5090 0025, 5090 0025</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Shampoo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Neutral</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Unilever Danmark A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ørestads Boulevard 73</x:v>
       </x:c>
       <x:c t="str">
         <x:v>København S</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Änglamark Shampoo 2 in 1, 200 ml</x:v>
+        <x:v>Nature Shampoo, 50 ml (1768)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0050, 5090 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Plum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Plum A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frederik Plums Vej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Assens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Volume Shampoo, 1000 ml MP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Deep Cleansing Shampoo, 1000 ml MP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Power Protein Shampoo, 250 ml UP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TENA Shampoo &amp; Shower, 500 ml bottle + pump</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2090 0243</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>TENA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Care AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1336</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Nature Shampoo, 600 ml (1761)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0050, 5090 0050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Plum</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Plum A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frederik Plums Vej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Assens</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Cien Sensitive Shampoo, 275 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0080</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lidl Sverige KB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 4093</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yasuragi Schampo u/p, 1000 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0316, 5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yasuragi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Care Dose Shampoo, 400 ml (dispenser)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4090 0221, 4090 0221</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kiilto</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean Oy</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PL 250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Tampere</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Best Western Premier, Shampoo Hair &amp; Body, 300 ml (Smart Care dispenser)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0263</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA Cosmetics International GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rastatter Strasse 2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kehl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Best Western Plus, Shampoo/Haarshampoo, 30 ml Bottle</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0263</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Best Western</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA Cosmetics International GmbH</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rastatter Strasse 2A</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kehl</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ingredien Volume Shampoo, 50 ml UP</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0073</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Ingredien A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rho 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hinnerup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yasuragi Schampo m/p, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0316, 5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yasuragi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Yasuragi Schampo u/p, 2500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0316, 5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Yasuragi</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lux Professional 2 in 1, 2x5 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0376, 3090 0195</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>LUX Professional</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Diversey Europe Operations BV</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>De Corridor 4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZB Breukelen</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Absolute Nordic Skincare Hair &amp; Body Wash (D-10755), 500 ml (Chicago)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0350, 5090 0350</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Absolute Nordic Skincare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ADA International s.r.o.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Podlesí 53</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Holice</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>CleanoCare Dusch &amp; Schampo Oparfymerad, 600 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0252</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>CleanoCare</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Cleano Production AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Västra Långgatan 8</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Älgarås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Zenz Shampoo Menthol no. 10, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0375, 5090 0375</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ Organic Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thoravej 7, st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København NV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sterisol Sweden SHOWER, Shower and Shampoo, 0,35 l</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0196</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sterisol</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sterisol AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 149</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vadstena</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglamark Shampoo Normal med parfym, 200 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5090 0214</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Shampoo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Änglamark</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aroma AD</x:v>
       </x:c>
       <x:c t="str">
         <x:v>12 Kiril Blagoev Str.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sofia</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Nature Shampoo, 100 ml (1762)</x:v>
+        <x:v>Mums with love Shampoo, 100 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0040, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mums with love</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ZENZ Shampoo Rhassoul Pure no. 19, 230 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0375, 5090 0375</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ZENZ Organic Products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Thoravej 7, st.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>København NV</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Motel L Hair &amp; Body Wash, 375 ml (L2592-1)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5090 0050, 5090 0050</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Shampoo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Plum</x:v>
-[...2 lines deleted...]
-        <x:v>Plum A/S</x:v>
+        <x:v>Motel L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>KiiltoClean A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Frederik Plums Vej 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Assens</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Lux 2 in 1 Professional Hair and Body Shampoo, 5 l</x:v>
-[...1087 lines deleted...]
-        <x:v>Hopal Shampoo, 360 ml (PCYR360SHP)</x:v>
+        <x:v>Hopal Shampoo, 30 ml (TJ01SHP)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3090 0218, 3090 0415, 3090 0416, 3090 0218</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Shampoo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hopal</x:v>
       </x:c>
       <x:c t="str">
         <x:v>GFL SA</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Via Sorengo 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lugano (CH)</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>ZENZ Shampoo Pure no. 01, 50 ml</x:v>
-[...81 lines deleted...]
-        <x:v>Danatekt</x:v>
+        <x:v>Matas Striber Men Hair &amp; Body Shampoo, Fragrance Free, Sensitive Skin, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Men</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Persano Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skaaremosevej 11-14, Blistrup</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Graested</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Soft Care Deluxe 2 in 1, 24x0,25 l</x:v>
-[...49 lines deleted...]
-        <x:v>Danatekt</x:v>
+        <x:v>Matas Striber Men Hair &amp; Body Shampoo, Fragrance Free, Sensitive Skin, 50 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Matas Men</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Persano Group A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Skaaremosevej 11-14, Blistrup</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Graested</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Klinion Personal Care Shampoo, 600 ml</x:v>
-[...1233 lines deleted...]
-        <x:v>V-Touch</x:v>
+        <x:v>Anyah, Shampoo, pump dispenser, 370 ml  (P370LR_S2AY)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0218, 3090 0416, 3090 0415, 3090 0218</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Anyah</x:v>
       </x:c>
       <x:c t="str">
         <x:v>GFL SA</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Via Sorengo 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lugano (CH)</x:v>
-      </x:c>
-[...2846 lines deleted...]
-        <x:v>Nykøbing F</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>MIKO Pearl Hair and Body Foam, 5 l</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5090 0163</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Shampoo</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Novadan</x:v>
       </x:c>
       <x:c t="str">