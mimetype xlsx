--- v0 (2026-01-09)
+++ v1 (2026-03-09)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb539cd0114642ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R320ab4ec416949ed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Rae90e75d764144d4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="products" sheetId="1" r:id="R97636d3523e54e44"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rae90e75d764144d4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R97636d3523e54e44" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -68,794 +68,794 @@
       </x:c>
       <x:c t="str">
         <x:v>Shampoo for children</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bambo Nature</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DermaPharm A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Europavej 10</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fårup</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Lille Kanin, Bad &amp; Schampo, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0395, 5090 0395</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo for children</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lille Kanin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lille Kanin ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Olaf Ryes Gade 7N, 1.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>VIDE VILDA baby/barn 2-i-1 Schampo och Dusch Oparfymerad, 200 ml (20002105)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5090 0002, 5090 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Shampoo for children</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>VIDE VILDA</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DermaPharm A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Europavej 10</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fårup</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Lille Kanin, Bad &amp; Schampo, 250 ml</x:v>
+        <x:v>Coop Barn-Schampo, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0214</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo for children</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Coop</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aroma AD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>12 Kiril Blagoev Str.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sofia</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Doris Schampo &amp; balsam 2 in 1 parfymfri, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo for children</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronans Apotek</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Änglamark Kids Shampoo, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0002, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo for children</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Änglamark</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Derma Kids Hair &amp; Body Shampoo, 500 ml - 20002319</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0002, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo for children</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Derma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Minstingen Babyschampo, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo for children</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Minstingen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Baby Dusch &amp; Schampo, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3090 0360</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo for children</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hardford AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1213</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Linköping</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Doris Schampo parfymfri, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo for children</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kronans Apotek</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Allison A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hjortkærvej 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bramming</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Minstingen Schampo, Schysst Mot Håret, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0214</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo for children</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Minstingen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aroma AD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>12 Kiril Blagoev Str.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sofia</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>The Humble Co. Baby, Schampo, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0214</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo for children</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>The Humble Co.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aroma AD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>12 Kiril Blagoev Str.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sofia</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Minstingen Baby Schampo, 250 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0040, 5090 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo for children</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Minstingen</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Sense A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Mads Clausens Vej 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Silkeborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lille Kanin, Bad &amp; Schampo, 500 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5090 0395, 5090 0395</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Shampoo for children</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lille Kanin</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lille Kanin ApS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Olaf Ryes Gade 7N, 1.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Kolding</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Coop Barn-Schampo, 200 ml</x:v>
+        <x:v>The Humble Co. Baby, Schampo 2-in-1, 250 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5090 0214</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Shampoo for children</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Coop</x:v>
+        <x:v>The Humble Co.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Aroma AD</x:v>
       </x:c>
       <x:c t="str">
         <x:v>12 Kiril Blagoev Str.</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sofia</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Doris Schampo &amp; balsam 2 in 1 parfymfri, 250 ml</x:v>
+        <x:v>The Humble Co. Baby, Duschgel &amp; Schampo 2-in-1, 500 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0214</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo for children</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>The Humble Co.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Aroma AD</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>12 Kiril Blagoev Str.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sofia</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sebamed Baby &amp; Kids Shampoo, 150 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0340, 5090 0256</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo for children</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sebamed</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sebapharma GmbH &amp; Co. KG</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Binger Strasse 80</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Boppard</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Derma Eco Baby Shampoo/Bath, Tear Free, 150 ml - 26001288</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0002, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo for children</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Derma</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ICA Baby Dusch &amp; Schampo oparfymerad, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0002, 5090 0002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo for children</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ICA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>DermaPharm A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Europavej 10</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fårup</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Minstingen Barnshampo, 200 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5090 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Shampoo for children</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Kronans Apotek</x:v>
+        <x:v>Minstingen</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Allison A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hjortkærvej 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bramming</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Änglamark Kids Shampoo, 250 ml</x:v>
+        <x:v>Lille Kanin, Bad &amp; Schampo, 100 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5090 0395, 5090 0395</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo for children</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lille Kanin</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lille Kanin ApS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Olaf Ryes Gade 7N, 1.</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Kolding</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Libero Baby Shampoo, 200 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2090 0081</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Shampoo for children</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>090 Cosmetic products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Libero</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Orkla Care AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 1336</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bamse Schampo, 200 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5090 0002, 5090 0002</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Shampoo for children</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Änglamark</x:v>
+        <x:v>Bamse</x:v>
       </x:c>
       <x:c t="str">
         <x:v>DermaPharm A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Europavej 10</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Fårup</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Derma Kids Hair &amp; Body Shampoo, 500 ml - 20002319</x:v>
-[...31 lines deleted...]
-        <x:v>Doris Schampo parfymfri, 250 ml</x:v>
+        <x:v>Herobility Baby Shampoo, 250 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5090 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Shampoo for children</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Kronans Apotek</x:v>
+        <x:v>Herobility</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Allison A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hjortkærvej 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bramming</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Minstingen Babyschampo, 200 ml</x:v>
+        <x:v>Baby Care Mild Shampoo &amp; Conditioner, 150 ml</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5090 0003</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Shampoo for children</x:v>
       </x:c>
       <x:c t="str">
         <x:v>090 Cosmetic products</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Minstingen</x:v>
-[...478 lines deleted...]
-      <x:c t="str">
         <x:v>Baby Care</x:v>
-      </x:c>
-[...30 lines deleted...]
-        <x:v>Herobility</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Allison A/S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hjortkærvej 2</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Bramming</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>