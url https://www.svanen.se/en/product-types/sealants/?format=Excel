--- v0 (2025-12-31)
+++ v1 (2026-03-03)
@@ -1,829 +1,445 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8dc0ed51e6df4be5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9736d8c3b5c4ada" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R3ea6088ffcc64304"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="products" sheetId="1" r:id="Rf033d70578e04f81"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3ea6088ffcc64304" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf033d70578e04f81" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brand</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensee</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c t="str">
         <x:v>City</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Lando Acrylfog 3000, 600 ml</x:v>
+        <x:v>Hey'di Multifog Manhattan, 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sealants</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frogner</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hey'di Multifog Grå, 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sealants</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frogner</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hey'di Multifog Manhattan, 15 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sealants</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frogner</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hey'di Multifog Grå, 15 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sealants</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frogner</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Relekta 101 Akryl ECO</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3097 0026</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sealants</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>2</x:v>
-[...2 lines deleted...]
-        <x:v/>
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Relekta</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SimFAS Sweden AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 129</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Simrishamn</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Hey'di Multifog Manhattan 5 kg</x:v>
-[...159 lines deleted...]
-        <x:v>Lando Mastic 2000</x:v>
+        <x:v>RAW Acylic Sealant Extra</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3097 0026</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sealants</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>2</x:v>
-[...2 lines deleted...]
-        <x:v/>
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>RAW</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SimFAS Sweden AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 129</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Simrishamn</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Heydi Multifog Grå 15 kg</x:v>
-[...63 lines deleted...]
-        <x:v>RAW Acylic Sealant Extra</x:v>
+        <x:v>Flügger Wall Seal pro White, 300 ml</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3097 0040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sealants</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Flügger Group A/S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Islevdalvej 151</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Rødovre</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Teknos Akrylfog S</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3097 0026</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sealants</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>2</x:v>
-[...2 lines deleted...]
-        <x:v>RAW</x:v>
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Teknos</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SimFAS Sweden AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 129</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Simrishamn</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Relekta 101 Akryl ECO</x:v>
+        <x:v>Lando Acrylfog 3000</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3097 0026</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sealants</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>2</x:v>
-[...2 lines deleted...]
-        <x:v>Relekta</x:v>
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lando</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SimFAS Sweden AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 129</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Simrishamn</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Byggmax Acrylfog, 300 ml</x:v>
-[...63 lines deleted...]
-        <x:v>Lando Acrylfog 2000, 600 ml</x:v>
+        <x:v>Lando Acrylfog 3000 Listvit</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3097 0026</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sealants</x:v>
       </x:c>
       <x:c t="str">
         <x:v>097 Chemical building products</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>2</x:v>
-[...2 lines deleted...]
-        <x:v/>
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lando</x:v>
       </x:c>
       <x:c t="str">
         <x:v>SimFAS Sweden AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 129</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Simrishamn</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>RAW Acrylic Sealant Extra, 300 ml</x:v>
-[...314 lines deleted...]
-        <x:v>Køge</x:v>
+        <x:v>Hey'di Multifog Antrasitt, 5 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sealants</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frogner</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hey'di Multifog Antrasitt, 15 kg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2097 0015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sealants</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>097 Chemical building products</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hey'di AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Postboks 13</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Frogner</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>