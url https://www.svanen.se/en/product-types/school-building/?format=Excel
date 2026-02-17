--- v0 (2025-12-22)
+++ v1 (2026-02-17)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4414b718a2de45a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R542d0a45e34e47dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Rcf2aa4da78f74579"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R586968e06fed443f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcf2aa4da78f74579" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R586968e06fed443f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -100,366 +100,366 @@
       </x:c>
       <x:c t="str">
         <x:v>School building</x:v>
       </x:c>
       <x:c t="str">
         <x:v>089 New buildings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hemsö</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hemsö Fastighets AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 24281</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>NCC, Skolbyggnad, Håstensskolan, Varberg (Del av Getakärr 2:21)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0052</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>School building</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>NCC Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Solna</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Moelven Byggmodul AB: Licens för att bygga Svanenmärkt skolbyggnad</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3089 0117</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>School building</x:v>
       </x:c>
       <x:c t="str">
         <x:v>089 New buildings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Moelven</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Moelven Byggmodul AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brovägen 27</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Säffle</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>NCC, Skolbyggnad, Håstensskolan, Varberg (Del av Getakärr 2:21)</x:v>
-[...14 lines deleted...]
-        <x:v>3</x:v>
+        <x:v>Åke Sundvall Byggnads AB: Licens för att bygga Svanenmärkt skola</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0092</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>School building</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åke Sundvall</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Åke Sundvall Byggnads AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 20066</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bromma</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Turako, Skolbyggnad, Skola och förskola i Sigtuna stadsängar (lärarinnan 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0163</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>School building</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turako </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turako</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärdvägen 5 1tr</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Danderyd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Turako, Skola och Förskola Tegelhagen etapp 1 (Brogård 1:168)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0164</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>School building</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turako </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turako</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärdvägen 5 1tr</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Danderyd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>PEAB Sverige, Skola, Vårgårda Centrumskola, (Skövde 2:46)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0049</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>School building</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>PEAB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Peab Sverige AB Förslöv</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
-        <x:v>NCC Sverige AB</x:v>
+        <x:v>Förslöv</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Turako, Skolbyggnad, Bro Mälarstrand (Brogård 1:173)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0206</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>School building</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turako </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turako</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärdvägen 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Danderyd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skanska, Skolbyggnad, Kv. Godsvagnen (Godsvagnen 13)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>School building</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Warfvinges väg 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Credentia AB: Licens för att bygga Svanenmärkt skolbyggnad</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0158</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>School building</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Credentia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Credentia</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 395</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Norrtälje</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Birger Bostadsutveckling AB: Licens för att bygga Svanenmärkt skola</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0312</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>School building</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
-        <x:v>Solna</x:v>
-[...184 lines deleted...]
-      <x:c t="str">
         <x:v>Birger Bostadsutveckling AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Luntmakargatan 18 Bv</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
-      </x:c>
-[...62 lines deleted...]
-        <x:v>Norrtälje</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>PEAB Sverige, Förskolebyggnad, Ljungs-Hälle Förskola (Ljungs-Hälle 1:406)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3089 0049</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>School building</x:v>
       </x:c>
       <x:c t="str">
         <x:v>089 New buildings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>PEAB</x:v>
       </x:c>
       <x:c t="str">