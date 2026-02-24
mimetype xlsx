--- v0 (2025-12-24)
+++ v1 (2026-02-24)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ced2189314b4d0b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd069777bb4c74f5a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R8d988b1e041e4faa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R2de8c7ff93fd4472"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8d988b1e041e4faa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2de8c7ff93fd4472" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -196,50 +196,82 @@
       </x:c>
       <x:c t="str">
         <x:v>Sandpit and other for sand</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Sandtunneln, sandlek, trärstruktur/grå, 61-200-750</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandpit and other for sand</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Sandlekbord trekant trippel Sandlek, blå/röd, 60-164-812</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sandpit and other for sand</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
@@ -1092,50 +1124,82 @@
       </x:c>
       <x:c t="str">
         <x:v>Sandpit and other for sand</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Sandkiosken, sandlek, trästruktur/grå, 61-200-740</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandpit and other for sand</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Sandlekbord trekant dubbel Sandlek, blå/röd, 60-164-811</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sandpit and other for sand</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
@@ -1508,50 +1572,146 @@
       </x:c>
       <x:c t="str">
         <x:v>Sandpit and other for sand</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAGS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>HAGS Aneby AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 133</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ANEBY</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Sandbyen, sandlek, trästruktur/grå, 61-200-760</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandpit and other for sand</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sandkasse 1,3x2,5 HPL Sandlek, stålgrå/Vibrant green, 61-200-312</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandpit and other for sand</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sandkasse 3,7x3,7 Rett HPL Sandlek, stålgrå/grå, 61-200-431</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Sandpit and other for sand</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Sandlekbord trekant dubbel Sandlek, röd/grå, 60-164-820</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sandpit and other for sand</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
@@ -1605,114 +1765,50 @@
       <x:c t="str">
         <x:v>Sandpit and other for sand</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Sandkasse 6-kant HPL Sandlek, rød/stålgrå, 61-200-300</x:v>
-      </x:c>
-[...62 lines deleted...]
-        <x:v>Sandkasse 3,7x3,7 Rett HPL Sandlek, stålgrå/grå, 61-200-431</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Sandpit and other for sand</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>