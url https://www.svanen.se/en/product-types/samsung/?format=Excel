--- v0 (2025-12-21)
+++ v1 (2026-02-15)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb339398dcdd45a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9fa3baad0aa54b25" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R94c92deffe01466d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R3f221c18bc4f4b9c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R94c92deffe01466d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3f221c18bc4f4b9c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -548,50 +548,114 @@
       </x:c>
       <x:c t="str">
         <x:v>Samsung</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>edding</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Greenman Eco Original, S2620Y (CLT-Y505L)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, S415Y (CLT-Y504S)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>TURBON, for use in Samsung SCX-4200 / -R , Black, (SCX-D4200A)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0046 (308046)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Samsung</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Turbon</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Turbon România SRL</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jud.Calarasi,</x:v>
@@ -1860,50 +1924,114 @@
       </x:c>
       <x:c t="str">
         <x:v>Samsung</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Freecolor</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Greenman Eco Original, S4200 (SCX-D4200A)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, S415C (CLT-C504S)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Freecolor, K15623F7, Laser cart compat for SAMSUNG CLT-K504S/ELS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0041 (308041)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Samsung</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Freecolor</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
@@ -2884,50 +3012,402 @@
       </x:c>
       <x:c t="str">
         <x:v>Samsung</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>edding</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Greenman Eco Original, S2620B (CLT-K505L)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, S1640 (MLT-D1082S)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, S1710 (ML-1710D3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Freecolor, K15667F7, Laser cart compat for SAMSUNG CLT-K506L/ELS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freecolor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Freecolor, K15800F7, Laser cart compat for SAMSUNG CLT-C505L/ELS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freecolor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Freecolor, K12422F7, Laser cart compat for SAMSUNG SCX-D4200A/ELS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freecolor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q-connect, K15357QC Laser cart REMAN for SAMSUNG CLT-K4072S/ELS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Q-connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q-connect, K15358QC Laser cart REMAN for SAMSUNG CLT-C4072S/ELS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Q-connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STARLINE, K15357TA, Laser cart REMAN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Starline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K15227E1 REMAN. For use in SAMSUNG  ML 3561, 4050, 4051 serie  BLACK, (MLD-4550B)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K15358E1 REMAN. For use in SAMSUNG CLP 320, 325, CLX 3185 serie  CYAN, (CLT-C4072S)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>TURBON, for use in Samsung ML-1630, SCX-4500 , Black, (ML-D1630A)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0046 (308046)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Samsung</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Turbon</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Turbon România SRL</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jud.Calarasi,</x:v>
@@ -3492,3770 +3972,3930 @@
       </x:c>
       <x:c t="str">
         <x:v>Samsung</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Lyreco</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Freecolor, K15667F7, Laser cart compat for SAMSUNG CLT-K506L/ELS</x:v>
+        <x:v>Greenman Eco Original, SM2625D (MLT-R116)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, S4016 (SCX-4216D3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, SM2625 (MLT-D116L)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, S415B (CLT-K504S)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, S4521 (SCX-4521D3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, S5835 (MLT-D2082L)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Samsung SF-6800/6800P/6900 , Black, (SF-6800D6)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Samsung ML-3470D; ML-3471 DK /-DKG /-ND; ML-3472 DK / -NDK / -NDKG , Black, (ML-D3470B)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15359OW REMAN. For use in SAMSUNG CLP 320, 325, CLX 3185 serie MAGENTA, (CLT-M4072S)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15800OW REMAN. For use in SAMSUNG ProXpress C 2620, 2670 serie CYAN, (CLT-C505L)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K15626I4, REMAN. For use in SAMSUNG  CLP 415, 470, 475, CLX 4195 serie  YELLOW, (CLT-Y504S)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K15668I4, REMAN. For use in SAMSUNG  CLP 680, CLX 6260 serie  CYAN, (CLT-C506L)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OFFICEXPRESS, K15625OX, REMAN. For use in SAMSUNG  CLP 415, 470, 475, CLX 4195 serie  MAGENTA, (CLT-M504S)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OfficeXpress</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OFFICEXPRESS, K15669OX, REMAN. For use in SAMSUNG  CLP 680, CLX 6260 serie  MAGENTA, (CLT-M506L)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OfficeXpress</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OFFICEXPRESS, K15802OX, REMAN. For use in SAMSUNG  ProXpress C 2620, 2670 serie  YELLOW, (CLT-Y505L)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OfficeXpress</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q-connect, K15670QC, REMAN. For use in SAMSUNG  CLP 680, CLX 6260 serie  YELLOW, (CLT-Y506L)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Q-connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K15225I4,  REMAN. For use in SAMSUNG ML 2850 serie  Black, (MLD-2850B)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, S680Y (CLT-Y506L)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LYRECO, K15597LY, LASER CART COMP SAMSUNG MLT-D103L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lyreco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LYRECO, K15624LY, LASER CART COMP SAMSUNG CLT-C504S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lyreco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LYRECO, K15670LY, LASER CART COMP SAMSUNG CLT-Y506L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lyreco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Freecolor, K15625F7, Laser cart compat for SAMSUNG CLT-M504S/ELS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0041 (308041)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Samsung</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Freecolor</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Freecolor, K15800F7, Laser cart compat for SAMSUNG CLT-C505L/ELS</x:v>
+        <x:v>Freecolor, K15626F7, Laser cart compat for SAMSUNG CLT-Y504S/ELS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0041 (308041)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Samsung</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Freecolor</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Freecolor, K12422F7, Laser cart compat for SAMSUNG SCX-D4200A/ELS</x:v>
+        <x:v>Q-connect, K15360QC Laser cart REMAN for SAMSUNG CLT-Y4072S/ELS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Q-connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STARLINE, K15624TA, Laser cart REMAN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Starline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K15357E1 REMAN. For use in SAMSUNG CLP 320, 325, CLX 3185 serie  BLACK, (CLT-K4072S)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K15626E1 REMAN. For use in SAMSUNG  CLP 415, 470, 475, CLX 4195 serie  YELLOW, (CLT-Y504S)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K15670E1 REMAN. For use in SAMSUNG  CLP 680, CLX 6260 serie  YELLOW, (CLT-Y506L)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K15798E1, REMAN. For use in SAMSUNG CLP 360,  Xpress C460 serie, DRUM, (CLT-R406/SEE)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Freecolor, K15358F7, Laser cart compat for SAMSUNG CLT-C4072S/ELS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0041 (308041)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Samsung</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Freecolor</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Q-connect, K15357QC Laser cart REMAN for SAMSUNG CLT-K4072S/ELS</x:v>
+        <x:v>TURBON, for use in Samsung CLP-620; -ND / 670; -N / -ND , Black, (CLT-K5082L)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Samsung ML-4500/4600 , Black, (ML-4500D3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Samsung CLP 320, 325 , Yellow, (CLT-Y4072S)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Samsung SCX-4600, ML-1910/ -15 , Black, (MLT-1052L)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Samsung ML-2850D HC , Black, (ML-D2850B)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Samsung SCX-4521 F / -FR , Black, (SCX-4521D3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Samsung CLP-610 / 660, Cyan, (CLP-C660B)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Samsung CLP-770 / 775, (CLT-C6092S)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K12340OW REMAN. For use in SAMSUNG ML 2010, 2510, 2570, 2571 serie BLACK, (ML-2010D3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15358OW REMAN. For use in SAMSUNG CLP 320, 325, CLX 3185 serie CYAN, (CLT-C4072S)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15360OW REMAN. For use in SAMSUNG CLP 320, 325, CLX 3185 serie YELLOW, (CLT-Y4072S)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15624OW REMAN. For use in SAMSUNG CLP 415, 470, 475, CLX 4195 serie CYAN, (CLT-C504S)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15626OW REMAN. For use in SAMSUNG CLP 415, 470, 475, CLX 4195 serie YELLOW, (CLT-Y504S)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K15667I4, REMAN. For use in SAMSUNG  CLP 680, CLX 6260 serie  BLACK, (CLT-K506L)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K15801I4, REMAN. For use in SAMSUNG  ProXpress C 2620, 2670 serie  MAGENTA, (CLT-M505L)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OFFICEXPRESS, K15626OX, REMAN. For use in SAMSUNG  CLP 415, 470, 475, CLX 4195 serie  YELLOW, (CLT-Y504S)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OfficeXpress</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OFFICEXPRESS, K15667OX, REMAN. For use in SAMSUNG  CLP 680, CLX 6260 serie  BLACK, (CLT-K506L)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OfficeXpress</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q-connect, K15597QC, REMAN. For use in SAMSUNG  ML 2950, 2951, SCX 4726 serie  BLACK, (MLT-D103L)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0041 (308041)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Samsung</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Q-connect</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Q-connect, K15358QC Laser cart REMAN for SAMSUNG CLT-C4072S/ELS</x:v>
+        <x:v>Q-connect, K15625QC, REMAN. For use in SAMSUNG  CLP 415, 470, 475, CLX 4195 serie  MAGENTA, (CLT-M504S)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0041 (308041)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Samsung</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Q-connect</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>STARLINE, K15357TA, Laser cart REMAN</x:v>
+        <x:v>Q-connect, K15802QC, REMAN. For use in SAMSUNG  ProXpress C 2620, 2670 serie  YELLOW, (CLT-Y505L)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Q-connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, S320C (CLT-C4072S)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, S4050 (ML-D4550B)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LYRECO, K15358LY, LASER COMP SAMSUNG CLT-C4072S CYAN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lyreco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LYRECO, K15667LY, LASER CART COMP SAMSUNG CLT-K506L</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lyreco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Freecolor, K15597F7, Laser cart compat for SAMSUNG MLT-D103L/ELS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freecolor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q-connect, K12340QC Laser cart REMAN for SAMSUNG ML-2010D3/ELS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Q-connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q-connect, K12340QCA Laser cart REMAN for SAMSUNG SCX-4521</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Q-connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q-connect, K15161QC Laser cart REMAN for SAMSUNG MLT-D2092L/ELS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Q-connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STARLINE, K12340TA, Laser cart REMAN</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0041 (308041)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Samsung</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Starline</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>EDDING, K15227E1 REMAN. For use in SAMSUNG  ML 3561, 4050, 4051 serie  BLACK, (MLD-4550B)</x:v>
+        <x:v>STARLINE, K15358TA, Laser cart REMAN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Starline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STARLINE, K15597TA, Laser cart REMAN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Starline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K15625E1 REMAN. For use in SAMSUNG  CLP 415, 470, 475, CLX 4195 serie  MAGENTA, (CLT-M504S)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0041 (308041)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Samsung</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>edding</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>EDDING, K15358E1 REMAN. For use in SAMSUNG CLP 320, 325, CLX 3185 serie  CYAN, (CLT-C4072S)</x:v>
+        <x:v>EDDING, K15802E1 REMAN. For use in SAMSUNG  ProXpress C 2620, 2670 serie  YELLOW, (CLT-Y505L)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0041 (308041)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Samsung</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>edding</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>TURBON, for use in Samsung SF-6800/6800P/6900 , Black, (SF-6800D6)</x:v>
+        <x:v>TURBON, for use in Samsung ML-1510/1710/; SCX-4016/4216F MFP; Lexmark X 215 , Black, (ML-1710D3)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0046 (308046)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Samsung</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Turbon</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Turbon România SRL</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jud.Calarasi,</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Oltenita</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>TURBON, for use in Samsung ML-3470D; ML-3471 DK /-DKG /-ND; ML-3472 DK / -NDK / -NDKG , Black, (ML-D3470B)</x:v>
+        <x:v>TURBON, for use in Samsung CLP-310, CLP-315, CLX-3170, CLX- 3175 , Yellow, (CLT-Y4092S)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0046 (308046)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Samsung</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Turbon</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Turbon România SRL</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Jud.Calarasi,</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Oltenita</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>OWA, K15359OW REMAN. For use in SAMSUNG CLP 320, 325, CLX 3185 serie MAGENTA, (CLT-M4072S)</x:v>
+        <x:v>TURBON, for use in Samsung CLP 320, 325 , Cyan, (CLT-C4072S)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Samsung ML-1660 , Black, (MLT-D1042S)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Samsung ML-1610/1615 , Black, (ML-1610D2)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K15669I4, REMAN. For use in SAMSUNG  CLP 680, CLX 6260 serie  MAGENTA, (CLT-M506L)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K15670I4, REMAN. For use in SAMSUNG  CLP 680, CLX 6260 serie  YELLOW, (CLT-Y506L)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OFFICEXPRESS, K15624OX, REMAN. For use in SAMSUNG  CLP 415, 470, 475, CLX 4195 serie  CYAN, (CLT-C504S)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OfficeXpress</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OFFICEXPRESS, K15670OX, REMAN. For use in SAMSUNG  CLP 680, CLX 6260 serie  YELLOW, (CLT-Y506L)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OfficeXpress</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Q-connect, K15669QC, REMAN. For use in SAMSUNG  CLP 680, CLX 6260 serie  MAGENTA, (CLT-M506L)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Q-connect</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, S320B (CLT-K4072S)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LYRECO, K15623LY, LASER CART COMP SAMSUNG CLT-K504S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lyreco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Freecolor, K15801F7, Laser cart compat for SAMSUNG CLT-M505L/ELS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freecolor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Freecolor, K15225F7, Laser cart compat for SAMSUNG ML-D2850B/ELS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freecolor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STARLINE, K15669TA, Laser cart REMAN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Starline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K15161E1 REMAN. For use in SAMSUNG ML 2855 serie  Black, (MLT-D2092L)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K15359E1 REMAN. For use in SAMSUNG CLP 320, 325, CLX 3185 serie  MAGENTA, (CLT-M4072S)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K15360E1 REMAN. For use in SAMSUNG CLP 320, 325, CLX 3185 serie  YELLOW, (CLT-Y4072S)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K15668E1 REMAN. For use in SAMSUNG  CLP 680, CLX 6260 serie  CYAN, (CLT-C506L)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Freecolor, K15624F7, Laser cart compat for SAMSUNG CLT-C504S/ELS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freecolor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Greenman Eco Original, S415M (CLT-M504S)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K15799I4, REMAN. For use in SAMSUNG  ProXpress C 2620, 2670 serie  BLACK, (CLT-K505L)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Isolda</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15225OW REMAN. For use in SAMSUNG ML 2850 serie Black, (MLD-2850B)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0041 (308041)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Samsung</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>OWA</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>OWA, K15800OW REMAN. For use in SAMSUNG ProXpress C 2620, 2670 serie CYAN, (CLT-C505L)</x:v>
+        <x:v>Greenman Eco Original, S320Y (CLT-Y4072S)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LYRECO, K15360LY, LASER COMP SAMSUNG CLT-Y4072S YLLW</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lyreco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>LYRECO, K15626LY, LASER CART COMP SAMSUNG CLT-Y504S</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lyreco</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Freecolor, K15359F7, Laser cart compat for SAMSUNG CLT-M4072S/ELS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freecolor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Freecolor, K15669F7, Laser cart compat for SAMSUNG CLT-M506L/ELS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freecolor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Freecolor, K15353F7, Laser cart compat for SAMSUNG MLT-D1052L/ELS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Freecolor</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STARLINE, K15227TA, Laser cart REMAN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Starline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STARLINE, K15360TA, Laser cart REMAN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Starline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STARLINE, K15625TA, Laser cart REMAN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Starline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>STARLINE, K15626TA, Laser cart REMAN</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Starline</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K12422E1 REMAN. For use in SAMSUNG SCX 4200 serie  BLACK, (SCX-D4200A)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K15225E1 REMAN. For use in SAMSUNG ML 2850 serie  Black, (MLD-2850B)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K15353E1 REMAN. For use in SAMSUNG  ML 1910, 1915, 2525 serie  BLACK, (MLT-D1052L)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K15623E1 REMAN. For use in SAMSUNG  CLP 415, 470, 475, CLX 4195 serie  BLACK, (CLT-K504S)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K15673E1, REMAN. For use in SAMSUNG Xpress M2625, serie, DRUM, (MLT-R116/SEE)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>EDDING, K15800E1 REMAN. For use in SAMSUNG  ProXpress C 2620, 2670 serie  CYAN, (CLT-C505L)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>edding</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Samsung CLP-310, CLP-315, CLX-3170, CLX- 3175 , Black, (CLT-K4092S)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Samsung ML-2855 ND /- NDK; SCX 4824 FN / -FNK / -FNKG; SCX 4828 FN / -FNKG , Black, (MLT-D2092L)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Samsung SF-530/531P/515/5100 , Black, (SF-5100D3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Samsung ML-4050/4550/4551 HC , Black, (MLD-4550B)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Samsung CLP-770 / 775, (CLT-M6092S)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Samsung CLP-770 / 775, (CLT-Y6092S)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>TURBON, for use in Samsung ML3310, ML3310D, SCX4833, (MLT-D205E)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0046 (308046)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turbon România SRL</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Jud.Calarasi,</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Oltenita</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15227OW REMAN. For use in SAMSUNG ML 3561, 4050, 4051 serie BLACK, (MLD-4550B)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0041 (308041)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Samsung</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>OWA</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>ISOLDA, K15626I4, REMAN. For use in SAMSUNG  CLP 415, 470, 475, CLX 4195 serie  YELLOW, (CLT-Y504S)</x:v>
+        <x:v>OWA, K15353OW REMAN. For use in SAMSUNG ML 1910, 1915, 2525 serie BLACK, (MLT-D1052L)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15623OW REMAN. For use in SAMSUNG CLP 415, 470, 475, CLX 4195 serie BLACK, (CLT-K504S)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OWA, K15801OW REMAN. For use in SAMSUNG ProXpress C 2620, 2670 serie MAGENTA, (CLT-M505L)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0041 (308041)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OWA</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Armor Print Solutions SAS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>17, Boulevard de Chantenay</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nantes Cedex 4</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>ISOLDA, K12422I4, REMAN. For use in SAMSUNG SCX 4200 serie  BLACK, (SCX-D4200A)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0041 (308041)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Samsung</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Isolda</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>ISOLDA, K15668I4, REMAN. For use in SAMSUNG  CLP 680, CLX 6260 serie  CYAN, (CLT-C506L)</x:v>
+        <x:v>ISOLDA, K15357I4, REMAN. For use in SAMSUNG CLP 320, 325, CLX 3185 serie  BLACK, (CLT-K4072S)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0041 (308041)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Samsung</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Isolda</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>OFFICEXPRESS, K15625OX, REMAN. For use in SAMSUNG  CLP 415, 470, 475, CLX 4195 serie  MAGENTA, (CLT-M504S)</x:v>
-[...127 lines deleted...]
-        <x:v>ISOLDA, K15225I4,  REMAN. For use in SAMSUNG ML 2850 serie  Black, (MLD-2850B)</x:v>
+        <x:v>ISOLDA, K15597I4, REMAN. For use in SAMSUNG  ML 2950, 2951, SCX 4726 serie  BLACK, (MLT-D103L)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0041 (308041)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Samsung</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Isolda</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Armor Print Solutions SAS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>17, Boulevard de Chantenay</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nantes Cedex 4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Greenman Eco Original, S680Y (CLT-Y506L)</x:v>
+        <x:v>Greenman Eco Original, S2580 (MLT-D1052L)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0038 (308038)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Samsung</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Greenman</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Greenman AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svärmaregatan 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NORRKÖPING</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>LYRECO, K15597LY, LASER CART COMP SAMSUNG MLT-D103L</x:v>
-[...1023 lines deleted...]
-        <x:v>Greenman Eco Original, S320C (CLT-C4072S)</x:v>
+        <x:v>Greenman Eco Original, S2620C (CLT-C505L)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0038 (308038)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Samsung</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Greenman</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Greenman AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svärmaregatan 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NORRKÖPING</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Greenman Eco Original, S4050 (ML-D4550B)</x:v>
+        <x:v>Greenman Eco Original, S2620M (CLT-M505L)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0038 (308038)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Samsung</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Greenman</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Greenman AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svärmaregatan 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NORRKÖPING</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>LYRECO, K15358LY, LASER COMP SAMSUNG CLT-C4072S CYAN</x:v>
-[...671 lines deleted...]
-        <x:v>Greenman Eco Original, S320B (CLT-K4072S)</x:v>
+        <x:v>Greenman Eco Original, S4824 (MLT-D2092L)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0038 (308038)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Samsung</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Greenman</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Greenman AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svärmaregatan 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NORRKÖPING</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>LYRECO, K15623LY, LASER CART COMP SAMSUNG CLT-K504S</x:v>
-[...351 lines deleted...]
-        <x:v>Greenman Eco Original, S320Y (CLT-Y4072S)</x:v>
+        <x:v>Greenman Eco Original, S2850 (ML-D2850B)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3008 0038 (308038)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Samsung</x:v>
       </x:c>
       <x:c t="str">
         <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
       </x:c>
       <x:c t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Greenman</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Greenman AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Svärmaregatan 1</x:v>
       </x:c>
       <x:c t="str">
         <x:v>NORRKÖPING</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>LYRECO, K15360LY, LASER COMP SAMSUNG CLT-Y4072S YLLW</x:v>
-[...922 lines deleted...]
-        <x:v>Nantes Cedex 4</x:v>
+        <x:v>Greenman Eco Original, S3710A (MLT-D205L)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3008 0038 (308038)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Samsung</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>008 Refurbished OEM Toner and Ink Cartridges</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Greenman AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärmaregatan 1</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>NORRKÖPING</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>