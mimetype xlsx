--- v0 (2025-12-18)
+++ v1 (2026-02-17)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1fc2b17fcc94b9d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R905900933fb74971" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R9fa82469d6e340f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Rcc9e001fd3c246da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9fa82469d6e340f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcc9e001fd3c246da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
@@ -68,523 +68,523 @@
       </x:c>
       <x:c t="str">
         <x:v>Preschool building</x:v>
       </x:c>
       <x:c t="str">
         <x:v>089 New buildings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hemsö</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Hemsö Fastighets AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Box 24281</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Turako, Förskolebyggnad, Landvetters-Backa i Härryda (Landvetters-Backa 1:221)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0204</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Preschool building</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turako </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Turako</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Svärdvägen 5</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Danderyd</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Fondamentor Skolfastigheter AB, Förskolebyggnad, Friluftsförskolan i Väsjön (Elddonet 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0232</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Preschool building</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Fondamentor Skolfastigheter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>BOX 7034</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Genova, Förskolebyggnad, Handelsmannen Hus A (Journalisten 1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0141</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Preschool building</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genova</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Genova</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>c/o Genova Property Group AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Wästbygg Gruppen, Förskolebyggnad, Bolighuset (Täckeråker 1:256)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0076</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Preschool building</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wästbygg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Wästbygg Gruppen AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 912</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Borås</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Moelven Byggmodul AB: Licens för att bygga Svanenmärkt förskolebyggnad</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3089 0117</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Preschool building</x:v>
       </x:c>
       <x:c t="str">
         <x:v>089 New buildings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Moelven</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Moelven Byggmodul AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brovägen 27</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Säffle</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Turako, Förskolebyggnad, Landvetters-Backa i Härryda (Landvetters-Backa 1:221)</x:v>
-[...23 lines deleted...]
-        <x:v>Svärdvägen 5</x:v>
+        <x:v>Skanska Sverige AB: Licens för att bygga Svanenmärkt förskola</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Preschool building</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Warfvinges väg 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OBOS, Förskolebyggnad, Förskola Skölsta Start Learning (Svia 29:1)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0103</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Preschool building</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OBOS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>OBOS Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v/>
+      </x:c>
+      <x:c t="str">
+        <x:v>Vetlanda</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Besqab, Förskolebyggnad, Norra Djäknen Omsorg (Uppsala Kvarngärdet 60:5)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Preschool building</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Besqab</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Besqab Projektutveckling AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 5</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Danderyd</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Fondamentor Skolfastigheter AB, Förskolebyggnad, Friluftsförskolan i Väsjön (Elddonet 1)</x:v>
-[...63 lines deleted...]
-        <x:v>Skanska Sverige AB: Licens för att bygga Svanenmärkt förskola</x:v>
+        <x:v>Veidekke, Förskolebyggnad, Parkvägens förskola (Barkarby 2:51)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Preschool building</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordr</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordr Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>INX9007-001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Östersund</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skanska, Förskolebyggnad, Förskolan Fagrabo Ängar (Fagrabo 1:15)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3089 0001</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Preschool building</x:v>
       </x:c>
       <x:c t="str">
         <x:v>089 New buildings</x:v>
       </x:c>
       <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Warfvinges väg 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stena Bygg, Förskolebyggnad, Kunskapsförskolan Tynnered (Tynnered 13:3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0166</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Preschool building</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stena Bygg</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stena Fastigheter AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Värmlandsgatan 2</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Göteborg</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bonava, Förskolebyggnad, Kapellgärdet Arena, etapp 5 (Kvarngärdet 56:21)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0043</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Preschool building</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Bonava Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Lindhagensgatan 72</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skanska, Förskolebyggnad, Högalidens förskola, Krokslätt 1:37</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Preschool building</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Skanska Sverige AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Warfvinges väg 25</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hemsö Fastighets, Förskolebyggnad, Fridhems förskola (Kabbelekan 3)</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0159</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Preschool building</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hemsö</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Hemsö Fastighets AB</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Box 24281</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Stockholm</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Birger Bostadsutveckling AB: Licens för att bygga Svanenmärkt förskola</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>3089 0312</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Preschool building</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>089 New buildings</x:v>
+      </x:c>
+      <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
-        <x:v>Skanska</x:v>
-[...254 lines deleted...]
-      <x:c t="str">
         <x:v/>
       </x:c>
       <x:c t="str">
         <x:v>Birger Bostadsutveckling AB</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Luntmakargatan 18 Bv</x:v>
-      </x:c>
-[...62 lines deleted...]
-        <x:v>Box 24281</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Stockholm</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Turako, Förskolebyggnad, Västerhaninge förskola (Nödesta 8:269)</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3089 0161</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Preschool building</x:v>
       </x:c>
       <x:c t="str">
         <x:v>089 New buildings</x:v>
       </x:c>
       <x:c t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c t="str">