--- v0 (2025-12-17)
+++ v1 (2026-02-03)
@@ -1,85 +1,277 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d83453d74634594" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f02ee6368684451" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="Rfe1e48cbc77c433f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Products" sheetId="1" r:id="R2df0f069fc214d38"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfe1e48cbc77c433f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2df0f069fc214d38" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row>
       <x:c t="str">
         <x:v>Product</x:v>
       </x:c>
       <x:c t="str">
         <x:v>License number</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Category</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Product group</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Criteria generation</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Brand</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Licensee</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c t="str">
         <x:v>City</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Stepper 500mm, aktivitetsapparat, gul, 30-191-125</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Uppdragsrep 3m 2Stolpe röd donuts, aktivitetsapparat, græ/röd, 30-200-122  </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hög häck Aktivitet apparat, grå/grön, 16-102-015</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skranke Aktivitet apparat, grå/grön, 16-102-035</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Haretunneln, lekutrustning, grön, 31-162-170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Älg tunneln, lekutrustning, vit, 31-162-250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Björntunneln, lekutrustning, trästruktur, 31-162-260</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Playground</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
@@ -100,51 +292,403 @@
       </x:c>
       <x:c t="str">
         <x:v>Playground</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Älg tunneln, lekutrustning, vit, 31-162-250</x:v>
+        <x:v>Hopp over under Set Black, Aktivitet apparat, grå/svart, 16-101-310</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Workout löypa 2 Aktivitet apparat, grå/grön, 16-102-400</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Push Up Låg Aktivitet apparat, grå/grön, 16-102-180</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Vegg for handstand Aktivitet apparat, grå/grön, 16-402-100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Klatterhinder, Aktivitet apparat, grå/grön, 16-102-290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hoppkassa 600x400x300, Aktivitet apparat, grön, 16-101-330</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hoppkassa 600x400x500, Aktivitet apparat, sort, 16-101-340</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hoppkassa 600x400x400, Aktivitet apparat, sort, 16-101-320</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Workout Box Aktivitetsapparat, brun/sort, 16-100-170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Workout set 2 Aktivitet apparat, grå/svart, 16-101-220</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Workout 4-kant Aktivitet apparat, brun/svart, 16-100-150</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Monkeybar Smal Aktivitet apparat, brun/svart, 16-100-120</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Playground</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
@@ -164,435 +708,179 @@
       </x:c>
       <x:c t="str">
         <x:v>Playground</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Monkeybar Smal Aktivitet apparat, brun/svart, 16-100-120</x:v>
-[...30 lines deleted...]
-      <x:c t="str">
         <x:v>Ribbstol Aktivitet apparat, brun/svart, 16-100-130</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Playground</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Workout 4-kant Aktivitet apparat, brun/svart, 16-100-150</x:v>
-[...319 lines deleted...]
-        <x:v>Workout Box Aktivitetsapparat, brun/sort, 16-100-170</x:v>
+        <x:v>Kubikkmeterhus 2x2x2 m, Aktivitetsapparat, grå/grønn/gul/grotto, 17-130-010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ålehinder Aktivitetsapparat, trestruktur/sort, 30-181-512</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Army Crawl Aktivitetsapparat, grå/sort, 16-101-200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Balansebro Aktivitetsapparat, grå/gul, 66-100-090</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Playground</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
@@ -612,338 +900,50 @@
       </x:c>
       <x:c t="str">
         <x:v>Playground</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Army Crawl Aktivitetsapparat, grå/sort, 16-101-200</x:v>
-[...286 lines deleted...]
-      <x:c t="str">
         <x:v>Låg häck Aktivitet apparat, brun/röd, 16-100-010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Playground</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
@@ -1284,850 +1284,850 @@
       </x:c>
       <x:c t="str">
         <x:v>Playground</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Trippel Push-up Aktivitet apparat, grå/grön, 16-102-145</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OktaSpace orginal Aktivitet och lärande, grå/gul/grön/blå, 17-100-001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Telthus Lekställning, röd, 21-410-010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skilt CC1035 Dubbel m övningar och program Aktivitet apparat, svart, 25-010-000</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Balansbom 3m Aktivitet apparat, svart/grå, 30-180-010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Edderkoppen Aktivitet apparat, grå/svart, 16-101-070</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Workout set 3 m/kuber Aktivitet apparat, grå/svart, 16-101-245</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Workout set 2 m/2 kuber Aktivitet apparat, grå/grön, 16-102-225</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Workout set 3 m/kuber Aktivitet apparat, grå/grön, 16-102-245</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mineur Aktivitet apparat, brun, 16-300-030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bensinpumpe Lekeapparat, grön, 21-370-060</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Aktivitetspanel stativ Firkant 4x70x70 Lekeapparat, svart, 25-060-002</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Låg häck Aktivitet aparat, grå/svart, 16-101-010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Firkant push-up boks Aktivitet apparat, grå/sort, 16-101-255</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Balansebom 2,4m Aktivitet apparat, Grå/grön, 16-102-285</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Workout set 4, Aktivitet apparat, grå/svart, 16-101-250</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Mineur Aktivitetsapparat, grå/grønn, 16-302-030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Skilt CC1035 dobbel Aktivitetsapparat, grå, 25-010-010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Balanseline med armgang Aktivitet apparat, brun/röd, 16-101-045</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Aktivitetspanel stativ Triangel 3x110 Lekeapparat, brun, 25-061-001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Uppdragsrep 3m 1Stolpe uten donuts, aktivitetsapparat, grå, 30-200-110  </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Uppdragsrep 3m 2Stolpe svart donuts, aktivitetsapparat, grå/svart, 30-200-121  </x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dubbel Armgång med Ribbstol Aktivitet apparat, grå/grön, 16-102-050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dinosaurtunneln, lekutrustning, grön, 31-162-180</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Isbjörntunneln, lekutrustning, vit, 31-162-230</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Playground</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Dinosaurtunneln, lekutrustning, grön, 31-162-180</x:v>
-[...766 lines deleted...]
-      <x:c t="str">
         <x:v>Dubbel Armgång med Ribbstol Aktivitet apparat, brun/röd, 16-100-050</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Playground</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
@@ -3108,83 +3108,211 @@
       </x:c>
       <x:c t="str">
         <x:v>Playground</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Sauetunneln, lekutrustning, vit, 31-162-220</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Figurväggen, lekutrustning, trästruktur, 11-131-012</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Playground</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Sauetunneln, lekutrustning, vit, 31-162-220</x:v>
+        <x:v>Workout löypa 1 Aktivitet apparat, grå/grön, 16-102-300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Lille Bukkene Bruse Lekeapparat, grå/brun, 21-370-150</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Aktivitetspanel stativ Triangel 3x110 Lekeapparat, brun, 25-060-001</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Firkant push-up boks Aktivitet apparat, grå/grön, 16-102-255</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Playground</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
@@ -3748,50 +3876,82 @@
       </x:c>
       <x:c t="str">
         <x:v>Playground</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Tunneln, lekutrustning, trästruktur, 31-162-200</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Push-up Aktivitet apparat, brun/röd, 16-100-025</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Playground</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
@@ -4036,179 +4196,755 @@
       </x:c>
       <x:c t="str">
         <x:v>Playground</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Workout löypa 1 Aktivitet apparat, grå/grön, 16-102-300</x:v>
-[...127 lines deleted...]
-        <x:v>Tunneln, lekutrustning, trästruktur, 31-162-200</x:v>
+        <x:v>Armgång Bred Aktivitet apparat, grå/svart, 16-101-155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dubbelt Push Up Aktivitet apparat, grå/svart, 16-101-195</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Balansbom 3-delt Aktivitet apparat, grå/grön, 16-102-040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Monkeybar Smal Aktivitet apparat, grå/grön, 16-102-120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trippel Pull-up Aktivitet apparat, grå/grön, 16-102-140</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dubbelt Push Up Aktivitet apparat, grå/grön, 16-102-195</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Balanseline med armgang Aktivitet apparat, brun/röd, 16-100-045</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ringer Aktivitet apparat, brun/röd, 16-100-080</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Workout löypa 2 Aktivitet apparat, grå/svart, 16-101-400</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sergant Aktivitet apparat, brun, 16-300-020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bukkene Bruse m/rekkverk Lekeapparat, grå/brun/svart, 21-370-100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Aktivitetspanel stativ 2x70x70 Lekeapparat, svart, 25-060-003</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Armgång vridd, Aktivitet apparat, grå/svart, 16-101-265</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Workout 4-kant Multi, Aktivitet apparat, Grå/sort, 16-101-275</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Buldervegg I med klatregrep Aktivitet apparat, brun/grå/sort, 16-400-030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Buldervegg II med klatregrep Aktivitet apparat, grön/sort, 16-402-040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>General Aktivitetsapparat, grå/sort, 16-301-010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Terrengnett 2x6 rød kryss med stolper Aktivitetsapparat, sort, 30-200-061</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Balanserekkverk L=1000 H=1.0-1.2 Aktivitetsapparat, grå/gul, 66-001-020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pull up Høy H=1,3m Aktivitetsapparat, grå/gul, 66-001-050</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Opp og ned med dobbel støtte Aktivitetsapparat, grå/gul, 66-100-070</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stepper 300mm, aktivitetsapparat, trästruktur, 30-191-112</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Uppdragsrep 3m 3Stolpe röd donuts, aktivitetsapparat, grå/röd, 30-200-132  </x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Playground</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
@@ -4292,786 +5028,50 @@
       </x:c>
       <x:c t="str">
         <x:v>Playground</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Armgång Bred Aktivitet apparat, grå/svart, 16-101-155</x:v>
-[...734 lines deleted...]
-      <x:c t="str">
         <x:v>Ribbstol Aktivitet apparat, grå/svart, 16-101-130</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Playground</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
@@ -5956,50 +5956,1106 @@
       </x:c>
       <x:c t="str">
         <x:v>Playground</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
+        <x:v>Trippel Push-up Aktivitet apparat, brun/svart, 16-100-145</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Monkeybar Smal Aktivitet apparat, grå/svart, 16-101-120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Trippel Push-up Aktivitet apparat, grå/svart, 16-101-145</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Workout 4-kant Aktivitet apparat, grå/svart, 16-101-150</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Workout 4-kant Aktivitet apparat, grå/grön, 16-102-150</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>OktaSpace 4 moduler Aktivitet och lärande, grå/gul/grön/blå, 17-100-021</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Balansbom 1.3m Aktivitet apparat, svart/grå, 30-189-100</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Workout löypa 1 Aktivitet apparat, grå/svart, 16-101-300</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sjöröverskute 2 Lekeapparat, svart/röd, 21-360-115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ridderborgen Lekställning, svart/grå/röd, 25-300-020</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Terrengnett 2x6 röd kryss med stolper Aktivitet apparat, svart/röd, 30-200-060</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Balansebom 2,4m Aktivitet apparat, Grå/sort, 16-101-285</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Armgång vridd, Aktivitet apparat, grå/grön, 16-102-265</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hopp over under Set green, Aktivitet apparat, grå/grön, 16-102-310</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Klatterhinder, Aktivitet apparat, grå/svart, 16-101-290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Buldervegg II med klatregrep Aktivitet apparat, grå/sort, 16-401-040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Monkeybar m/pull up Aktivitetsapparat, brun/sort, 16-100-165</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Push Up Høy Aktivitetsapparat, brun/sort, 16-100-185</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dobbelt Pull Up Aktivitetsapparat, brun/sort, 16-100-190</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gymstang trippel Aktivitetsapparat, sort/grønn, 16-102-030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Utfordrern Aktivitetsapparat, sort/grønn, 30-199-301</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Balansebom Aktivitetsapparat, grå/gul, 66-000-010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Balanserekkverk L=3000 Aktivitetsapparat, grå/gul, 66-001-010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Balanserekkverk L=1000 H=1.35-1.55 Aktivitetsapparat, grå/gul, 66-001-030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Pull up Lav H=1,2m Aktivitetsapparat, grå/gul, 66-001-040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Klatrenett, aktivitetsapparat, svart, 30-545-111</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stepper 150mm, aktivitetsapparat, ljus grön, 30-191-101</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stepper 150mm, aktivitetsapparat, blå, 30-191-103</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stepper 300mm, aktivitetsapparat, gul, 30-191-115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stepper 500mm, aktivitetsapparat, ljus grön, 30-191-121</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stepper 500mm, aktivitetsapparat, röd, 30-191-124</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Workout set 5, aktivitetsapparat, svart, 16-101-370</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Låg häck Aktivitet apparat, grå/grön, 16-102-010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
         <x:v>Kioskväggen, lekutrustning, trästruktur, 11-131-022</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Playground</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
@@ -6020,1075 +7076,51 @@
       </x:c>
       <x:c t="str">
         <x:v>Playground</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Trippel Push-up Aktivitet apparat, brun/svart, 16-100-145</x:v>
-[...1023 lines deleted...]
-        <x:v>Låg häck Aktivitet apparat, grå/grön, 16-102-010</x:v>
+        <x:v>Workout 6-kant Aktivitet apparat, grå/svart, 16-101-100</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Playground</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
@@ -7108,1139 +7140,1107 @@
       </x:c>
       <x:c t="str">
         <x:v>Playground</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
-        <x:v>Workout 6-kant Aktivitet apparat, grå/svart, 16-101-100</x:v>
+        <x:v>Workout Box Aktivitet apparat, grå/svart, 16-101-170</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Push Up Låg Aktivitet apparat, grå/svart, 16-101-180</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Sit-up Dubbel Aktivitet apparat, grå/grön, 16-102-060</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dip High Aktivitet apparat, grå/grön, 16-102-110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dip Low Aktivitet apparat, grå/grön, 16-102-115</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ribbstol Aktivitet apparat, grå/grön, 16-102-130</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Armgång Bred Aktivitet apparat, grå/grön, 16-102-155</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Armgång Aktivitet apparat, grå/grön, 16-102-160</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Push Up Hög Aktivitet apparat, grå/grön, 16-102-185</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Workout set 2 Aktivitet apparat, grå/grön, 16-102-220</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Edderkoppen Aktivitet apparat, brun/röd, 16-100-070</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Ringer Aktivitet apparat, grå/svart, 16-101-080</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Workout set 2 m/2 kuber Aktivitet apparat, grå/svart, 16-101-225</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Workout set 1 m/1 kube Aktivitet apparat, grå/svart, 16-101-235</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Edderkoppen Aktivitet apparat, grå/grön, 16-102-070</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Workout set 1 m/1 kube Aktivitet apparat, grå/grön, 16-102-235</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Workout löypa 3 Aktivitet apparat, grå/grön, 16-102-500</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>General Aktivitet apparat, brun, 16-300-010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Bukkene Bruse u/rekkverk Lekeapparat, grå/brun, 21-370-110</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hopp over under High Black, Aktivitet apparat, grå/svart, 16-101-295</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Hoppkassa 600x400x500, Aktivitet apparat, grön, 16-101-340</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Buldervegg I med klatregrep Aktivitet apparat, grå/sort, 16-401-030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Buldervegg I med klatregrep Aktivitet apparat, grå/grön, 16-402-030</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>General Aktivitetsapparat, grå/grønn, 16-302-010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Theo Aktvitetsapparat, Trestruktur/grå, 25-200-362</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Terrengnett 2x4 rød kryss med stolper Aktivitetsapparat, sort, 30-200-041</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gå opp ned med støtte Aktivitetsapparat, grå/gul, 66-100-040</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Workout stativ, aktivitetsappatat, svart, 16-101-365</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Workout stativ, aktivitetsappatat, grön, 16-102-360</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Stepper 500mm, aktivitetsapparat, grå, 30-191-120</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Terrängnett 1,8x2,4 svart kryss med stolper Aktivitet apparat, sort, 30-200-031</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Gymlöype Aktivitet apparat, grå/grön, 16-202-010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>2073 0010</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Nordic Swan Ecolabel</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Playground</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>073 Outdoor furniture, playground and park equipment</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Søve AS</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>Grønvoldvegen 290</x:v>
+      </x:c>
+      <x:c t="str">
+        <x:v>ULEFOSS</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c t="str">
+        <x:v>Dinosaurtunneln, lekutrustning, grön, 31-162-160</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Playground</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>
       <x:c t="str">
         <x:v>ULEFOSS</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c t="str">
         <x:v>Monkeybar Bred Aktivitet apparat, grå/svart, 16-101-125</x:v>
-      </x:c>
-[...1054 lines deleted...]
-        <x:v>Dinosaurtunneln, lekutrustning, grön, 31-162-160</x:v>
       </x:c>
       <x:c t="str">
         <x:v>2073 0010</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Nordic Swan Ecolabel</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Playground</x:v>
       </x:c>
       <x:c t="str">
         <x:v>073 Outdoor furniture, playground and park equipment</x:v>
       </x:c>
       <x:c t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Søve AS</x:v>
       </x:c>
       <x:c t="str">
         <x:v>Grønvoldvegen 290</x:v>
       </x:c>